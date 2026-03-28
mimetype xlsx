--- v0 (2025-12-19)
+++ v1 (2026-03-28)
@@ -6,7871 +6,7865 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8690" uniqueCount="2644">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8679" uniqueCount="2642">
   <si>
     <t>Anno termico</t>
   </si>
   <si>
     <t>Cod logico &lt;br&gt;di riconsegna</t>
   </si>
   <si>
     <t>Cod fisico &lt;br&gt;di riconsegna</t>
   </si>
   <si>
     <t>Cod punto di fornitura</t>
   </si>
   <si>
     <t xml:space="preserve">PDR					</t>
   </si>
   <si>
     <t xml:space="preserve">Regione				</t>
   </si>
   <si>
     <t xml:space="preserve">Provincia			</t>
   </si>
   <si>
     <t xml:space="preserve">Citta'		</t>
   </si>
   <si>
     <t>Capacita' &lt;br&gt;di trasporto &lt;br&gt;continua [Sm3/g]</t>
   </si>
   <si>
     <t>PCM barg</t>
   </si>
   <si>
     <t>Attivo</t>
   </si>
   <si>
     <t>2025-2026</t>
   </si>
   <si>
+    <t>S04-UT-000022</t>
+  </si>
+  <si>
+    <t>855020</t>
+  </si>
+  <si>
+    <t>99994000855020</t>
+  </si>
+  <si>
+    <t>LOMBARDIA</t>
+  </si>
+  <si>
+    <t>BRESCIA</t>
+  </si>
+  <si>
+    <t>BOVEGNO</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>S03-UT-000002</t>
+  </si>
+  <si>
+    <t>869481</t>
+  </si>
+  <si>
+    <t>99994000869481</t>
+  </si>
+  <si>
+    <t>MURA</t>
+  </si>
+  <si>
+    <t>57080</t>
+  </si>
+  <si>
+    <t>S01-UT-000385</t>
+  </si>
+  <si>
+    <t>868641</t>
+  </si>
+  <si>
+    <t>99994000868641</t>
+  </si>
+  <si>
+    <t>ISEO</t>
+  </si>
+  <si>
+    <t>850</t>
+  </si>
+  <si>
+    <t>S03-UT-000060</t>
+  </si>
+  <si>
+    <t>872895</t>
+  </si>
+  <si>
+    <t>00102400872895</t>
+  </si>
+  <si>
+    <t>VESTONE</t>
+  </si>
+  <si>
+    <t>833</t>
+  </si>
+  <si>
+    <t>S04-GU-190006</t>
+  </si>
+  <si>
+    <t>877149</t>
+  </si>
+  <si>
+    <t>99994000877149</t>
+  </si>
+  <si>
+    <t>S01-CV-030000</t>
+  </si>
+  <si>
+    <t>S01-MP-030037</t>
+  </si>
+  <si>
+    <t>889772</t>
+  </si>
+  <si>
+    <t>99994000889772</t>
+  </si>
+  <si>
+    <t>GUSSAGO</t>
+  </si>
+  <si>
+    <t>140000</t>
+  </si>
+  <si>
+    <t>S01-CV-070000</t>
+  </si>
+  <si>
+    <t>S01-C2-070116</t>
+  </si>
+  <si>
+    <t>889781</t>
+  </si>
+  <si>
+    <t>99994000889781</t>
+  </si>
+  <si>
+    <t>RODENGO-SAIANO</t>
+  </si>
+  <si>
+    <t>S01-CV-020000</t>
+  </si>
+  <si>
+    <t>S01-C2-020132</t>
+  </si>
+  <si>
+    <t>889814</t>
+  </si>
+  <si>
+    <t>99994000889814</t>
+  </si>
+  <si>
+    <t>PROVAGLIO D'ISEO</t>
+  </si>
+  <si>
+    <t>57000</t>
+  </si>
+  <si>
+    <t>S01-CV-060000</t>
+  </si>
+  <si>
+    <t>S01-C2-060135</t>
+  </si>
+  <si>
+    <t>889843</t>
+  </si>
+  <si>
+    <t>99994000889843</t>
+  </si>
+  <si>
+    <t>114600</t>
+  </si>
+  <si>
+    <t>S01-C2-060140</t>
+  </si>
+  <si>
+    <t>889863</t>
+  </si>
+  <si>
+    <t>99994000889863</t>
+  </si>
+  <si>
+    <t>MARONE</t>
+  </si>
+  <si>
+    <t>S01-CV-050000</t>
+  </si>
+  <si>
+    <t>S01-C2-050068</t>
+  </si>
+  <si>
+    <t>889897</t>
+  </si>
+  <si>
+    <t>99994000889897</t>
+  </si>
+  <si>
+    <t>BORGOSATOLLO</t>
+  </si>
+  <si>
+    <t>47000</t>
+  </si>
+  <si>
+    <t>S01-CV-100000</t>
+  </si>
+  <si>
+    <t>S01-C2-100093</t>
+  </si>
+  <si>
+    <t>889958</t>
+  </si>
+  <si>
+    <t>99994000889958</t>
+  </si>
+  <si>
+    <t>948000</t>
+  </si>
+  <si>
+    <t>S01-CV-150000</t>
+  </si>
+  <si>
+    <t>S01-C2-150021</t>
+  </si>
+  <si>
+    <t>890209</t>
+  </si>
+  <si>
+    <t>99994000890209</t>
+  </si>
+  <si>
+    <t>CALVAGESE DELLA RIVIERA</t>
+  </si>
+  <si>
+    <t>20270</t>
+  </si>
+  <si>
+    <t>S01-CV-130000</t>
+  </si>
+  <si>
+    <t>S01-C2-130007</t>
+  </si>
+  <si>
+    <t>890428</t>
+  </si>
+  <si>
+    <t>99994000890428</t>
+  </si>
+  <si>
+    <t>BEDIZZOLE</t>
+  </si>
+  <si>
+    <t>54400</t>
+  </si>
+  <si>
+    <t>S04-CV-040000</t>
+  </si>
+  <si>
+    <t>S04-C2-040010</t>
+  </si>
+  <si>
+    <t>890474</t>
+  </si>
+  <si>
+    <t>99994000890474</t>
+  </si>
+  <si>
+    <t>TAVERNOLE SUL MELLA</t>
+  </si>
+  <si>
+    <t>18000</t>
+  </si>
+  <si>
+    <t>S03-GU-030069</t>
+  </si>
+  <si>
+    <t>778860</t>
+  </si>
+  <si>
+    <t>99994000778860</t>
+  </si>
+  <si>
+    <t>CASTO</t>
+  </si>
+  <si>
+    <t>S01-UT-000406</t>
+  </si>
+  <si>
+    <t>919795</t>
+  </si>
+  <si>
+    <t>99994000919795</t>
+  </si>
+  <si>
+    <t>S01-UT-000476</t>
+  </si>
+  <si>
+    <t>1219771</t>
+  </si>
+  <si>
+    <t>99994001219771</t>
+  </si>
+  <si>
+    <t>S01-UT-000490</t>
+  </si>
+  <si>
+    <t>1225502</t>
+  </si>
+  <si>
+    <t>99994001225502</t>
+  </si>
+  <si>
+    <t>MAZZANO</t>
+  </si>
+  <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>2,00</t>
+  </si>
+  <si>
+    <t>S01-UT-000519</t>
+  </si>
+  <si>
+    <t>1282882</t>
+  </si>
+  <si>
+    <t>99994001282882</t>
+  </si>
+  <si>
+    <t>650</t>
+  </si>
+  <si>
+    <t>S01-C2-100170</t>
+  </si>
+  <si>
+    <t>1287301</t>
+  </si>
+  <si>
+    <t>99994001287301</t>
+  </si>
+  <si>
+    <t>S01-CV-090000</t>
+  </si>
+  <si>
+    <t>S01-MP-090059</t>
+  </si>
+  <si>
+    <t>1295586</t>
+  </si>
+  <si>
+    <t>99994001295586</t>
+  </si>
+  <si>
+    <t>MUSCOLINE</t>
+  </si>
+  <si>
+    <t>18500</t>
+  </si>
+  <si>
+    <t>S01-UT-000672</t>
+  </si>
+  <si>
+    <t>1306853</t>
+  </si>
+  <si>
+    <t>05262401306853</t>
+  </si>
+  <si>
+    <t>SERLE</t>
+  </si>
+  <si>
+    <t>S01-MP-130078</t>
+  </si>
+  <si>
+    <t>1324550</t>
+  </si>
+  <si>
+    <t>99994001324550</t>
+  </si>
+  <si>
+    <t>S01-MP-100023</t>
+  </si>
+  <si>
+    <t>1325909</t>
+  </si>
+  <si>
+    <t>99994001325909</t>
+  </si>
+  <si>
+    <t>S03-CV-040000</t>
+  </si>
+  <si>
+    <t>S03-MP-040006</t>
+  </si>
+  <si>
+    <t>2807820</t>
+  </si>
+  <si>
+    <t>99994002807820</t>
+  </si>
+  <si>
+    <t>13450</t>
+  </si>
+  <si>
+    <t>S01-C2-000145</t>
+  </si>
+  <si>
+    <t>2817906</t>
+  </si>
+  <si>
+    <t>99994002817906</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>S01-MP-070041</t>
+  </si>
+  <si>
+    <t>2854213</t>
+  </si>
+  <si>
+    <t>99994002854213</t>
+  </si>
+  <si>
+    <t>S03-CV-010000</t>
+  </si>
+  <si>
+    <t>S03-MP-010007</t>
+  </si>
+  <si>
+    <t>2854232</t>
+  </si>
+  <si>
+    <t>99994002854232</t>
+  </si>
+  <si>
+    <t>30000</t>
+  </si>
+  <si>
+    <t>S01-UT-000660</t>
+  </si>
+  <si>
+    <t>2934503</t>
+  </si>
+  <si>
+    <t>99994002934503</t>
+  </si>
+  <si>
+    <t>S03-UT-000088</t>
+  </si>
+  <si>
+    <t>2931057</t>
+  </si>
+  <si>
+    <t>99994002931057</t>
+  </si>
+  <si>
+    <t>S01-UT-000516</t>
+  </si>
+  <si>
+    <t>1281146</t>
+  </si>
+  <si>
+    <t>99994001281146</t>
+  </si>
+  <si>
+    <t>CASTEGNATO</t>
+  </si>
+  <si>
+    <t>750</t>
+  </si>
+  <si>
+    <t>S01-MP-100029</t>
+  </si>
+  <si>
+    <t>1239586</t>
+  </si>
+  <si>
+    <t>99994001239586</t>
+  </si>
+  <si>
+    <t>S01-UT-000677</t>
+  </si>
+  <si>
+    <t>4754729</t>
+  </si>
+  <si>
+    <t>99994004754729</t>
+  </si>
+  <si>
+    <t>S03-CV-030000</t>
+  </si>
+  <si>
+    <t>S03-C1-030014</t>
+  </si>
+  <si>
+    <t>1204958</t>
+  </si>
+  <si>
+    <t>99994001204958</t>
+  </si>
+  <si>
+    <t>TRENTINO-ALTO ADIGE</t>
+  </si>
+  <si>
+    <t>TRENTO</t>
+  </si>
+  <si>
+    <t>BORGO LARES</t>
+  </si>
+  <si>
+    <t>11500</t>
+  </si>
+  <si>
+    <t>S01-CV-140000</t>
+  </si>
+  <si>
+    <t>S01-C2-140165</t>
+  </si>
+  <si>
+    <t>1266343</t>
+  </si>
+  <si>
+    <t>99994001266343</t>
+  </si>
+  <si>
+    <t>CALCINATO</t>
+  </si>
+  <si>
+    <t>106000</t>
+  </si>
+  <si>
+    <t>S01-UT-000580</t>
+  </si>
+  <si>
+    <t>4054</t>
+  </si>
+  <si>
+    <t>00102400004054</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>S01-UT-000573</t>
+  </si>
+  <si>
+    <t>129841</t>
+  </si>
+  <si>
+    <t>00102400129841</t>
+  </si>
+  <si>
+    <t>S01-UT-000512</t>
+  </si>
+  <si>
+    <t>529490</t>
+  </si>
+  <si>
+    <t>00102400529490</t>
+  </si>
+  <si>
+    <t>6500</t>
+  </si>
+  <si>
+    <t>S01-UT-000119</t>
+  </si>
+  <si>
+    <t>1253</t>
+  </si>
+  <si>
+    <t>99994000001253</t>
+  </si>
+  <si>
+    <t>S01-UT-000525</t>
+  </si>
+  <si>
+    <t>82830</t>
+  </si>
+  <si>
+    <t>99994000082830</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>S01-UT-000082</t>
+  </si>
+  <si>
+    <t>102595</t>
+  </si>
+  <si>
+    <t>99994000102595</t>
+  </si>
+  <si>
+    <t>S01-UT-000079</t>
+  </si>
+  <si>
+    <t>269174</t>
+  </si>
+  <si>
+    <t>99994000269174</t>
+  </si>
+  <si>
+    <t>S04-C2-000023</t>
+  </si>
+  <si>
+    <t>1199361</t>
+  </si>
+  <si>
+    <t>99994001199361</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>S04-MP-000002</t>
+  </si>
+  <si>
+    <t>1265545</t>
+  </si>
+  <si>
+    <t>99994001265545</t>
+  </si>
+  <si>
+    <t>LODRINO</t>
+  </si>
+  <si>
+    <t>13000</t>
+  </si>
+  <si>
+    <t>S01-UT-000509</t>
+  </si>
+  <si>
+    <t>1265292</t>
+  </si>
+  <si>
+    <t>99994001265292</t>
+  </si>
+  <si>
+    <t>45000</t>
+  </si>
+  <si>
+    <t>S01-UT-000046</t>
+  </si>
+  <si>
+    <t>220740</t>
+  </si>
+  <si>
+    <t>99994000220740</t>
+  </si>
+  <si>
+    <t>CASTENEDOLO</t>
+  </si>
+  <si>
+    <t>S01-UT-000055</t>
+  </si>
+  <si>
+    <t>243487</t>
+  </si>
+  <si>
+    <t>99994000243487</t>
+  </si>
+  <si>
+    <t>S01-UT-000068</t>
+  </si>
+  <si>
+    <t>311865</t>
+  </si>
+  <si>
+    <t>99994000311865</t>
+  </si>
+  <si>
+    <t>S01-UT-000472</t>
+  </si>
+  <si>
+    <t>526427</t>
+  </si>
+  <si>
+    <t>00102400526427</t>
+  </si>
+  <si>
+    <t>S01-UT-000135</t>
+  </si>
+  <si>
+    <t>197258</t>
+  </si>
+  <si>
+    <t>99994000197258</t>
+  </si>
+  <si>
+    <t>810</t>
+  </si>
+  <si>
+    <t>S01-UT-000593</t>
+  </si>
+  <si>
+    <t>223569</t>
+  </si>
+  <si>
+    <t>00102400223569</t>
+  </si>
+  <si>
+    <t>S01-UT-000353</t>
+  </si>
+  <si>
+    <t>532992</t>
+  </si>
+  <si>
+    <t>99994000532992</t>
+  </si>
+  <si>
+    <t>S01-UT-000238</t>
+  </si>
+  <si>
+    <t>552407</t>
+  </si>
+  <si>
+    <t>99994000552407</t>
+  </si>
+  <si>
+    <t>S01-UT-000561</t>
+  </si>
+  <si>
+    <t>284137</t>
+  </si>
+  <si>
+    <t>00102400284137</t>
+  </si>
+  <si>
+    <t>MONTICELLI BRUSATI</t>
+  </si>
+  <si>
+    <t>S01-UT-000247</t>
+  </si>
+  <si>
+    <t>177450</t>
+  </si>
+  <si>
+    <t>99994000177450</t>
+  </si>
+  <si>
+    <t>NUVOLENTO</t>
+  </si>
+  <si>
+    <t>715</t>
+  </si>
+  <si>
+    <t>S01-UT-000193</t>
+  </si>
+  <si>
+    <t>215313</t>
+  </si>
+  <si>
+    <t>99994000215313</t>
+  </si>
+  <si>
+    <t>OME</t>
+  </si>
+  <si>
+    <t>S01-UT-000179</t>
+  </si>
+  <si>
+    <t>245189</t>
+  </si>
+  <si>
+    <t>99994000245189</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>S01-UT-000552</t>
+  </si>
+  <si>
+    <t>196085</t>
+  </si>
+  <si>
+    <t>00102400196085</t>
+  </si>
+  <si>
+    <t>S01-UT-000262</t>
+  </si>
+  <si>
+    <t>850696</t>
+  </si>
+  <si>
+    <t>99994000850696</t>
+  </si>
+  <si>
+    <t>10500</t>
+  </si>
+  <si>
+    <t>S01-UT-000002</t>
+  </si>
+  <si>
+    <t>306113</t>
+  </si>
+  <si>
+    <t>99994000306113</t>
+  </si>
+  <si>
+    <t>S01-GU-030006</t>
+  </si>
+  <si>
+    <t>531277</t>
+  </si>
+  <si>
+    <t>99994000531277</t>
+  </si>
+  <si>
+    <t>877</t>
+  </si>
+  <si>
+    <t>S01-UT-000024</t>
+  </si>
+  <si>
+    <t>547568</t>
+  </si>
+  <si>
+    <t>99994000547568</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>S01-UT-000114</t>
+  </si>
+  <si>
+    <t>4056</t>
+  </si>
+  <si>
+    <t>99994000004056</t>
+  </si>
+  <si>
+    <t>765</t>
+  </si>
+  <si>
+    <t>S01-UT-000205</t>
+  </si>
+  <si>
+    <t>5548</t>
+  </si>
+  <si>
+    <t>99994000005548</t>
+  </si>
+  <si>
+    <t>19650</t>
+  </si>
+  <si>
+    <t>S01-UT-000266</t>
+  </si>
+  <si>
+    <t>4409</t>
+  </si>
+  <si>
+    <t>99994000004409</t>
+  </si>
+  <si>
+    <t>S01-GU-070013</t>
+  </si>
+  <si>
+    <t>186542</t>
+  </si>
+  <si>
+    <t>99994000186542</t>
+  </si>
+  <si>
+    <t>S01-UT-000086</t>
+  </si>
+  <si>
+    <t>11626</t>
+  </si>
+  <si>
+    <t>99994000011626</t>
+  </si>
+  <si>
+    <t>S01-UT-000076</t>
+  </si>
+  <si>
+    <t>521143</t>
+  </si>
+  <si>
+    <t>99994000521143</t>
+  </si>
+  <si>
+    <t>S01-UT-000075</t>
+  </si>
+  <si>
+    <t>525581</t>
+  </si>
+  <si>
+    <t>99994000525581</t>
+  </si>
+  <si>
+    <t>S01-UT-000044</t>
+  </si>
+  <si>
+    <t>173815</t>
+  </si>
+  <si>
+    <t>99994000173815</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>S01-AC-000002</t>
+  </si>
+  <si>
+    <t>268800</t>
+  </si>
+  <si>
+    <t>99994000268800</t>
+  </si>
+  <si>
+    <t>S01-UT-000644</t>
+  </si>
+  <si>
+    <t>544958</t>
+  </si>
+  <si>
+    <t>00102400544958</t>
+  </si>
+  <si>
+    <t>S01-UT-000026</t>
+  </si>
+  <si>
+    <t>235707</t>
+  </si>
+  <si>
+    <t>99994000235707</t>
+  </si>
+  <si>
+    <t>S01-UT-000638</t>
+  </si>
+  <si>
+    <t>179712</t>
+  </si>
+  <si>
+    <t>00102400179712</t>
+  </si>
+  <si>
+    <t>S01-UT-000584</t>
+  </si>
+  <si>
+    <t>268458</t>
+  </si>
+  <si>
+    <t>00102400268458</t>
+  </si>
+  <si>
+    <t>S01-UT-000027</t>
+  </si>
+  <si>
+    <t>274973</t>
+  </si>
+  <si>
+    <t>99994000274973</t>
+  </si>
+  <si>
+    <t>S01-UT-000576</t>
+  </si>
+  <si>
+    <t>200981</t>
+  </si>
+  <si>
+    <t>00102400200981</t>
+  </si>
+  <si>
+    <t>S01-UT-000578</t>
+  </si>
+  <si>
+    <t>200984</t>
+  </si>
+  <si>
+    <t>00102400200984</t>
+  </si>
+  <si>
+    <t>S01-UT-000052</t>
+  </si>
+  <si>
+    <t>248126</t>
+  </si>
+  <si>
+    <t>99994000248126</t>
+  </si>
+  <si>
+    <t>629</t>
+  </si>
+  <si>
+    <t>S01-UT-000442</t>
+  </si>
+  <si>
+    <t>538720</t>
+  </si>
+  <si>
+    <t>99994000538720</t>
+  </si>
+  <si>
+    <t>S01-UT-000631</t>
+  </si>
+  <si>
+    <t>544704</t>
+  </si>
+  <si>
+    <t>00102400544704</t>
+  </si>
+  <si>
+    <t>S01-UT-000635</t>
+  </si>
+  <si>
+    <t>544708</t>
+  </si>
+  <si>
+    <t>00102400544708</t>
+  </si>
+  <si>
+    <t>S01-UT-000440</t>
+  </si>
+  <si>
+    <t>256221</t>
+  </si>
+  <si>
+    <t>99994000256221</t>
+  </si>
+  <si>
+    <t>S01-UT-000152</t>
+  </si>
+  <si>
+    <t>262734</t>
+  </si>
+  <si>
+    <t>99994000262734</t>
+  </si>
+  <si>
+    <t>S01-UT-000142</t>
+  </si>
+  <si>
+    <t>262745</t>
+  </si>
+  <si>
+    <t>99994000262745</t>
+  </si>
+  <si>
+    <t>S01-UT-000564</t>
+  </si>
+  <si>
+    <t>311682</t>
+  </si>
+  <si>
+    <t>00102400311682</t>
+  </si>
+  <si>
+    <t>S01-UT-000234</t>
+  </si>
+  <si>
+    <t>539590</t>
+  </si>
+  <si>
+    <t>99994000539590</t>
+  </si>
+  <si>
+    <t>1853</t>
+  </si>
+  <si>
+    <t>S01-UT-000034</t>
+  </si>
+  <si>
+    <t>537610</t>
+  </si>
+  <si>
+    <t>99994000537610</t>
+  </si>
+  <si>
+    <t>NUVOLERA</t>
+  </si>
+  <si>
+    <t>1457</t>
+  </si>
+  <si>
+    <t>S01-UT-000195</t>
+  </si>
+  <si>
+    <t>266996</t>
+  </si>
+  <si>
+    <t>99994000266996</t>
+  </si>
+  <si>
+    <t>S01-UT-000181</t>
+  </si>
+  <si>
+    <t>225765</t>
+  </si>
+  <si>
+    <t>99994000225765</t>
+  </si>
+  <si>
+    <t>S01-UT-000173</t>
+  </si>
+  <si>
+    <t>293548</t>
+  </si>
+  <si>
+    <t>99994000293548</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>S01-UT-000540</t>
+  </si>
+  <si>
+    <t>270238</t>
+  </si>
+  <si>
+    <t>00102400270238</t>
+  </si>
+  <si>
+    <t>S02-GU-120052</t>
+  </si>
+  <si>
+    <t>573953</t>
+  </si>
+  <si>
+    <t>99994000573953</t>
+  </si>
+  <si>
+    <t>BIONE</t>
+  </si>
+  <si>
+    <t>770</t>
+  </si>
+  <si>
+    <t>S02-AC-000001</t>
+  </si>
+  <si>
+    <t>579409</t>
+  </si>
+  <si>
+    <t>99994000579409</t>
+  </si>
+  <si>
+    <t>PRESEGLIE</t>
+  </si>
+  <si>
+    <t>S03-UT-000007</t>
+  </si>
+  <si>
+    <t>583360</t>
+  </si>
+  <si>
+    <t>99994000583360</t>
+  </si>
+  <si>
+    <t>S02-UT-000024</t>
+  </si>
+  <si>
+    <t>579838</t>
+  </si>
+  <si>
+    <t>99994000579838</t>
+  </si>
+  <si>
+    <t>1900</t>
+  </si>
+  <si>
+    <t>S03-UT-000017</t>
+  </si>
+  <si>
+    <t>595318</t>
+  </si>
+  <si>
+    <t>99994000595318</t>
+  </si>
+  <si>
+    <t>LAVENONE</t>
+  </si>
+  <si>
+    <t>1437</t>
+  </si>
+  <si>
+    <t>S04-AC-000001</t>
+  </si>
+  <si>
+    <t>598726</t>
+  </si>
+  <si>
+    <t>99994000598726</t>
+  </si>
+  <si>
+    <t>MARCHENO</t>
+  </si>
+  <si>
+    <t>S04-GU-100114</t>
+  </si>
+  <si>
+    <t>598927</t>
+  </si>
+  <si>
+    <t>99994000598927</t>
+  </si>
+  <si>
+    <t>S04-GU-130124</t>
+  </si>
+  <si>
+    <t>599018</t>
+  </si>
+  <si>
+    <t>99994000599018</t>
+  </si>
+  <si>
+    <t>PEZZAZE</t>
+  </si>
+  <si>
+    <t>S04-GU-130123</t>
+  </si>
+  <si>
+    <t>599160</t>
+  </si>
+  <si>
+    <t>99994000599160</t>
+  </si>
+  <si>
+    <t>S04-GU-010082</t>
+  </si>
+  <si>
+    <t>599867</t>
+  </si>
+  <si>
+    <t>99994000599867</t>
+  </si>
+  <si>
+    <t>S04-GU-050093</t>
+  </si>
+  <si>
+    <t>601145</t>
+  </si>
+  <si>
+    <t>99994000601145</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>S02-UT-000021</t>
+  </si>
+  <si>
+    <t>615655</t>
+  </si>
+  <si>
+    <t>99994000615655</t>
+  </si>
+  <si>
+    <t>AGNOSINE</t>
+  </si>
+  <si>
+    <t>S01-UT-000112</t>
+  </si>
+  <si>
+    <t>615668</t>
+  </si>
+  <si>
+    <t>99994000615668</t>
+  </si>
+  <si>
+    <t>8000</t>
+  </si>
+  <si>
+    <t>S01-UT-000060</t>
+  </si>
+  <si>
+    <t>616118</t>
+  </si>
+  <si>
+    <t>99994000616118</t>
+  </si>
+  <si>
+    <t>1700</t>
+  </si>
+  <si>
+    <t>S01-UT-000103</t>
+  </si>
+  <si>
+    <t>616212</t>
+  </si>
+  <si>
+    <t>99994000616212</t>
+  </si>
+  <si>
+    <t>7200</t>
+  </si>
+  <si>
+    <t>S01-UT-000163</t>
+  </si>
+  <si>
+    <t>616300</t>
+  </si>
+  <si>
+    <t>99994000616300</t>
+  </si>
+  <si>
+    <t>1750</t>
+  </si>
+  <si>
+    <t>S01-UT-000157</t>
+  </si>
+  <si>
+    <t>616346</t>
+  </si>
+  <si>
+    <t>99994000616346</t>
+  </si>
+  <si>
+    <t>8142</t>
+  </si>
+  <si>
+    <t>S01-UT-000535</t>
+  </si>
+  <si>
+    <t>616381</t>
+  </si>
+  <si>
+    <t>00102400616381</t>
+  </si>
+  <si>
+    <t>S01-UT-000534</t>
+  </si>
+  <si>
+    <t>616382</t>
+  </si>
+  <si>
+    <t>00102400616382</t>
+  </si>
+  <si>
+    <t>S01-UT-000004</t>
+  </si>
+  <si>
+    <t>616476</t>
+  </si>
+  <si>
+    <t>99994000616476</t>
+  </si>
+  <si>
+    <t>5346</t>
+  </si>
+  <si>
+    <t>S01-UT-000200</t>
+  </si>
+  <si>
+    <t>616671</t>
+  </si>
+  <si>
+    <t>99994000616671</t>
+  </si>
+  <si>
+    <t>3200</t>
+  </si>
+  <si>
+    <t>S02-UT-000022</t>
+  </si>
+  <si>
+    <t>643613</t>
+  </si>
+  <si>
+    <t>99994000643613</t>
+  </si>
+  <si>
+    <t>7325</t>
+  </si>
+  <si>
+    <t>S02-UT-000026</t>
+  </si>
+  <si>
+    <t>643668</t>
+  </si>
+  <si>
+    <t>99994000643668</t>
+  </si>
+  <si>
+    <t>1300</t>
+  </si>
+  <si>
+    <t>S01-UT-000443</t>
+  </si>
+  <si>
+    <t>220703</t>
+  </si>
+  <si>
+    <t>99994000220703</t>
+  </si>
+  <si>
+    <t>S04-GU-170003</t>
+  </si>
+  <si>
+    <t>657662</t>
+  </si>
+  <si>
+    <t>99994000657662</t>
+  </si>
+  <si>
+    <t>S04-UT-000023</t>
+  </si>
+  <si>
+    <t>790116</t>
+  </si>
+  <si>
+    <t>99994000790116</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>S01-UT-000533</t>
+  </si>
+  <si>
+    <t>222047</t>
+  </si>
+  <si>
+    <t>00102400222047</t>
+  </si>
+  <si>
+    <t>S01-C2-000103</t>
+  </si>
+  <si>
+    <t>887430</t>
+  </si>
+  <si>
+    <t>99994000887430</t>
+  </si>
+  <si>
+    <t>11000</t>
+  </si>
+  <si>
+    <t>S01-C2-100079</t>
+  </si>
+  <si>
+    <t>887432</t>
+  </si>
+  <si>
+    <t>99994000887432</t>
+  </si>
+  <si>
+    <t>S01-C2-100081</t>
+  </si>
+  <si>
+    <t>887435</t>
+  </si>
+  <si>
+    <t>99994000887435</t>
+  </si>
+  <si>
+    <t>S01-C2-030111</t>
+  </si>
+  <si>
+    <t>889762</t>
+  </si>
+  <si>
+    <t>99994000889762</t>
+  </si>
+  <si>
+    <t>S01-C2-070115</t>
+  </si>
+  <si>
+    <t>889779</t>
+  </si>
+  <si>
+    <t>99994000889779</t>
+  </si>
+  <si>
+    <t>S01-C2-070119</t>
+  </si>
+  <si>
+    <t>889786</t>
+  </si>
+  <si>
+    <t>99994000889786</t>
+  </si>
+  <si>
+    <t>S01-C2-060136</t>
+  </si>
+  <si>
+    <t>889845</t>
+  </si>
+  <si>
+    <t>99994000889845</t>
+  </si>
+  <si>
+    <t>S01-C2-060137</t>
+  </si>
+  <si>
+    <t>889855</t>
+  </si>
+  <si>
+    <t>99994000889855</t>
+  </si>
+  <si>
+    <t>SULZANO</t>
+  </si>
+  <si>
+    <t>S01-C2-060139</t>
+  </si>
+  <si>
+    <t>889861</t>
+  </si>
+  <si>
+    <t>99994000889861</t>
+  </si>
+  <si>
+    <t>SALE MARASINO</t>
+  </si>
+  <si>
+    <t>S01-C2-100099</t>
+  </si>
+  <si>
+    <t>889985</t>
+  </si>
+  <si>
+    <t>99994000889985</t>
+  </si>
+  <si>
+    <t>S01-UT-000627</t>
+  </si>
+  <si>
+    <t>890203</t>
+  </si>
+  <si>
+    <t>99994000890203</t>
+  </si>
+  <si>
+    <t>2500</t>
+  </si>
+  <si>
+    <t>S01-C2-000040</t>
+  </si>
+  <si>
+    <t>890228</t>
+  </si>
+  <si>
+    <t>99994000890228</t>
+  </si>
+  <si>
+    <t>1150</t>
+  </si>
+  <si>
+    <t>S01-CV-110000</t>
+  </si>
+  <si>
+    <t>S01-C2-110051</t>
+  </si>
+  <si>
+    <t>890252</t>
+  </si>
+  <si>
+    <t>99994000890252</t>
+  </si>
+  <si>
+    <t>74500</t>
+  </si>
+  <si>
+    <t>S01-C2-130006</t>
+  </si>
+  <si>
+    <t>890418</t>
+  </si>
+  <si>
+    <t>99994000890418</t>
+  </si>
+  <si>
+    <t>S01-C2-110052</t>
+  </si>
+  <si>
+    <t>890422</t>
+  </si>
+  <si>
+    <t>99994000890422</t>
+  </si>
+  <si>
+    <t>S04-C2-000015</t>
+  </si>
+  <si>
+    <t>890485</t>
+  </si>
+  <si>
+    <t>99994000890485</t>
+  </si>
+  <si>
+    <t>2400</t>
+  </si>
+  <si>
+    <t>S04-CV-010000</t>
+  </si>
+  <si>
+    <t>S04-C2-010003</t>
+  </si>
+  <si>
+    <t>890492</t>
+  </si>
+  <si>
+    <t>99994000890492</t>
+  </si>
+  <si>
+    <t>52000</t>
+  </si>
+  <si>
+    <t>S04-C2-010006</t>
+  </si>
+  <si>
+    <t>890498</t>
+  </si>
+  <si>
+    <t>99994000890498</t>
+  </si>
+  <si>
+    <t>S04-CV-020000</t>
+  </si>
+  <si>
+    <t>S04-C2-020008</t>
+  </si>
+  <si>
+    <t>890502</t>
+  </si>
+  <si>
+    <t>99994000890502</t>
+  </si>
+  <si>
+    <t>24000</t>
+  </si>
+  <si>
+    <t>S01-MP-070064</t>
+  </si>
+  <si>
+    <t>934968</t>
+  </si>
+  <si>
+    <t>99994000934968</t>
+  </si>
+  <si>
+    <t>S01-MP-070073</t>
+  </si>
+  <si>
+    <t>935380</t>
+  </si>
+  <si>
+    <t>99994000935380</t>
+  </si>
+  <si>
+    <t>S01-UT-000457</t>
+  </si>
+  <si>
+    <t>1207754</t>
+  </si>
+  <si>
+    <t>99994001207754</t>
+  </si>
+  <si>
+    <t>S03-UT-000059</t>
+  </si>
+  <si>
+    <t>1217607</t>
+  </si>
+  <si>
+    <t>99994001217607</t>
+  </si>
+  <si>
+    <t>S01-UT-000115</t>
+  </si>
+  <si>
+    <t>616652</t>
+  </si>
+  <si>
+    <t>99994000616652</t>
+  </si>
+  <si>
+    <t>SAN ZENO NAVIGLIO</t>
+  </si>
+  <si>
+    <t>2163</t>
+  </si>
+  <si>
+    <t>S01-UT-000497</t>
+  </si>
+  <si>
+    <t>1229658</t>
+  </si>
+  <si>
+    <t>99994001229658</t>
+  </si>
+  <si>
+    <t>3755</t>
+  </si>
+  <si>
+    <t>S01-UT-000498</t>
+  </si>
+  <si>
+    <t>272364</t>
+  </si>
+  <si>
+    <t>99994000272364</t>
+  </si>
+  <si>
+    <t>S01-UT-000506</t>
+  </si>
+  <si>
+    <t>271054</t>
+  </si>
+  <si>
+    <t>99994000271054</t>
+  </si>
+  <si>
+    <t>S04-UT-000025</t>
+  </si>
+  <si>
+    <t>1295067</t>
+  </si>
+  <si>
+    <t>99994001295067</t>
+  </si>
+  <si>
+    <t>S01-CV-040000</t>
+  </si>
+  <si>
+    <t>S01-MP-040010</t>
+  </si>
+  <si>
+    <t>1296996</t>
+  </si>
+  <si>
+    <t>99994001296996</t>
+  </si>
+  <si>
+    <t>105000</t>
+  </si>
+  <si>
+    <t>S01-UT-000588</t>
+  </si>
+  <si>
+    <t>1305989</t>
+  </si>
+  <si>
+    <t>99994001305989</t>
+  </si>
+  <si>
+    <t>1127</t>
+  </si>
+  <si>
+    <t>S01-CV-080000</t>
+  </si>
+  <si>
+    <t>S01-MP-080044</t>
+  </si>
+  <si>
+    <t>1309134</t>
+  </si>
+  <si>
+    <t>99994001309134</t>
+  </si>
+  <si>
+    <t>32900</t>
+  </si>
+  <si>
+    <t>S01-CV-210000</t>
+  </si>
+  <si>
+    <t>S01-MP-210076</t>
+  </si>
+  <si>
+    <t>1322446</t>
+  </si>
+  <si>
+    <t>99994001322446</t>
+  </si>
+  <si>
+    <t>17550</t>
+  </si>
+  <si>
+    <t>S01-UT-000648</t>
+  </si>
+  <si>
+    <t>2884203</t>
+  </si>
+  <si>
+    <t>99994002884203</t>
+  </si>
+  <si>
+    <t>S01-UT-000615</t>
+  </si>
+  <si>
+    <t>2844453</t>
+  </si>
+  <si>
+    <t>99994002844453</t>
+  </si>
+  <si>
+    <t>S01-MP-100030</t>
+  </si>
+  <si>
+    <t>2854211</t>
+  </si>
+  <si>
+    <t>99994002854211</t>
+  </si>
+  <si>
+    <t>S02-UT-000053</t>
+  </si>
+  <si>
+    <t>2895771</t>
+  </si>
+  <si>
+    <t>99994002895771</t>
+  </si>
+  <si>
+    <t>S01-UT-000659</t>
+  </si>
+  <si>
+    <t>2927298</t>
+  </si>
+  <si>
+    <t>99994002927298</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>S03-UT-000090</t>
+  </si>
+  <si>
+    <t>3501103</t>
+  </si>
+  <si>
+    <t>99994003501103</t>
+  </si>
+  <si>
+    <t>S03-C1-000011</t>
+  </si>
+  <si>
+    <t>922843</t>
+  </si>
+  <si>
+    <t>99994000922843</t>
+  </si>
+  <si>
+    <t>SELLA GIUDICARIE</t>
+  </si>
+  <si>
+    <t>13217</t>
+  </si>
+  <si>
+    <t>S03-UT-000044</t>
+  </si>
+  <si>
+    <t>941796</t>
+  </si>
+  <si>
+    <t>99994000941796</t>
+  </si>
+  <si>
+    <t>TRE VILLE</t>
+  </si>
+  <si>
+    <t>2100</t>
+  </si>
+  <si>
+    <t>S01-MP-060049</t>
+  </si>
+  <si>
+    <t>1266337</t>
+  </si>
+  <si>
+    <t>99994001266337</t>
+  </si>
+  <si>
+    <t>S01-UT-000005</t>
+  </si>
+  <si>
+    <t>268758</t>
+  </si>
+  <si>
+    <t>99994000268758</t>
+  </si>
+  <si>
+    <t>S01-UT-000536</t>
+  </si>
+  <si>
+    <t>311212</t>
+  </si>
+  <si>
+    <t>00102400311212</t>
+  </si>
+  <si>
+    <t>S01-UT-000007</t>
+  </si>
+  <si>
+    <t>525903</t>
+  </si>
+  <si>
+    <t>99994000525903</t>
+  </si>
+  <si>
+    <t>S01-UT-000071</t>
+  </si>
+  <si>
+    <t>235236</t>
+  </si>
+  <si>
+    <t>99994000235236</t>
+  </si>
+  <si>
+    <t>BOTTICINO</t>
+  </si>
+  <si>
+    <t>S01-UT-000073</t>
+  </si>
+  <si>
+    <t>240566</t>
+  </si>
+  <si>
+    <t>99994000240566</t>
+  </si>
+  <si>
+    <t>S01-UT-000562</t>
+  </si>
+  <si>
+    <t>520113</t>
+  </si>
+  <si>
+    <t>00102400520113</t>
+  </si>
+  <si>
+    <t>S01-UT-000417</t>
+  </si>
+  <si>
+    <t>129835</t>
+  </si>
+  <si>
+    <t>99994000129835</t>
+  </si>
+  <si>
+    <t>S01-UT-000204</t>
+  </si>
+  <si>
+    <t>308590</t>
+  </si>
+  <si>
+    <t>99994000308590</t>
+  </si>
+  <si>
+    <t>250000</t>
+  </si>
+  <si>
+    <t>S01-UT-000097</t>
+  </si>
+  <si>
+    <t>238473</t>
+  </si>
+  <si>
+    <t>99994000238473</t>
+  </si>
+  <si>
+    <t>S03-UT-000079</t>
+  </si>
+  <si>
+    <t>2874233</t>
+  </si>
+  <si>
+    <t>99994002874233</t>
+  </si>
+  <si>
+    <t>S01-UT-000597</t>
+  </si>
+  <si>
+    <t>883586</t>
+  </si>
+  <si>
+    <t>99994000883586</t>
+  </si>
+  <si>
+    <t>2700</t>
+  </si>
+  <si>
+    <t>S04-MP-000004</t>
+  </si>
+  <si>
+    <t>1265549</t>
+  </si>
+  <si>
+    <t>99994001265549</t>
+  </si>
+  <si>
+    <t>4675</t>
+  </si>
+  <si>
+    <t>S01-UT-000105</t>
+  </si>
+  <si>
+    <t>5430</t>
+  </si>
+  <si>
+    <t>99994000005430</t>
+  </si>
+  <si>
+    <t>S01-UT-000057</t>
+  </si>
+  <si>
+    <t>137916</t>
+  </si>
+  <si>
+    <t>99994000137916</t>
+  </si>
+  <si>
+    <t>S01-UT-000063</t>
+  </si>
+  <si>
+    <t>302418</t>
+  </si>
+  <si>
+    <t>99994000302418</t>
+  </si>
+  <si>
+    <t>S01-UT-000271</t>
+  </si>
+  <si>
+    <t>528551</t>
+  </si>
+  <si>
+    <t>99994000528551</t>
+  </si>
+  <si>
+    <t>S01-UT-000272</t>
+  </si>
+  <si>
+    <t>528552</t>
+  </si>
+  <si>
+    <t>99994000528552</t>
+  </si>
+  <si>
+    <t>S01-UT-000431</t>
+  </si>
+  <si>
+    <t>860537</t>
+  </si>
+  <si>
+    <t>99994000860537</t>
+  </si>
+  <si>
+    <t>S01-UT-000441</t>
+  </si>
+  <si>
+    <t>538719</t>
+  </si>
+  <si>
+    <t>99994000538719</t>
+  </si>
+  <si>
+    <t>S01-UT-000609</t>
+  </si>
+  <si>
+    <t>867917</t>
+  </si>
+  <si>
+    <t>99994000867917</t>
+  </si>
+  <si>
+    <t>S01-UT-000325</t>
+  </si>
+  <si>
+    <t>873019</t>
+  </si>
+  <si>
+    <t>99994000873019</t>
+  </si>
+  <si>
+    <t>S04-UT-000008</t>
+  </si>
+  <si>
+    <t>876573</t>
+  </si>
+  <si>
+    <t>99994000876573</t>
+  </si>
+  <si>
+    <t>S04-GU-190005</t>
+  </si>
+  <si>
+    <t>877148</t>
+  </si>
+  <si>
+    <t>99994000877148</t>
+  </si>
+  <si>
+    <t>S01-C2-100106</t>
+  </si>
+  <si>
+    <t>889707</t>
+  </si>
+  <si>
+    <t>99994000889707</t>
+  </si>
+  <si>
+    <t>S01-C2-100108</t>
+  </si>
+  <si>
+    <t>889714</t>
+  </si>
+  <si>
+    <t>99994000889714</t>
+  </si>
+  <si>
+    <t>S01-C2-070118</t>
+  </si>
+  <si>
+    <t>889783</t>
+  </si>
+  <si>
+    <t>99994000889783</t>
+  </si>
+  <si>
+    <t>S01-C2-060138</t>
+  </si>
+  <si>
+    <t>889858</t>
+  </si>
+  <si>
+    <t>99994000889858</t>
+  </si>
+  <si>
+    <t>S01-CV-120000</t>
+  </si>
+  <si>
+    <t>S01-C2-120044</t>
+  </si>
+  <si>
+    <t>889883</t>
+  </si>
+  <si>
+    <t>99994000889883</t>
+  </si>
+  <si>
+    <t>120950</t>
+  </si>
+  <si>
+    <t>S01-C2-100090</t>
+  </si>
+  <si>
+    <t>889954</t>
+  </si>
+  <si>
+    <t>99994000889954</t>
+  </si>
+  <si>
+    <t>S01-C2-100097</t>
+  </si>
+  <si>
+    <t>889983</t>
+  </si>
+  <si>
+    <t>99994000889983</t>
+  </si>
+  <si>
+    <t>S01-CV-010000</t>
+  </si>
+  <si>
+    <t>S01-C2-010148</t>
+  </si>
+  <si>
+    <t>890017</t>
+  </si>
+  <si>
+    <t>99994000890017</t>
+  </si>
+  <si>
+    <t>ZONE</t>
+  </si>
+  <si>
+    <t>8950</t>
+  </si>
+  <si>
+    <t>S01-MP-150001</t>
+  </si>
+  <si>
+    <t>890207</t>
+  </si>
+  <si>
+    <t>99994000890207</t>
+  </si>
+  <si>
+    <t>S01-CV-160000</t>
+  </si>
+  <si>
+    <t>S01-C2-160035</t>
+  </si>
+  <si>
+    <t>890224</t>
+  </si>
+  <si>
+    <t>99994000890224</t>
+  </si>
+  <si>
+    <t>9950</t>
+  </si>
+  <si>
+    <t>S01-C2-210046</t>
+  </si>
+  <si>
+    <t>890239</t>
+  </si>
+  <si>
+    <t>99994000890239</t>
+  </si>
+  <si>
+    <t>S01-C2-100085</t>
+  </si>
+  <si>
+    <t>890448</t>
+  </si>
+  <si>
+    <t>99994000890448</t>
+  </si>
+  <si>
+    <t>S04-C2-000011</t>
+  </si>
+  <si>
+    <t>890477</t>
+  </si>
+  <si>
+    <t>99994000890477</t>
+  </si>
+  <si>
+    <t>3600</t>
+  </si>
+  <si>
+    <t>S04-CV-030000</t>
+  </si>
+  <si>
+    <t>S04-C2-030017</t>
+  </si>
+  <si>
+    <t>890489</t>
+  </si>
+  <si>
+    <t>99994000890489</t>
+  </si>
+  <si>
+    <t>12000</t>
+  </si>
+  <si>
+    <t>S04-C2-010002</t>
+  </si>
+  <si>
+    <t>890491</t>
+  </si>
+  <si>
+    <t>99994000890491</t>
+  </si>
+  <si>
+    <t>S01-UT-000435</t>
+  </si>
+  <si>
+    <t>201724</t>
+  </si>
+  <si>
+    <t>99994000201724</t>
+  </si>
+  <si>
+    <t>S01-UT-000131</t>
+  </si>
+  <si>
+    <t>244536</t>
+  </si>
+  <si>
+    <t>99994000244536</t>
+  </si>
+  <si>
+    <t>S01-UT-000165</t>
+  </si>
+  <si>
+    <t>178899</t>
+  </si>
+  <si>
+    <t>99994000178899</t>
+  </si>
+  <si>
+    <t>S01-UT-000591</t>
+  </si>
+  <si>
+    <t>206534</t>
+  </si>
+  <si>
+    <t>00102400206534</t>
+  </si>
+  <si>
+    <t>S01-UT-000147</t>
+  </si>
+  <si>
+    <t>259544</t>
+  </si>
+  <si>
+    <t>99994000259544</t>
+  </si>
+  <si>
+    <t>S01-UT-000452</t>
+  </si>
+  <si>
+    <t>556979</t>
+  </si>
+  <si>
+    <t>99994000556979</t>
+  </si>
+  <si>
+    <t>S01-UT-000036</t>
+  </si>
+  <si>
+    <t>530922</t>
+  </si>
+  <si>
+    <t>99994000530922</t>
+  </si>
+  <si>
+    <t>1500</t>
+  </si>
+  <si>
+    <t>S01-UT-000229</t>
+  </si>
+  <si>
+    <t>286637</t>
+  </si>
+  <si>
+    <t>99994000286637</t>
+  </si>
+  <si>
+    <t>867</t>
+  </si>
+  <si>
+    <t>S01-UT-000031</t>
+  </si>
+  <si>
+    <t>268540</t>
+  </si>
+  <si>
+    <t>99994000268540</t>
+  </si>
+  <si>
+    <t>PAITONE</t>
+  </si>
+  <si>
+    <t>1275</t>
+  </si>
+  <si>
+    <t>S01-UT-000183</t>
+  </si>
+  <si>
+    <t>216276</t>
+  </si>
+  <si>
+    <t>99994000216276</t>
+  </si>
+  <si>
+    <t>S01-UT-000550</t>
+  </si>
+  <si>
+    <t>202248</t>
+  </si>
+  <si>
+    <t>00102400202248</t>
+  </si>
+  <si>
+    <t>S01-UT-000548</t>
+  </si>
+  <si>
+    <t>225887</t>
+  </si>
+  <si>
+    <t>00102400225887</t>
+  </si>
+  <si>
+    <t>S01-UT-000541</t>
+  </si>
+  <si>
+    <t>283255</t>
+  </si>
+  <si>
+    <t>00102400283255</t>
+  </si>
+  <si>
+    <t>S01-UT-000424</t>
+  </si>
+  <si>
+    <t>293323</t>
+  </si>
+  <si>
+    <t>00102400293323</t>
+  </si>
+  <si>
+    <t>S02-UT-000029</t>
+  </si>
+  <si>
+    <t>584534</t>
+  </si>
+  <si>
+    <t>99994000584534</t>
+  </si>
+  <si>
+    <t>S02-GU-130056</t>
+  </si>
+  <si>
+    <t>584535</t>
+  </si>
+  <si>
+    <t>99994000584535</t>
+  </si>
+  <si>
+    <t>S03-UT-000004</t>
+  </si>
+  <si>
+    <t>584661</t>
+  </si>
+  <si>
+    <t>99994000584661</t>
+  </si>
+  <si>
+    <t>S03-UT-000064</t>
+  </si>
+  <si>
+    <t>589509</t>
+  </si>
+  <si>
+    <t>00102400589509</t>
+  </si>
+  <si>
+    <t>4350</t>
+  </si>
+  <si>
+    <t>S03-GU-090079</t>
+  </si>
+  <si>
+    <t>589617</t>
+  </si>
+  <si>
+    <t>99994000589617</t>
+  </si>
+  <si>
+    <t>2900</t>
+  </si>
+  <si>
+    <t>S03-GU-060071</t>
+  </si>
+  <si>
+    <t>590500</t>
+  </si>
+  <si>
+    <t>99994000590500</t>
+  </si>
+  <si>
+    <t>S03-GU-090078</t>
+  </si>
+  <si>
+    <t>594323</t>
+  </si>
+  <si>
+    <t>99994000594323</t>
+  </si>
+  <si>
+    <t>1316</t>
+  </si>
+  <si>
+    <t>S04-GU-040087</t>
+  </si>
+  <si>
+    <t>601054</t>
+  </si>
+  <si>
+    <t>99994000601054</t>
+  </si>
+  <si>
+    <t>S04-GU-070102</t>
+  </si>
+  <si>
+    <t>600952</t>
+  </si>
+  <si>
+    <t>99994000600952</t>
+  </si>
+  <si>
+    <t>S04-GU-030086</t>
+  </si>
+  <si>
+    <t>599639</t>
+  </si>
+  <si>
+    <t>99994000599639</t>
+  </si>
+  <si>
+    <t>S04-GU-010080</t>
+  </si>
+  <si>
+    <t>600248</t>
+  </si>
+  <si>
+    <t>99994000600248</t>
+  </si>
+  <si>
+    <t>S04-UT-000014</t>
+  </si>
+  <si>
+    <t>601062</t>
+  </si>
+  <si>
+    <t>99994000601062</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
+    <t>S04-GU-040090</t>
+  </si>
+  <si>
+    <t>601138</t>
+  </si>
+  <si>
+    <t>99994000601138</t>
+  </si>
+  <si>
+    <t>S04-GU-050092</t>
+  </si>
+  <si>
+    <t>601144</t>
+  </si>
+  <si>
+    <t>99994000601144</t>
+  </si>
+  <si>
+    <t>S01-UT-000111</t>
+  </si>
+  <si>
+    <t>615273</t>
+  </si>
+  <si>
+    <t>99994000615273</t>
+  </si>
+  <si>
+    <t>8450</t>
+  </si>
+  <si>
+    <t>S01-UT-000025</t>
+  </si>
+  <si>
+    <t>615795</t>
+  </si>
+  <si>
+    <t>99994000615795</t>
+  </si>
+  <si>
+    <t>LONATO DEL GARDA</t>
+  </si>
+  <si>
+    <t>1140</t>
+  </si>
+  <si>
+    <t>S01-UT-000100</t>
+  </si>
+  <si>
+    <t>616054</t>
+  </si>
+  <si>
+    <t>99994000616054</t>
+  </si>
+  <si>
+    <t>1560</t>
+  </si>
+  <si>
+    <t>S01-UT-000045</t>
+  </si>
+  <si>
+    <t>616240</t>
+  </si>
+  <si>
+    <t>99994000616240</t>
+  </si>
+  <si>
+    <t>3932</t>
+  </si>
+  <si>
+    <t>S01-UT-000235</t>
+  </si>
+  <si>
+    <t>623726</t>
+  </si>
+  <si>
+    <t>99994000623726</t>
+  </si>
+  <si>
+    <t>S04-UT-000002</t>
+  </si>
+  <si>
+    <t>645085</t>
+  </si>
+  <si>
+    <t>99994000645085</t>
+  </si>
+  <si>
+    <t>6739</t>
+  </si>
+  <si>
+    <t>S01-UT-000101</t>
+  </si>
+  <si>
+    <t>655961</t>
+  </si>
+  <si>
+    <t>99994000655961</t>
+  </si>
+  <si>
+    <t>23549</t>
+  </si>
+  <si>
+    <t>S04-GU-170004</t>
+  </si>
+  <si>
+    <t>657659</t>
+  </si>
+  <si>
+    <t>99994000657659</t>
+  </si>
+  <si>
+    <t>S01-UT-000049</t>
+  </si>
+  <si>
+    <t>532389</t>
+  </si>
+  <si>
+    <t>99994000532389</t>
+  </si>
+  <si>
+    <t>S01-UT-000313</t>
+  </si>
+  <si>
+    <t>830733</t>
+  </si>
+  <si>
+    <t>99994000830733</t>
+  </si>
+  <si>
+    <t>S01-UT-000387</t>
+  </si>
+  <si>
+    <t>860535</t>
+  </si>
+  <si>
+    <t>99994000860535</t>
+  </si>
+  <si>
+    <t>S01-UT-000513</t>
+  </si>
+  <si>
+    <t>832063</t>
+  </si>
+  <si>
+    <t>00102400832063</t>
+  </si>
+  <si>
+    <t>6800</t>
+  </si>
+  <si>
+    <t>S03-C2-040005</t>
+  </si>
+  <si>
+    <t>890513</t>
+  </si>
+  <si>
+    <t>99994000890513</t>
+  </si>
+  <si>
+    <t>S04-GU-100017</t>
+  </si>
+  <si>
+    <t>907407</t>
+  </si>
+  <si>
+    <t>99994000907407</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>S01-UT-000415</t>
+  </si>
+  <si>
+    <t>917117</t>
+  </si>
+  <si>
+    <t>99994000917117</t>
+  </si>
+  <si>
+    <t>S01-MP-030034</t>
+  </si>
+  <si>
+    <t>934954</t>
+  </si>
+  <si>
+    <t>99994000934954</t>
+  </si>
+  <si>
+    <t>S01-MP-070040</t>
+  </si>
+  <si>
+    <t>934964</t>
+  </si>
+  <si>
+    <t>99994000934964</t>
+  </si>
+  <si>
+    <t>S01-MP-070038</t>
+  </si>
+  <si>
+    <t>936400</t>
+  </si>
+  <si>
+    <t>99994000936400</t>
+  </si>
+  <si>
+    <t>S01-UT-000421</t>
+  </si>
+  <si>
+    <t>941756</t>
+  </si>
+  <si>
+    <t>99994000941756</t>
+  </si>
+  <si>
+    <t>3366</t>
+  </si>
+  <si>
+    <t>S01-MP-000035</t>
+  </si>
+  <si>
+    <t>1215037</t>
+  </si>
+  <si>
+    <t>99994001215037</t>
+  </si>
+  <si>
+    <t>CELLATICA</t>
+  </si>
+  <si>
+    <t>39000</t>
+  </si>
+  <si>
+    <t>S01-UT-000502</t>
+  </si>
+  <si>
+    <t>1242456</t>
+  </si>
+  <si>
+    <t>99994001242456</t>
+  </si>
+  <si>
+    <t>S01-C2-140169</t>
+  </si>
+  <si>
+    <t>1283347</t>
+  </si>
+  <si>
+    <t>99994001283347</t>
+  </si>
+  <si>
+    <t>S01-UT-000606</t>
+  </si>
+  <si>
+    <t>646838</t>
+  </si>
+  <si>
+    <t>00102400646838</t>
+  </si>
+  <si>
+    <t>S01-MP-000017</t>
+  </si>
+  <si>
+    <t>1295524</t>
+  </si>
+  <si>
+    <t>99994001295524</t>
+  </si>
+  <si>
+    <t>9800</t>
+  </si>
+  <si>
+    <t>S01-MP-000052</t>
+  </si>
+  <si>
+    <t>1295619</t>
+  </si>
+  <si>
+    <t>99994001295619</t>
+  </si>
+  <si>
+    <t>2300</t>
+  </si>
+  <si>
+    <t>S01-UT-000587</t>
+  </si>
+  <si>
+    <t>1300881</t>
+  </si>
+  <si>
+    <t>99994001300881</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>S03-UT-000036</t>
+  </si>
+  <si>
+    <t>578131</t>
+  </si>
+  <si>
+    <t>99994000578131</t>
+  </si>
+  <si>
+    <t>S01-MP-110066</t>
+  </si>
+  <si>
+    <t>1324553</t>
+  </si>
+  <si>
+    <t>99994001324553</t>
+  </si>
+  <si>
+    <t>S01-C2-070161</t>
+  </si>
+  <si>
+    <t>1222828</t>
+  </si>
+  <si>
+    <t>99994001222828</t>
+  </si>
+  <si>
+    <t>S01-C2-000144</t>
+  </si>
+  <si>
+    <t>2817904</t>
+  </si>
+  <si>
+    <t>99994002817904</t>
+  </si>
+  <si>
+    <t>S01-MP-040008</t>
+  </si>
+  <si>
+    <t>2824354</t>
+  </si>
+  <si>
+    <t>99994002824354</t>
+  </si>
+  <si>
+    <t>S01-C2-120024</t>
+  </si>
+  <si>
+    <t>2833390</t>
+  </si>
+  <si>
+    <t>99994002833390</t>
+  </si>
+  <si>
+    <t>PREVALLE</t>
+  </si>
+  <si>
+    <t>S01-UT-000654</t>
+  </si>
+  <si>
+    <t>2851313</t>
+  </si>
+  <si>
+    <t>05262402851313</t>
+  </si>
+  <si>
+    <t>S01-UT-000619</t>
+  </si>
+  <si>
+    <t>2852307</t>
+  </si>
+  <si>
+    <t>99994002852307</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>S02-CV-100000</t>
+  </si>
+  <si>
+    <t>S02-MP-100012</t>
+  </si>
+  <si>
+    <t>2854199</t>
+  </si>
+  <si>
+    <t>99994002854199</t>
+  </si>
+  <si>
+    <t>S01-UT-000657</t>
+  </si>
+  <si>
+    <t>2896922</t>
+  </si>
+  <si>
+    <t>99994002896922</t>
+  </si>
+  <si>
+    <t>S03-UT-000086</t>
+  </si>
+  <si>
+    <t>2900925</t>
+  </si>
+  <si>
+    <t>99994002900925</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>S02-UT-000046</t>
+  </si>
+  <si>
+    <t>1225520</t>
+  </si>
+  <si>
+    <t>99994001225520</t>
+  </si>
+  <si>
+    <t>1657</t>
+  </si>
+  <si>
+    <t>S01-UT-000656</t>
+  </si>
+  <si>
+    <t>2917989</t>
+  </si>
+  <si>
+    <t>99994002917989</t>
+  </si>
+  <si>
+    <t>S01-UT-000666</t>
+  </si>
+  <si>
+    <t>3036044</t>
+  </si>
+  <si>
+    <t>99994003036044</t>
+  </si>
+  <si>
+    <t>S01-UT-000663</t>
+  </si>
+  <si>
+    <t>3018441</t>
+  </si>
+  <si>
+    <t>99994003018441</t>
+  </si>
+  <si>
+    <t>S01-UT-000668</t>
+  </si>
+  <si>
+    <t>3477420</t>
+  </si>
+  <si>
+    <t>99994003477420</t>
+  </si>
+  <si>
+    <t>S01-UT-000446</t>
+  </si>
+  <si>
+    <t>888589</t>
+  </si>
+  <si>
+    <t>99994000888589</t>
+  </si>
+  <si>
+    <t>S01-MP-100028</t>
+  </si>
+  <si>
+    <t>1325913</t>
+  </si>
+  <si>
+    <t>99994001325913</t>
+  </si>
+  <si>
+    <t>S01-C2-120027</t>
+  </si>
+  <si>
+    <t>889877</t>
+  </si>
+  <si>
+    <t>99994000889877</t>
+  </si>
+  <si>
+    <t>S03-C1-000008</t>
+  </si>
+  <si>
+    <t>862576</t>
+  </si>
+  <si>
+    <t>99994000862576</t>
+  </si>
+  <si>
+    <t>STORO</t>
+  </si>
+  <si>
+    <t>10000</t>
+  </si>
+  <si>
+    <t>S03-C2-000009</t>
+  </si>
+  <si>
+    <t>935041</t>
+  </si>
+  <si>
+    <t>99994000935041</t>
+  </si>
+  <si>
+    <t>PIEVE DI BONO-PREZZO</t>
+  </si>
+  <si>
+    <t>S03-UT-000057</t>
+  </si>
+  <si>
+    <t>1217929</t>
+  </si>
+  <si>
+    <t>99994001217929</t>
+  </si>
+  <si>
+    <t>S01-UT-000567</t>
+  </si>
+  <si>
+    <t>221356</t>
+  </si>
+  <si>
+    <t>00102400221356</t>
+  </si>
+  <si>
+    <t>S01-UT-000001</t>
+  </si>
+  <si>
+    <t>306112</t>
+  </si>
+  <si>
+    <t>99994000306112</t>
+  </si>
+  <si>
+    <t>S01-MP-130071</t>
+  </si>
+  <si>
+    <t>526698</t>
+  </si>
+  <si>
+    <t>99994000526698</t>
+  </si>
+  <si>
+    <t>547569</t>
+  </si>
+  <si>
+    <t>99994000547569</t>
+  </si>
+  <si>
+    <t>S01-UT-000434</t>
+  </si>
+  <si>
+    <t>4325</t>
+  </si>
+  <si>
+    <t>99994000004325</t>
+  </si>
+  <si>
+    <t>S01-UT-000571</t>
+  </si>
+  <si>
+    <t>129837</t>
+  </si>
+  <si>
+    <t>00102400129837</t>
+  </si>
+  <si>
+    <t>S01-UT-000598</t>
+  </si>
+  <si>
+    <t>308326</t>
+  </si>
+  <si>
+    <t>00102400308326</t>
+  </si>
+  <si>
+    <t>S03-UT-000042</t>
+  </si>
+  <si>
+    <t>1181902</t>
+  </si>
+  <si>
+    <t>99994001181902</t>
+  </si>
+  <si>
+    <t>S01-UT-000667</t>
+  </si>
+  <si>
+    <t>3466486</t>
+  </si>
+  <si>
+    <t>99994003466486</t>
+  </si>
+  <si>
+    <t>S01-UT-000042</t>
+  </si>
+  <si>
+    <t>257925</t>
+  </si>
+  <si>
+    <t>99994000257925</t>
+  </si>
+  <si>
+    <t>1785</t>
+  </si>
+  <si>
+    <t>S04-MP-040003</t>
+  </si>
+  <si>
+    <t>1265547</t>
+  </si>
+  <si>
+    <t>99994001265547</t>
+  </si>
+  <si>
+    <t>S01-UT-000575</t>
+  </si>
+  <si>
+    <t>200980</t>
+  </si>
+  <si>
+    <t>00102400200980</t>
+  </si>
+  <si>
+    <t>S01-UT-000610</t>
+  </si>
+  <si>
+    <t>204438</t>
+  </si>
+  <si>
+    <t>00102400204438</t>
+  </si>
+  <si>
+    <t>S01-UT-000577</t>
+  </si>
+  <si>
+    <t>200983</t>
+  </si>
+  <si>
+    <t>00102400200983</t>
+  </si>
+  <si>
+    <t>S01-UT-000054</t>
+  </si>
+  <si>
+    <t>243488</t>
+  </si>
+  <si>
+    <t>99994000243488</t>
+  </si>
+  <si>
+    <t>S01-UT-000069</t>
+  </si>
+  <si>
+    <t>527043</t>
+  </si>
+  <si>
+    <t>99994000527043</t>
+  </si>
+  <si>
+    <t>S01-UT-000632</t>
+  </si>
+  <si>
+    <t>544705</t>
+  </si>
+  <si>
+    <t>00102400544705</t>
+  </si>
+  <si>
+    <t>S01-UT-000634</t>
+  </si>
+  <si>
+    <t>544707</t>
+  </si>
+  <si>
+    <t>00102400544707</t>
+  </si>
+  <si>
+    <t>S04-C2-000026</t>
+  </si>
+  <si>
+    <t>1263849</t>
+  </si>
+  <si>
+    <t>99994001263849</t>
+  </si>
+  <si>
+    <t>S01-UT-000155</t>
+  </si>
+  <si>
+    <t>5448</t>
+  </si>
+  <si>
+    <t>99994000005448</t>
+  </si>
+  <si>
+    <t>S01-UT-000594</t>
+  </si>
+  <si>
+    <t>235960</t>
+  </si>
+  <si>
+    <t>00102400235960</t>
+  </si>
+  <si>
+    <t>S01-UT-000590</t>
+  </si>
+  <si>
+    <t>206533</t>
+  </si>
+  <si>
+    <t>00102400206533</t>
+  </si>
+  <si>
+    <t>S01-UT-000156</t>
+  </si>
+  <si>
+    <t>232320</t>
+  </si>
+  <si>
+    <t>99994000232320</t>
+  </si>
+  <si>
+    <t>S01-UT-000145</t>
+  </si>
+  <si>
+    <t>262747</t>
+  </si>
+  <si>
+    <t>99994000262747</t>
+  </si>
+  <si>
+    <t>S01-UT-000437</t>
+  </si>
+  <si>
+    <t>556125</t>
+  </si>
+  <si>
+    <t>99994000556125</t>
+  </si>
+  <si>
+    <t>S01-UT-000451</t>
+  </si>
+  <si>
+    <t>556980</t>
+  </si>
+  <si>
+    <t>99994000556980</t>
+  </si>
+  <si>
+    <t>S01-UT-000636</t>
+  </si>
+  <si>
+    <t>224597</t>
+  </si>
+  <si>
+    <t>00102400224597</t>
+  </si>
+  <si>
+    <t>9300</t>
+  </si>
+  <si>
+    <t>S01-UT-000555</t>
+  </si>
+  <si>
+    <t>216532</t>
+  </si>
+  <si>
+    <t>00102400216532</t>
+  </si>
+  <si>
+    <t>S01-UT-000558</t>
+  </si>
+  <si>
+    <t>255481</t>
+  </si>
+  <si>
+    <t>00102400255481</t>
+  </si>
+  <si>
+    <t>S01-UT-000559</t>
+  </si>
+  <si>
+    <t>294823</t>
+  </si>
+  <si>
+    <t>00102400294823</t>
+  </si>
+  <si>
+    <t>S01-UT-000527</t>
+  </si>
+  <si>
+    <t>530761</t>
+  </si>
+  <si>
+    <t>00102400530761</t>
+  </si>
+  <si>
+    <t>S01-UT-000508</t>
+  </si>
+  <si>
+    <t>1248986</t>
+  </si>
+  <si>
+    <t>99994001248986</t>
+  </si>
+  <si>
+    <t>4500</t>
+  </si>
+  <si>
+    <t>S01-UT-000177</t>
+  </si>
+  <si>
+    <t>220820</t>
+  </si>
+  <si>
+    <t>99994000220820</t>
+  </si>
+  <si>
+    <t>S01-UT-000178</t>
+  </si>
+  <si>
+    <t>245190</t>
+  </si>
+  <si>
+    <t>99994000245190</t>
+  </si>
+  <si>
+    <t>S01-UT-000537</t>
+  </si>
+  <si>
+    <t>201934</t>
+  </si>
+  <si>
+    <t>00102400201934</t>
+  </si>
+  <si>
+    <t>S01-UT-000542</t>
+  </si>
+  <si>
+    <t>266721</t>
+  </si>
+  <si>
+    <t>00102400266721</t>
+  </si>
+  <si>
+    <t>S01-UT-000652</t>
+  </si>
+  <si>
+    <t>271053</t>
+  </si>
+  <si>
+    <t>99994000271053</t>
+  </si>
+  <si>
+    <t>S03-UT-000048</t>
+  </si>
+  <si>
+    <t>573506</t>
+  </si>
+  <si>
+    <t>99994000573506</t>
+  </si>
+  <si>
+    <t>935</t>
+  </si>
+  <si>
+    <t>S03-UT-000071</t>
+  </si>
+  <si>
+    <t>575508</t>
+  </si>
+  <si>
+    <t>00102400575508</t>
+  </si>
+  <si>
+    <t>1130</t>
+  </si>
+  <si>
+    <t>S03-AC-000001</t>
+  </si>
+  <si>
+    <t>579398</t>
+  </si>
+  <si>
+    <t>99994000579398</t>
+  </si>
+  <si>
+    <t>4000</t>
+  </si>
+  <si>
+    <t>S03-UT-000015</t>
+  </si>
+  <si>
+    <t>592654</t>
+  </si>
+  <si>
+    <t>99994000592654</t>
+  </si>
+  <si>
+    <t>895</t>
+  </si>
+  <si>
+    <t>S04-GU-070103</t>
+  </si>
+  <si>
+    <t>598208</t>
+  </si>
+  <si>
+    <t>99994000598208</t>
+  </si>
+  <si>
+    <t>S04-GU-100116</t>
+  </si>
+  <si>
+    <t>599553</t>
+  </si>
+  <si>
+    <t>99994000599553</t>
+  </si>
+  <si>
+    <t>S04-UT-000018</t>
+  </si>
+  <si>
+    <t>599789</t>
+  </si>
+  <si>
+    <t>99994000599789</t>
+  </si>
+  <si>
+    <t>S04-GU-030090</t>
+  </si>
+  <si>
+    <t>601173</t>
+  </si>
+  <si>
+    <t>99994000601173</t>
+  </si>
+  <si>
+    <t>S01-UT-000017</t>
+  </si>
+  <si>
+    <t>616635</t>
+  </si>
+  <si>
+    <t>99994000616635</t>
+  </si>
+  <si>
+    <t>3033</t>
+  </si>
+  <si>
+    <t>S01-UT-000154</t>
+  </si>
+  <si>
+    <t>648699</t>
+  </si>
+  <si>
+    <t>99994000648699</t>
+  </si>
+  <si>
+    <t>4633</t>
+  </si>
+  <si>
+    <t>S01-UT-000495</t>
+  </si>
+  <si>
+    <t>655224</t>
+  </si>
+  <si>
+    <t>00102400655224</t>
+  </si>
+  <si>
+    <t>17000</t>
+  </si>
+  <si>
+    <t>S01-UT-000496</t>
+  </si>
+  <si>
+    <t>655275</t>
+  </si>
+  <si>
+    <t>00102400655275</t>
+  </si>
+  <si>
+    <t>25500</t>
+  </si>
+  <si>
+    <t>S04-GU-170006</t>
+  </si>
+  <si>
+    <t>657657</t>
+  </si>
+  <si>
+    <t>99994000657657</t>
+  </si>
+  <si>
+    <t>S01-UT-000639</t>
+  </si>
+  <si>
+    <t>523258</t>
+  </si>
+  <si>
+    <t>00102400523258</t>
+  </si>
+  <si>
+    <t>700</t>
+  </si>
+  <si>
+    <t>S03-UT-000006</t>
+  </si>
+  <si>
+    <t>830578</t>
+  </si>
+  <si>
+    <t>99994000830578</t>
+  </si>
+  <si>
+    <t>S04-UT-000021</t>
+  </si>
+  <si>
+    <t>855019</t>
+  </si>
+  <si>
+    <t>99994000855019</t>
+  </si>
+  <si>
+    <t>S03-UT-000087</t>
+  </si>
+  <si>
+    <t>788217</t>
+  </si>
+  <si>
+    <t>99994000788217</t>
+  </si>
+  <si>
+    <t>S01-GU-030005</t>
+  </si>
+  <si>
+    <t>304619</t>
+  </si>
+  <si>
+    <t>99994000304619</t>
+  </si>
+  <si>
+    <t>S04-GU-190001</t>
+  </si>
+  <si>
+    <t>877144</t>
+  </si>
+  <si>
+    <t>99994000877144</t>
+  </si>
+  <si>
+    <t>S04-GU-190004</t>
+  </si>
+  <si>
+    <t>877147</t>
+  </si>
+  <si>
+    <t>99994000877147</t>
+  </si>
+  <si>
+    <t>S04-GU-190003</t>
+  </si>
+  <si>
+    <t>877146</t>
+  </si>
+  <si>
+    <t>99994000877146</t>
+  </si>
+  <si>
+    <t>S01-C2-000130</t>
+  </si>
+  <si>
+    <t>889805</t>
+  </si>
+  <si>
+    <t>99994000889805</t>
+  </si>
+  <si>
+    <t>3850</t>
+  </si>
+  <si>
+    <t>S01-C2-100083</t>
+  </si>
+  <si>
+    <t>889899</t>
+  </si>
+  <si>
+    <t>99994000889899</t>
+  </si>
+  <si>
+    <t>S01-UT-000167</t>
+  </si>
+  <si>
+    <t>890179</t>
+  </si>
+  <si>
+    <t>99994000890179</t>
+  </si>
+  <si>
+    <t>S01-C2-120025</t>
+  </si>
+  <si>
+    <t>890215</t>
+  </si>
+  <si>
+    <t>99994000890215</t>
+  </si>
+  <si>
+    <t>S01-C2-000030</t>
+  </si>
+  <si>
+    <t>890221</t>
+  </si>
+  <si>
+    <t>99994000890221</t>
+  </si>
+  <si>
+    <t>1400</t>
+  </si>
+  <si>
+    <t>S01-C2-130005</t>
+  </si>
+  <si>
+    <t>890247</t>
+  </si>
+  <si>
+    <t>99994000890247</t>
+  </si>
+  <si>
+    <t>S01-C2-050067</t>
+  </si>
+  <si>
+    <t>890424</t>
+  </si>
+  <si>
+    <t>99994000890424</t>
+  </si>
+  <si>
+    <t>S01-C2-000070</t>
+  </si>
+  <si>
+    <t>890430</t>
+  </si>
+  <si>
+    <t>99994000890430</t>
+  </si>
+  <si>
+    <t>S04-C2-000013</t>
+  </si>
+  <si>
+    <t>890481</t>
+  </si>
+  <si>
+    <t>99994000890481</t>
+  </si>
+  <si>
+    <t>S03-C1-000006</t>
+  </si>
+  <si>
+    <t>890945</t>
+  </si>
+  <si>
+    <t>99994000890945</t>
+  </si>
+  <si>
+    <t>ANFO</t>
+  </si>
+  <si>
+    <t>S04-UT-000011</t>
+  </si>
+  <si>
+    <t>915659</t>
+  </si>
+  <si>
+    <t>99994000915659</t>
+  </si>
+  <si>
+    <t>4450</t>
+  </si>
+  <si>
+    <t>S01-MP-030032</t>
+  </si>
+  <si>
+    <t>934951</t>
+  </si>
+  <si>
+    <t>99994000934951</t>
+  </si>
+  <si>
+    <t>S01-MP-020048</t>
+  </si>
+  <si>
+    <t>938034</t>
+  </si>
+  <si>
+    <t>99994000938034</t>
+  </si>
+  <si>
+    <t>S01-MP-130075</t>
+  </si>
+  <si>
+    <t>944210</t>
+  </si>
+  <si>
+    <t>99994000944210</t>
+  </si>
+  <si>
+    <t>S01-UT-000453</t>
+  </si>
+  <si>
+    <t>1206203</t>
+  </si>
+  <si>
+    <t>99994001206203</t>
+  </si>
+  <si>
+    <t>S01-UT-000454</t>
+  </si>
+  <si>
+    <t>1206204</t>
+  </si>
+  <si>
+    <t>99994001206204</t>
+  </si>
+  <si>
+    <t>S04-C2-000022</t>
+  </si>
+  <si>
+    <t>1215489</t>
+  </si>
+  <si>
+    <t>99994001215489</t>
+  </si>
+  <si>
+    <t>S01-UT-000047</t>
+  </si>
+  <si>
+    <t>616211</t>
+  </si>
+  <si>
+    <t>99994000616211</t>
+  </si>
+  <si>
+    <t>7000</t>
+  </si>
+  <si>
+    <t>S01-UT-000492</t>
+  </si>
+  <si>
+    <t>1225540</t>
+  </si>
+  <si>
+    <t>99994001225540</t>
+  </si>
+  <si>
+    <t>S01-UT-000526</t>
+  </si>
+  <si>
+    <t>1294067</t>
+  </si>
+  <si>
+    <t>99994001294067</t>
+  </si>
+  <si>
+    <t>S01-UT-000514</t>
+  </si>
+  <si>
+    <t>1248579</t>
+  </si>
+  <si>
+    <t>99994001248579</t>
+  </si>
+  <si>
+    <t>S01-MP-140005</t>
+  </si>
+  <si>
+    <t>1315272</t>
+  </si>
+  <si>
+    <t>99994001315272</t>
+  </si>
+  <si>
+    <t>S01-UT-000640</t>
+  </si>
+  <si>
+    <t>1321173</t>
+  </si>
+  <si>
+    <t>05262401321173</t>
+  </si>
+  <si>
+    <t>S03-UT-000063</t>
+  </si>
+  <si>
+    <t>1322355</t>
+  </si>
+  <si>
+    <t>99994001322355</t>
+  </si>
+  <si>
+    <t>S01-UT-000136</t>
+  </si>
+  <si>
+    <t>538886</t>
+  </si>
+  <si>
+    <t>99994000538886</t>
+  </si>
+  <si>
+    <t>S02-MP-000017</t>
+  </si>
+  <si>
+    <t>1325841</t>
+  </si>
+  <si>
+    <t>99994001325841</t>
+  </si>
+  <si>
+    <t>6320</t>
+  </si>
+  <si>
+    <t>S01-UT-000206</t>
+  </si>
+  <si>
+    <t>196805</t>
+  </si>
+  <si>
+    <t>99994000196805</t>
+  </si>
+  <si>
+    <t>16400</t>
+  </si>
+  <si>
+    <t>S01-C2-100171</t>
+  </si>
+  <si>
+    <t>2817846</t>
+  </si>
+  <si>
+    <t>99994002817846</t>
+  </si>
+  <si>
+    <t>S01-UT-000569</t>
+  </si>
+  <si>
+    <t>282407</t>
+  </si>
+  <si>
+    <t>00102400282407</t>
+  </si>
+  <si>
+    <t>S01-CV-180000</t>
+  </si>
+  <si>
+    <t>S01-MP-180047</t>
+  </si>
+  <si>
+    <t>2841868</t>
+  </si>
+  <si>
+    <t>99994002841868</t>
+  </si>
+  <si>
+    <t>S01-UT-000614</t>
+  </si>
+  <si>
+    <t>2844452</t>
+  </si>
+  <si>
+    <t>99994002844452</t>
+  </si>
+  <si>
+    <t>S01-UT-000623</t>
+  </si>
+  <si>
+    <t>2860464</t>
+  </si>
+  <si>
+    <t>99994002860464</t>
+  </si>
+  <si>
+    <t>S01-MP-000054</t>
+  </si>
+  <si>
+    <t>2849148</t>
+  </si>
+  <si>
+    <t>99994002849148</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>S01-MP-100057</t>
+  </si>
+  <si>
+    <t>2854220</t>
+  </si>
+  <si>
+    <t>99994002854220</t>
+  </si>
+  <si>
+    <t>S01-UT-000460</t>
+  </si>
+  <si>
+    <t>540784</t>
+  </si>
+  <si>
+    <t>00102400540784</t>
+  </si>
+  <si>
+    <t>S02-UT-000054</t>
+  </si>
+  <si>
+    <t>2922515</t>
+  </si>
+  <si>
+    <t>99994002922515</t>
+  </si>
+  <si>
+    <t>S01-UT-000671</t>
+  </si>
+  <si>
+    <t>2941453</t>
+  </si>
+  <si>
+    <t>99994002941453</t>
+  </si>
+  <si>
+    <t>1650</t>
+  </si>
+  <si>
+    <t>S03-GU-090080</t>
+  </si>
+  <si>
+    <t>3478235</t>
+  </si>
+  <si>
+    <t>99994003478235</t>
+  </si>
+  <si>
+    <t>S03-UT-000093</t>
+  </si>
+  <si>
+    <t>3514858</t>
+  </si>
+  <si>
+    <t>99994003514858</t>
+  </si>
+  <si>
+    <t>S01-UT-000675</t>
+  </si>
+  <si>
+    <t>4734021</t>
+  </si>
+  <si>
+    <t>99994004734021</t>
+  </si>
+  <si>
+    <t>S01-UT-000676</t>
+  </si>
+  <si>
+    <t>4754728</t>
+  </si>
+  <si>
+    <t>99994004754728</t>
+  </si>
+  <si>
+    <t>S01-C2-120028</t>
+  </si>
+  <si>
+    <t>889879</t>
+  </si>
+  <si>
+    <t>99994000889879</t>
+  </si>
+  <si>
+    <t>S03-UT-000055</t>
+  </si>
+  <si>
+    <t>869477</t>
+  </si>
+  <si>
+    <t>99994000869477</t>
+  </si>
+  <si>
+    <t>BORGO CHIESE</t>
+  </si>
+  <si>
+    <t>89000</t>
+  </si>
+  <si>
+    <t>S01-UT-000294</t>
+  </si>
+  <si>
+    <t>195078</t>
+  </si>
+  <si>
+    <t>99994000195078</t>
+  </si>
+  <si>
+    <t>S01-GU-030007</t>
+  </si>
+  <si>
+    <t>533082</t>
+  </si>
+  <si>
+    <t>99994000533082</t>
+  </si>
+  <si>
+    <t>S01-UT-000072</t>
+  </si>
+  <si>
+    <t>226148</t>
+  </si>
+  <si>
+    <t>99994000226148</t>
+  </si>
+  <si>
+    <t>S01-UT-000579</t>
+  </si>
+  <si>
+    <t>106600</t>
+  </si>
+  <si>
+    <t>00102400106600</t>
+  </si>
+  <si>
+    <t>S01-UT-000094</t>
+  </si>
+  <si>
+    <t>521498</t>
+  </si>
+  <si>
+    <t>99994000521498</t>
+  </si>
+  <si>
+    <t>S04-UT-000030</t>
+  </si>
+  <si>
+    <t>1202893</t>
+  </si>
+  <si>
+    <t>00102401202893</t>
+  </si>
+  <si>
+    <t>S01-UT-000583</t>
+  </si>
+  <si>
+    <t>311216</t>
+  </si>
+  <si>
+    <t>00102400311216</t>
+  </si>
+  <si>
+    <t>S01-UT-000391</t>
+  </si>
+  <si>
+    <t>139937</t>
+  </si>
+  <si>
+    <t>00102400139937</t>
+  </si>
+  <si>
+    <t>S01-UT-000065</t>
+  </si>
+  <si>
+    <t>536061</t>
+  </si>
+  <si>
+    <t>99994000536061</t>
+  </si>
+  <si>
+    <t>S01-UT-000521</t>
+  </si>
+  <si>
+    <t>204528</t>
+  </si>
+  <si>
+    <t>99994000204528</t>
+  </si>
+  <si>
+    <t>S01-UT-000630</t>
+  </si>
+  <si>
+    <t>544703</t>
+  </si>
+  <si>
+    <t>00102400544703</t>
+  </si>
+  <si>
+    <t>S01-GU-180003</t>
+  </si>
+  <si>
+    <t>556787</t>
+  </si>
+  <si>
+    <t>99994000556787</t>
+  </si>
+  <si>
+    <t>S01-GU-180004</t>
+  </si>
+  <si>
+    <t>556786</t>
+  </si>
+  <si>
+    <t>99994000556786</t>
+  </si>
+  <si>
+    <t>S01-UT-000394</t>
+  </si>
+  <si>
+    <t>556999</t>
+  </si>
+  <si>
+    <t>99994000556999</t>
+  </si>
+  <si>
+    <t>S01-UT-000162</t>
+  </si>
+  <si>
+    <t>186141</t>
+  </si>
+  <si>
+    <t>99994000186141</t>
+  </si>
+  <si>
+    <t>S01-UT-000439</t>
+  </si>
+  <si>
+    <t>256217</t>
+  </si>
+  <si>
+    <t>99994000256217</t>
+  </si>
+  <si>
+    <t>S01-UT-000592</t>
+  </si>
+  <si>
+    <t>258710</t>
+  </si>
+  <si>
+    <t>00102400258710</t>
+  </si>
+  <si>
+    <t>S01-UT-000151</t>
+  </si>
+  <si>
+    <t>262737</t>
+  </si>
+  <si>
+    <t>99994000262737</t>
+  </si>
+  <si>
+    <t>S01-UT-000138</t>
+  </si>
+  <si>
+    <t>293456</t>
+  </si>
+  <si>
+    <t>99994000293456</t>
+  </si>
+  <si>
+    <t>S01-UT-000146</t>
+  </si>
+  <si>
+    <t>310161</t>
+  </si>
+  <si>
+    <t>99994000310161</t>
+  </si>
+  <si>
+    <t>S01-UT-000137</t>
+  </si>
+  <si>
+    <t>520589</t>
+  </si>
+  <si>
+    <t>99994000520589</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>S01-UT-000299</t>
+  </si>
+  <si>
+    <t>532993</t>
+  </si>
+  <si>
+    <t>99994000532993</t>
+  </si>
+  <si>
+    <t>S01-UT-000041</t>
+  </si>
+  <si>
+    <t>191146</t>
+  </si>
+  <si>
+    <t>99994000191146</t>
+  </si>
+  <si>
+    <t>1450</t>
+  </si>
+  <si>
+    <t>S01-UT-000556</t>
+  </si>
+  <si>
+    <t>216531</t>
+  </si>
+  <si>
+    <t>00102400216531</t>
+  </si>
+  <si>
+    <t>S01-UT-000529</t>
+  </si>
+  <si>
+    <t>530759</t>
+  </si>
+  <si>
+    <t>00102400530759</t>
+  </si>
+  <si>
+    <t>S01-UT-000418</t>
+  </si>
+  <si>
+    <t>542248</t>
+  </si>
+  <si>
+    <t>00102400542248</t>
+  </si>
+  <si>
+    <t>S01-UT-000182</t>
+  </si>
+  <si>
+    <t>205136</t>
+  </si>
+  <si>
+    <t>99994000205136</t>
+  </si>
+  <si>
+    <t>S01-UT-000184</t>
+  </si>
+  <si>
+    <t>294466</t>
+  </si>
+  <si>
+    <t>99994000294466</t>
+  </si>
+  <si>
+    <t>1950</t>
+  </si>
+  <si>
+    <t>S03-UT-000013</t>
+  </si>
+  <si>
+    <t>572129</t>
+  </si>
+  <si>
+    <t>99994000572129</t>
+  </si>
+  <si>
+    <t>S03-UT-000019</t>
+  </si>
+  <si>
+    <t>572603</t>
+  </si>
+  <si>
+    <t>99994000572603</t>
+  </si>
+  <si>
+    <t>S03-UT-000072</t>
+  </si>
+  <si>
+    <t>579889</t>
+  </si>
+  <si>
+    <t>00102400579889</t>
+  </si>
+  <si>
+    <t>1734</t>
+  </si>
+  <si>
+    <t>S03-UT-000014</t>
+  </si>
+  <si>
+    <t>592850</t>
+  </si>
+  <si>
+    <t>99994000592850</t>
+  </si>
+  <si>
+    <t>S03-GU-080077</t>
+  </si>
+  <si>
+    <t>594783</t>
+  </si>
+  <si>
+    <t>99994000594783</t>
+  </si>
+  <si>
+    <t>S04-UT-000001</t>
+  </si>
+  <si>
+    <t>598828</t>
+  </si>
+  <si>
+    <t>99994000598828</t>
+  </si>
+  <si>
+    <t>S04-GU-060099</t>
+  </si>
+  <si>
+    <t>598964</t>
+  </si>
+  <si>
+    <t>99994000598964</t>
+  </si>
+  <si>
+    <t>S04-GU-030089</t>
+  </si>
+  <si>
+    <t>601146</t>
+  </si>
+  <si>
+    <t>99994000601146</t>
+  </si>
+  <si>
+    <t>S04-GU-010081</t>
+  </si>
+  <si>
+    <t>600773</t>
+  </si>
+  <si>
+    <t>99994000600773</t>
+  </si>
+  <si>
+    <t>S04-GU-160133</t>
+  </si>
+  <si>
+    <t>600182</t>
+  </si>
+  <si>
+    <t>99994000600182</t>
+  </si>
+  <si>
+    <t>S01-UT-000160</t>
+  </si>
+  <si>
+    <t>173774</t>
+  </si>
+  <si>
+    <t>99994000173774</t>
+  </si>
+  <si>
+    <t>3500</t>
+  </si>
+  <si>
+    <t>S01-UT-000037</t>
+  </si>
+  <si>
+    <t>616214</t>
+  </si>
+  <si>
+    <t>99994000616214</t>
+  </si>
+  <si>
+    <t>1961</t>
+  </si>
+  <si>
+    <t>S01-UT-000039</t>
+  </si>
+  <si>
+    <t>616503</t>
+  </si>
+  <si>
+    <t>99994000616503</t>
+  </si>
+  <si>
+    <t>3618</t>
+  </si>
+  <si>
+    <t>S01-UT-000650</t>
+  </si>
+  <si>
+    <t>2889060</t>
+  </si>
+  <si>
+    <t>99994002889060</t>
+  </si>
+  <si>
+    <t>16000</t>
+  </si>
+  <si>
+    <t>S04-UT-000005</t>
+  </si>
+  <si>
+    <t>645088</t>
+  </si>
+  <si>
+    <t>99994000645088</t>
+  </si>
+  <si>
+    <t>2730</t>
+  </si>
+  <si>
+    <t>S01-UT-000423</t>
+  </si>
+  <si>
+    <t>647625</t>
+  </si>
+  <si>
+    <t>00102400647625</t>
+  </si>
+  <si>
+    <t>S01-UT-000171</t>
+  </si>
+  <si>
+    <t>655236</t>
+  </si>
+  <si>
+    <t>99994000655236</t>
+  </si>
+  <si>
+    <t>20800</t>
+  </si>
+  <si>
+    <t>S01-UT-000520</t>
+  </si>
+  <si>
+    <t>832635</t>
+  </si>
+  <si>
+    <t>00102400832635</t>
+  </si>
+  <si>
+    <t>S01-UT-000565</t>
+  </si>
+  <si>
+    <t>857119</t>
+  </si>
+  <si>
+    <t>00102400857119</t>
+  </si>
+  <si>
+    <t>S01-UT-000172</t>
+  </si>
+  <si>
+    <t>832118</t>
+  </si>
+  <si>
+    <t>99994000832118</t>
+  </si>
+  <si>
+    <t>2535</t>
+  </si>
+  <si>
+    <t>S01-UT-000429</t>
+  </si>
+  <si>
+    <t>861708</t>
+  </si>
+  <si>
+    <t>00102400861708</t>
+  </si>
+  <si>
+    <t>S01-C2-180128</t>
+  </si>
+  <si>
+    <t>889800</t>
+  </si>
+  <si>
+    <t>99994000889800</t>
+  </si>
+  <si>
+    <t>S01-C2-040066</t>
+  </si>
+  <si>
+    <t>889893</t>
+  </si>
+  <si>
+    <t>99994000889893</t>
+  </si>
+  <si>
+    <t>S01-C2-100088</t>
+  </si>
+  <si>
+    <t>889950</t>
+  </si>
+  <si>
+    <t>99994000889950</t>
+  </si>
+  <si>
+    <t>S01-C2-100094</t>
+  </si>
+  <si>
+    <t>889961</t>
+  </si>
+  <si>
+    <t>99994000889961</t>
+  </si>
+  <si>
+    <t>S01-C2-110048</t>
+  </si>
+  <si>
+    <t>890241</t>
+  </si>
+  <si>
+    <t>99994000890241</t>
+  </si>
+  <si>
+    <t>S01-C2-130008</t>
+  </si>
+  <si>
+    <t>890444</t>
+  </si>
+  <si>
+    <t>99994000890444</t>
+  </si>
+  <si>
+    <t>S04-C2-000012</t>
+  </si>
+  <si>
+    <t>890479</t>
+  </si>
+  <si>
+    <t>99994000890479</t>
+  </si>
+  <si>
+    <t>S04-C2-000007</t>
+  </si>
+  <si>
+    <t>890500</t>
+  </si>
+  <si>
+    <t>99994000890500</t>
+  </si>
+  <si>
+    <t>6000</t>
+  </si>
+  <si>
+    <t>S03-MP-000012</t>
+  </si>
+  <si>
+    <t>890509</t>
+  </si>
+  <si>
+    <t>99994000890509</t>
+  </si>
+  <si>
+    <t>S01-UT-000399</t>
+  </si>
+  <si>
+    <t>891179</t>
+  </si>
+  <si>
+    <t>99994000891179</t>
+  </si>
+  <si>
+    <t>S01-UT-000484</t>
+  </si>
+  <si>
+    <t>917782</t>
+  </si>
+  <si>
+    <t>99994000917782</t>
+  </si>
+  <si>
+    <t>S01-MP-030036</t>
+  </si>
+  <si>
+    <t>934962</t>
+  </si>
+  <si>
+    <t>99994000934962</t>
+  </si>
+  <si>
+    <t>S01-UT-000282</t>
+  </si>
+  <si>
+    <t>220256</t>
+  </si>
+  <si>
+    <t>99994000220256</t>
+  </si>
+  <si>
+    <t>S01-C2-030163</t>
+  </si>
+  <si>
+    <t>1229355</t>
+  </si>
+  <si>
+    <t>99994001229355</t>
+  </si>
+  <si>
+    <t>S01-UT-000503</t>
+  </si>
+  <si>
+    <t>1240895</t>
+  </si>
+  <si>
+    <t>99994001240895</t>
+  </si>
+  <si>
+    <t>5100</t>
+  </si>
+  <si>
+    <t>S01-C2-060134</t>
+  </si>
+  <si>
+    <t>1283557</t>
+  </si>
+  <si>
+    <t>99994001283557</t>
+  </si>
+  <si>
+    <t>S01-MP-130084</t>
+  </si>
+  <si>
+    <t>1284998</t>
+  </si>
+  <si>
+    <t>99994001284998</t>
+  </si>
+  <si>
+    <t>S01-MP-090002</t>
+  </si>
+  <si>
+    <t>1296186</t>
+  </si>
+  <si>
+    <t>99994001296186</t>
+  </si>
+  <si>
+    <t>S01-MP-040009</t>
+  </si>
+  <si>
+    <t>1296847</t>
+  </si>
+  <si>
+    <t>99994001296847</t>
+  </si>
+  <si>
+    <t>S01-MP-040011</t>
+  </si>
+  <si>
+    <t>1296848</t>
+  </si>
+  <si>
+    <t>99994001296848</t>
+  </si>
+  <si>
+    <t>S01-MP-080045</t>
+  </si>
+  <si>
+    <t>1298388</t>
+  </si>
+  <si>
+    <t>99994001298388</t>
+  </si>
+  <si>
+    <t>S01-MP-100022</t>
+  </si>
+  <si>
+    <t>1302131</t>
+  </si>
+  <si>
+    <t>99994001302131</t>
+  </si>
+  <si>
+    <t>S01-MP-000027</t>
+  </si>
+  <si>
+    <t>1302691</t>
+  </si>
+  <si>
+    <t>99994001302691</t>
+  </si>
+  <si>
+    <t>S04-UT-000027</t>
+  </si>
+  <si>
+    <t>1308062</t>
+  </si>
+  <si>
+    <t>99994001308062</t>
+  </si>
+  <si>
+    <t>S01-UT-000618</t>
+  </si>
+  <si>
+    <t>1323174</t>
+  </si>
+  <si>
+    <t>99994001323174</t>
+  </si>
+  <si>
+    <t>S01-MP-140007</t>
+  </si>
+  <si>
+    <t>2807818</t>
+  </si>
+  <si>
+    <t>99994002807818</t>
+  </si>
+  <si>
+    <t>S01-UT-000605</t>
+  </si>
+  <si>
+    <t>2814668</t>
+  </si>
+  <si>
+    <t>99994002814668</t>
+  </si>
+  <si>
+    <t>S03-MP-000011</t>
+  </si>
+  <si>
+    <t>2815272</t>
+  </si>
+  <si>
+    <t>99994002815272</t>
+  </si>
+  <si>
+    <t>S01-C2-000142</t>
+  </si>
+  <si>
+    <t>2817900</t>
+  </si>
+  <si>
+    <t>99994002817900</t>
+  </si>
+  <si>
+    <t>S02-MP-100013</t>
+  </si>
+  <si>
+    <t>2831005</t>
+  </si>
+  <si>
+    <t>99994002831005</t>
+  </si>
+  <si>
+    <t>S01-UT-000616</t>
+  </si>
+  <si>
+    <t>2834538</t>
+  </si>
+  <si>
+    <t>99994002834538</t>
+  </si>
+  <si>
+    <t>S01-UT-000612</t>
+  </si>
+  <si>
+    <t>2844450</t>
+  </si>
+  <si>
+    <t>99994002844450</t>
+  </si>
+  <si>
+    <t>S03-MP-000010</t>
+  </si>
+  <si>
+    <t>2846835</t>
+  </si>
+  <si>
+    <t>99994002846835</t>
+  </si>
+  <si>
+    <t>S01-UT-000621</t>
+  </si>
+  <si>
+    <t>2854114</t>
+  </si>
+  <si>
+    <t>99994002854114</t>
+  </si>
+  <si>
+    <t>S01-MP-000055</t>
+  </si>
+  <si>
+    <t>2854218</t>
+  </si>
+  <si>
+    <t>99994002854218</t>
+  </si>
+  <si>
+    <t>S01-UT-000646</t>
+  </si>
+  <si>
+    <t>2873392</t>
+  </si>
+  <si>
+    <t>99994002873392</t>
+  </si>
+  <si>
+    <t>S01-UT-000662</t>
+  </si>
+  <si>
+    <t>3017581</t>
+  </si>
+  <si>
+    <t>99994003017581</t>
+  </si>
+  <si>
+    <t>S03-UT-000089</t>
+  </si>
+  <si>
+    <t>3018176</t>
+  </si>
+  <si>
+    <t>99994003018176</t>
+  </si>
+  <si>
+    <t>9000</t>
+  </si>
+  <si>
+    <t>S01-UT-000670</t>
+  </si>
+  <si>
+    <t>3510009</t>
+  </si>
+  <si>
+    <t>99994003510009</t>
+  </si>
+  <si>
+    <t>S03-UT-000018</t>
+  </si>
+  <si>
+    <t>869478</t>
+  </si>
+  <si>
+    <t>99994000869478</t>
+  </si>
+  <si>
+    <t>69000</t>
+  </si>
+  <si>
+    <t>S03-CV-020000</t>
+  </si>
+  <si>
+    <t>S03-C2-020011</t>
+  </si>
+  <si>
+    <t>935053</t>
+  </si>
+  <si>
+    <t>99994000935053</t>
+  </si>
+  <si>
+    <t>6240</t>
+  </si>
+  <si>
+    <t>S03-C2-000012</t>
+  </si>
+  <si>
+    <t>935055</t>
+  </si>
+  <si>
+    <t>99994000935055</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>S03-C1-000012</t>
+  </si>
+  <si>
+    <t>941438</t>
+  </si>
+  <si>
+    <t>99994000941438</t>
+  </si>
+  <si>
+    <t>S03-C1-000015</t>
+  </si>
+  <si>
+    <t>941440</t>
+  </si>
+  <si>
+    <t>99994000941440</t>
+  </si>
+  <si>
+    <t>5000</t>
+  </si>
+  <si>
+    <t>S03-C1-000016</t>
+  </si>
+  <si>
+    <t>1204984</t>
+  </si>
+  <si>
+    <t>99994001204984</t>
+  </si>
+  <si>
+    <t>5870</t>
+  </si>
+  <si>
+    <t>S03-UT-000091</t>
+  </si>
+  <si>
+    <t>3483684</t>
+  </si>
+  <si>
+    <t>99994003483684</t>
+  </si>
+  <si>
+    <t>4900</t>
+  </si>
+  <si>
+    <t>S01-UT-000629</t>
+  </si>
+  <si>
+    <t>224371</t>
+  </si>
+  <si>
+    <t>00102400224371</t>
+  </si>
+  <si>
+    <t>S01-UT-000203</t>
+  </si>
+  <si>
+    <t>65160</t>
+  </si>
+  <si>
+    <t>99994000065160</t>
+  </si>
+  <si>
+    <t>720000</t>
+  </si>
+  <si>
+    <t>S01-UT-000549</t>
+  </si>
+  <si>
+    <t>656216</t>
+  </si>
+  <si>
+    <t>99994000656216</t>
+  </si>
+  <si>
+    <t>S01-UT-000501</t>
+  </si>
+  <si>
+    <t>6008</t>
+  </si>
+  <si>
+    <t>00102400006008</t>
+  </si>
+  <si>
+    <t>S01-GU-070016</t>
+  </si>
+  <si>
+    <t>1642</t>
+  </si>
+  <si>
+    <t>99994000001642</t>
+  </si>
+  <si>
+    <t>2625</t>
+  </si>
+  <si>
+    <t>S01-UT-000077</t>
+  </si>
+  <si>
+    <t>3867</t>
+  </si>
+  <si>
+    <t>99994000003867</t>
+  </si>
+  <si>
+    <t>950</t>
+  </si>
+  <si>
+    <t>S01-UT-000084</t>
+  </si>
+  <si>
+    <t>5879</t>
+  </si>
+  <si>
+    <t>99994000005879</t>
+  </si>
+  <si>
+    <t>21710</t>
+  </si>
+  <si>
+    <t>S01-UT-000481</t>
+  </si>
+  <si>
+    <t>1200517</t>
+  </si>
+  <si>
+    <t>00102401200517</t>
+  </si>
+  <si>
+    <t>S01-UT-000480</t>
+  </si>
+  <si>
+    <t>1200518</t>
+  </si>
+  <si>
+    <t>00102401200518</t>
+  </si>
+  <si>
+    <t>S01-UT-000611</t>
+  </si>
+  <si>
+    <t>216765</t>
+  </si>
+  <si>
+    <t>00102400216765</t>
+  </si>
+  <si>
+    <t>S01-UT-000058</t>
+  </si>
+  <si>
+    <t>259215</t>
+  </si>
+  <si>
+    <t>99994000259215</t>
+  </si>
+  <si>
+    <t>3000</t>
+  </si>
+  <si>
+    <t>528553</t>
+  </si>
+  <si>
+    <t>99994000528553</t>
+  </si>
+  <si>
+    <t>S01-UT-000303</t>
+  </si>
+  <si>
+    <t>537143</t>
+  </si>
+  <si>
+    <t>99994000537143</t>
+  </si>
+  <si>
+    <t>S01-UT-000166</t>
+  </si>
+  <si>
+    <t>178898</t>
+  </si>
+  <si>
+    <t>99994000178898</t>
+  </si>
+  <si>
+    <t>S01-UT-000436</t>
+  </si>
+  <si>
+    <t>201723</t>
+  </si>
+  <si>
+    <t>99994000201723</t>
+  </si>
+  <si>
+    <t>S01-UT-000237</t>
+  </si>
+  <si>
+    <t>259543</t>
+  </si>
+  <si>
+    <t>99994000259543</t>
+  </si>
+  <si>
+    <t>S01-UT-000140</t>
+  </si>
+  <si>
+    <t>262741</t>
+  </si>
+  <si>
+    <t>99994000262741</t>
+  </si>
+  <si>
+    <t>790</t>
+  </si>
+  <si>
+    <t>S01-UT-000601</t>
+  </si>
+  <si>
+    <t>311908</t>
+  </si>
+  <si>
+    <t>00102400311908</t>
+  </si>
+  <si>
+    <t>S01-UT-000586</t>
+  </si>
+  <si>
+    <t>209578</t>
+  </si>
+  <si>
+    <t>99994000209578</t>
+  </si>
+  <si>
+    <t>S01-UT-000032</t>
+  </si>
+  <si>
+    <t>184903</t>
+  </si>
+  <si>
+    <t>99994000184903</t>
+  </si>
+  <si>
+    <t>S01-UT-000033</t>
+  </si>
+  <si>
+    <t>545425</t>
+  </si>
+  <si>
+    <t>99994000545425</t>
+  </si>
+  <si>
+    <t>S01-UT-000507</t>
+  </si>
+  <si>
+    <t>1248948</t>
+  </si>
+  <si>
+    <t>99994001248948</t>
+  </si>
+  <si>
+    <t>S01-UT-000538</t>
+  </si>
+  <si>
+    <t>232729</t>
+  </si>
+  <si>
+    <t>00102400232729</t>
+  </si>
+  <si>
+    <t>S01-UT-000543</t>
+  </si>
+  <si>
+    <t>260093</t>
+  </si>
+  <si>
+    <t>00102400260093</t>
+  </si>
+  <si>
+    <t>S01-UT-000553</t>
+  </si>
+  <si>
+    <t>271847</t>
+  </si>
+  <si>
+    <t>00102400271847</t>
+  </si>
+  <si>
+    <t>S01-UT-000545</t>
+  </si>
+  <si>
+    <t>272429</t>
+  </si>
+  <si>
+    <t>00102400272429</t>
+  </si>
+  <si>
+    <t>S03-GU-060070</t>
+  </si>
+  <si>
+    <t>589674</t>
+  </si>
+  <si>
+    <t>99994000589674</t>
+  </si>
+  <si>
+    <t>S03-UT-000051</t>
+  </si>
+  <si>
+    <t>590379</t>
+  </si>
+  <si>
+    <t>99994000590379</t>
+  </si>
+  <si>
+    <t>S03-GU-080076</t>
+  </si>
+  <si>
+    <t>592911</t>
+  </si>
+  <si>
+    <t>99994000592911</t>
+  </si>
+  <si>
+    <t>902</t>
+  </si>
+  <si>
+    <t>S04-UT-000020</t>
+  </si>
+  <si>
+    <t>599010</t>
+  </si>
+  <si>
+    <t>99994000599010</t>
+  </si>
+  <si>
+    <t>S04-GU-050097</t>
+  </si>
+  <si>
+    <t>599178</t>
+  </si>
+  <si>
+    <t>99994000599178</t>
+  </si>
+  <si>
+    <t>S04-GU-050095</t>
+  </si>
+  <si>
+    <t>601132</t>
+  </si>
+  <si>
+    <t>99994000601132</t>
+  </si>
+  <si>
+    <t>S04-GU-120121</t>
+  </si>
+  <si>
+    <t>599799</t>
+  </si>
+  <si>
+    <t>99994000599799</t>
+  </si>
+  <si>
+    <t>S04-GU-060098</t>
+  </si>
+  <si>
+    <t>600476</t>
+  </si>
+  <si>
+    <t>99994000600476</t>
+  </si>
+  <si>
+    <t>S01-UT-000117</t>
+  </si>
+  <si>
+    <t>615471</t>
+  </si>
+  <si>
+    <t>99994000615471</t>
+  </si>
+  <si>
+    <t>S01-UT-000124</t>
+  </si>
+  <si>
+    <t>615652</t>
+  </si>
+  <si>
+    <t>99994000615652</t>
+  </si>
+  <si>
+    <t>S02-UT-000051</t>
+  </si>
+  <si>
+    <t>615975</t>
+  </si>
+  <si>
+    <t>00102400615975</t>
+  </si>
+  <si>
+    <t>S01-UT-000286</t>
+  </si>
+  <si>
+    <t>616165</t>
+  </si>
+  <si>
+    <t>99994000616165</t>
+  </si>
+  <si>
+    <t>9210</t>
+  </si>
+  <si>
+    <t>S01-UT-000116</t>
+  </si>
+  <si>
+    <t>616241</t>
+  </si>
+  <si>
+    <t>99994000616241</t>
+  </si>
+  <si>
+    <t>S01-UT-000194</t>
+  </si>
+  <si>
+    <t>616257</t>
+  </si>
+  <si>
+    <t>99994000616257</t>
+  </si>
+  <si>
+    <t>2117</t>
+  </si>
+  <si>
+    <t>S02-UT-000020</t>
+  </si>
+  <si>
+    <t>643639</t>
+  </si>
+  <si>
+    <t>99994000643639</t>
+  </si>
+  <si>
+    <t>1863</t>
+  </si>
+  <si>
+    <t>S04-GU-050091</t>
+  </si>
+  <si>
+    <t>644408</t>
+  </si>
+  <si>
+    <t>99994000644408</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>S01-UT-000426</t>
+  </si>
+  <si>
+    <t>656954</t>
+  </si>
+  <si>
+    <t>99994000656954</t>
+  </si>
+  <si>
+    <t>S03-UT-000008</t>
+  </si>
+  <si>
+    <t>657526</t>
+  </si>
+  <si>
+    <t>99994000657526</t>
+  </si>
+  <si>
+    <t>75000</t>
+  </si>
+  <si>
+    <t>S04-GU-170005</t>
+  </si>
+  <si>
+    <t>657661</t>
+  </si>
+  <si>
+    <t>99994000657661</t>
+  </si>
+  <si>
+    <t>S04-GU-170002</t>
+  </si>
+  <si>
+    <t>657663</t>
+  </si>
+  <si>
+    <t>99994000657663</t>
+  </si>
+  <si>
+    <t>S04-UT-000024</t>
+  </si>
+  <si>
+    <t>790117</t>
+  </si>
+  <si>
+    <t>99994000790117</t>
+  </si>
+  <si>
+    <t>S01-GU-200001</t>
+  </si>
+  <si>
+    <t>855957</t>
+  </si>
+  <si>
+    <t>99994000855957</t>
+  </si>
+  <si>
+    <t>S01-GU-200002</t>
+  </si>
+  <si>
+    <t>855958</t>
+  </si>
+  <si>
+    <t>99994000855958</t>
+  </si>
+  <si>
+    <t>S01-GU-200003</t>
+  </si>
+  <si>
+    <t>855959</t>
+  </si>
+  <si>
+    <t>99994000855959</t>
+  </si>
+  <si>
+    <t>S03-C1-000001</t>
+  </si>
+  <si>
+    <t>867635</t>
+  </si>
+  <si>
+    <t>99994000867635</t>
+  </si>
+  <si>
+    <t>IDRO</t>
+  </si>
+  <si>
+    <t>S01-UT-000390</t>
+  </si>
+  <si>
+    <t>867916</t>
+  </si>
+  <si>
+    <t>99994000867916</t>
+  </si>
+  <si>
+    <t>S01-UT-000329</t>
+  </si>
+  <si>
+    <t>873053</t>
+  </si>
+  <si>
+    <t>99994000873053</t>
+  </si>
+  <si>
+    <t>876574</t>
+  </si>
+  <si>
+    <t>99994000876574</t>
+  </si>
+  <si>
+    <t>S03-MP-000018</t>
+  </si>
+  <si>
+    <t>880090</t>
+  </si>
+  <si>
+    <t>99994000880090</t>
+  </si>
+  <si>
+    <t>S01-UT-000482</t>
+  </si>
+  <si>
+    <t>886385</t>
+  </si>
+  <si>
+    <t>99994000886385</t>
+  </si>
+  <si>
+    <t>S01-CV-170000</t>
+  </si>
+  <si>
+    <t>S01-C2-170127</t>
+  </si>
+  <si>
+    <t>889788</t>
+  </si>
+  <si>
+    <t>99994000889788</t>
+  </si>
+  <si>
+    <t>5200</t>
+  </si>
+  <si>
+    <t>S01-C2-000129</t>
+  </si>
+  <si>
+    <t>889802</t>
+  </si>
+  <si>
+    <t>99994000889802</t>
+  </si>
+  <si>
+    <t>S01-C2-020131</t>
+  </si>
+  <si>
+    <t>889807</t>
+  </si>
+  <si>
+    <t>99994000889807</t>
+  </si>
+  <si>
+    <t>S01-C2-160038</t>
+  </si>
+  <si>
+    <t>889881</t>
+  </si>
+  <si>
+    <t>99994000889881</t>
+  </si>
+  <si>
+    <t>S01-C2-100096</t>
+  </si>
+  <si>
+    <t>889980</t>
+  </si>
+  <si>
+    <t>99994000889980</t>
+  </si>
+  <si>
+    <t>S01-UT-000268</t>
+  </si>
+  <si>
+    <t>3108</t>
+  </si>
+  <si>
+    <t>99994000003108</t>
+  </si>
+  <si>
+    <t>S01-C2-010147</t>
+  </si>
+  <si>
+    <t>890015</t>
+  </si>
+  <si>
+    <t>99994000890015</t>
+  </si>
+  <si>
+    <t>S01-C2-000039</t>
+  </si>
+  <si>
+    <t>890226</t>
+  </si>
+  <si>
+    <t>99994000890226</t>
+  </si>
+  <si>
+    <t>S01-C2-050069</t>
+  </si>
+  <si>
+    <t>890426</t>
+  </si>
+  <si>
+    <t>99994000890426</t>
+  </si>
+  <si>
+    <t>S01-CV-200000</t>
+  </si>
+  <si>
+    <t>S01-C2-200072</t>
+  </si>
+  <si>
+    <t>890432</t>
+  </si>
+  <si>
+    <t>99994000890432</t>
+  </si>
+  <si>
+    <t>4200</t>
+  </si>
+  <si>
+    <t>S01-C2-100084</t>
+  </si>
+  <si>
+    <t>890446</t>
+  </si>
+  <si>
+    <t>99994000890446</t>
+  </si>
+  <si>
+    <t>S01-C2-100092</t>
+  </si>
+  <si>
+    <t>890453</t>
+  </si>
+  <si>
+    <t>99994000890453</t>
+  </si>
+  <si>
+    <t>S04-C2-010001</t>
+  </si>
+  <si>
+    <t>890473</t>
+  </si>
+  <si>
+    <t>99994000890473</t>
+  </si>
+  <si>
+    <t>S04-C2-000014</t>
+  </si>
+  <si>
+    <t>890483</t>
+  </si>
+  <si>
+    <t>99994000890483</t>
+  </si>
+  <si>
+    <t>S03-C2-000006</t>
+  </si>
+  <si>
+    <t>890515</t>
+  </si>
+  <si>
+    <t>99994000890515</t>
+  </si>
+  <si>
+    <t>S03-C2-010007</t>
+  </si>
+  <si>
+    <t>890517</t>
+  </si>
+  <si>
+    <t>99994000890517</t>
+  </si>
+  <si>
+    <t>S01-UT-000416</t>
+  </si>
+  <si>
+    <t>917118</t>
+  </si>
+  <si>
+    <t>99994000917118</t>
+  </si>
+  <si>
+    <t>S01-UT-000401</t>
+  </si>
+  <si>
+    <t>917161</t>
+  </si>
+  <si>
+    <t>99994000917161</t>
+  </si>
+  <si>
+    <t>S01-UT-000405</t>
+  </si>
+  <si>
+    <t>917519</t>
+  </si>
+  <si>
+    <t>99994000917519</t>
+  </si>
+  <si>
+    <t>1991</t>
+  </si>
+  <si>
+    <t>S01-MP-070072</t>
+  </si>
+  <si>
+    <t>934970</t>
+  </si>
+  <si>
+    <t>99994000934970</t>
+  </si>
+  <si>
+    <t>S01-C2-100077</t>
+  </si>
+  <si>
+    <t>948938</t>
+  </si>
+  <si>
+    <t>99994000948938</t>
+  </si>
+  <si>
+    <t>S01-UT-000473</t>
+  </si>
+  <si>
+    <t>1203648</t>
+  </si>
+  <si>
+    <t>99994001203648</t>
+  </si>
+  <si>
+    <t>S01-UT-000477</t>
+  </si>
+  <si>
+    <t>1219772</t>
+  </si>
+  <si>
+    <t>99994001219772</t>
+  </si>
+  <si>
+    <t>S01-C2-050162</t>
+  </si>
+  <si>
+    <t>1222456</t>
+  </si>
+  <si>
+    <t>99994001222456</t>
+  </si>
+  <si>
+    <t>S01-UV-010000</t>
+  </si>
+  <si>
+    <t>S01-UT-010494</t>
+  </si>
+  <si>
+    <t>1227337</t>
+  </si>
+  <si>
+    <t>99994001227337</t>
+  </si>
+  <si>
+    <t>174000</t>
+  </si>
+  <si>
+    <t>S01-MP-100025</t>
+  </si>
+  <si>
+    <t>1306389</t>
+  </si>
+  <si>
+    <t>99994001306389</t>
+  </si>
+  <si>
+    <t>S01-MP-100021</t>
+  </si>
+  <si>
+    <t>1319107</t>
+  </si>
+  <si>
+    <t>99994001319107</t>
+  </si>
+  <si>
+    <t>S01-MP-000031</t>
+  </si>
+  <si>
+    <t>1324539</t>
+  </si>
+  <si>
+    <t>99994001324539</t>
+  </si>
+  <si>
+    <t>3400</t>
+  </si>
+  <si>
+    <t>S03-UT-000080</t>
+  </si>
+  <si>
+    <t>2878593</t>
+  </si>
+  <si>
+    <t>99994002878593</t>
+  </si>
+  <si>
+    <t>S01-UT-000661</t>
+  </si>
+  <si>
+    <t>2834540</t>
+  </si>
+  <si>
+    <t>99994002834540</t>
+  </si>
+  <si>
+    <t>S01-UT-000665</t>
+  </si>
+  <si>
+    <t>2834539</t>
+  </si>
+  <si>
+    <t>99994002834539</t>
+  </si>
+  <si>
+    <t>S01-MP-170046</t>
+  </si>
+  <si>
+    <t>2848435</t>
+  </si>
+  <si>
+    <t>99994002848435</t>
+  </si>
+  <si>
+    <t>S03-UT-000085</t>
+  </si>
+  <si>
+    <t>2895292</t>
+  </si>
+  <si>
+    <t>99994002895292</t>
+  </si>
+  <si>
+    <t>S02-UT-000052</t>
+  </si>
+  <si>
+    <t>2889406</t>
+  </si>
+  <si>
+    <t>99994002889406</t>
+  </si>
+  <si>
+    <t>370</t>
+  </si>
+  <si>
+    <t>S01-UT-000651</t>
+  </si>
+  <si>
+    <t>2893306</t>
+  </si>
+  <si>
+    <t>99994002893306</t>
+  </si>
+  <si>
+    <t>S01-UT-000645</t>
+  </si>
+  <si>
+    <t>2879423</t>
+  </si>
+  <si>
+    <t>99994002879423</t>
+  </si>
+  <si>
+    <t>S01-UT-000658</t>
+  </si>
+  <si>
+    <t>2923461</t>
+  </si>
+  <si>
+    <t>99994002923461</t>
+  </si>
+  <si>
+    <t>S01-UT-000669</t>
+  </si>
+  <si>
+    <t>3505697</t>
+  </si>
+  <si>
+    <t>99994003505697</t>
+  </si>
+  <si>
+    <t>S01-UT-000620</t>
+  </si>
+  <si>
+    <t>4402259</t>
+  </si>
+  <si>
+    <t>99994004402259</t>
+  </si>
+  <si>
+    <t>14000</t>
+  </si>
+  <si>
+    <t>S01-UT-000445</t>
+  </si>
+  <si>
+    <t>543827</t>
+  </si>
+  <si>
+    <t>99994000543827</t>
+  </si>
+  <si>
+    <t>S01-UT-000447</t>
+  </si>
+  <si>
+    <t>4758462</t>
+  </si>
+  <si>
+    <t>99994004758462</t>
+  </si>
+  <si>
+    <t>S03-C1-000002</t>
+  </si>
+  <si>
+    <t>852869</t>
+  </si>
+  <si>
+    <t>99994000852869</t>
+  </si>
+  <si>
+    <t>36000</t>
+  </si>
+  <si>
+    <t>S03-C1-000003</t>
+  </si>
+  <si>
+    <t>890908</t>
+  </si>
+  <si>
+    <t>99994000890908</t>
+  </si>
+  <si>
+    <t>9160</t>
+  </si>
+  <si>
+    <t>S03-C1-030013</t>
+  </si>
+  <si>
+    <t>1204975</t>
+  </si>
+  <si>
+    <t>99994001204975</t>
+  </si>
+  <si>
+    <t>S03-UT-000094</t>
+  </si>
+  <si>
+    <t>4756246</t>
+  </si>
+  <si>
+    <t>99994004756246</t>
+  </si>
+  <si>
+    <t>S01-UT-000563</t>
+  </si>
+  <si>
+    <t>189222</t>
+  </si>
+  <si>
+    <t>00102400189222</t>
+  </si>
+  <si>
+    <t>S01-UT-000628</t>
+  </si>
+  <si>
+    <t>224370</t>
+  </si>
+  <si>
+    <t>00102400224370</t>
+  </si>
+  <si>
+    <t>S01-C2-000166</t>
+  </si>
+  <si>
+    <t>1268377</t>
+  </si>
+  <si>
+    <t>99994001268377</t>
+  </si>
+  <si>
+    <t>S01-UT-000572</t>
+  </si>
+  <si>
+    <t>129836</t>
+  </si>
+  <si>
+    <t>00102400129836</t>
+  </si>
+  <si>
+    <t>S01-UT-000083</t>
+  </si>
+  <si>
+    <t>3869</t>
+  </si>
+  <si>
+    <t>99994000003869</t>
+  </si>
+  <si>
+    <t>S01-UT-000081</t>
+  </si>
+  <si>
+    <t>240860</t>
+  </si>
+  <si>
+    <t>99994000240860</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>99994000001257</t>
+  </si>
+  <si>
+    <t>S01-UT-000427</t>
+  </si>
+  <si>
+    <t>1186980</t>
+  </si>
+  <si>
+    <t>99994001186980</t>
+  </si>
+  <si>
+    <t>4032</t>
+  </si>
+  <si>
+    <t>S01-UT-000479</t>
+  </si>
+  <si>
+    <t>309766</t>
+  </si>
+  <si>
+    <t>00102400309766</t>
+  </si>
+  <si>
+    <t>S04-MP-010001</t>
+  </si>
+  <si>
+    <t>1265543</t>
+  </si>
+  <si>
+    <t>99994001265543</t>
+  </si>
+  <si>
+    <t>S01-UT-000048</t>
+  </si>
+  <si>
+    <t>236294</t>
+  </si>
+  <si>
+    <t>99994000236294</t>
+  </si>
+  <si>
+    <t>2443</t>
+  </si>
+  <si>
+    <t>S01-UT-000061</t>
+  </si>
+  <si>
+    <t>311866</t>
+  </si>
+  <si>
+    <t>99994000311866</t>
+  </si>
+  <si>
+    <t>528554</t>
+  </si>
+  <si>
+    <t>99994000528554</t>
+  </si>
+  <si>
+    <t>S01-UT-000064</t>
+  </si>
+  <si>
+    <t>534040</t>
+  </si>
+  <si>
+    <t>99994000534040</t>
+  </si>
+  <si>
+    <t>S01-UT-000161</t>
+  </si>
+  <si>
+    <t>4809</t>
+  </si>
+  <si>
+    <t>99994000004809</t>
+  </si>
+  <si>
+    <t>1322</t>
+  </si>
+  <si>
+    <t>S01-UT-000298</t>
+  </si>
+  <si>
+    <t>615568</t>
+  </si>
+  <si>
+    <t>99994000615568</t>
+  </si>
+  <si>
+    <t>S01-UT-000139</t>
+  </si>
+  <si>
+    <t>263357</t>
+  </si>
+  <si>
+    <t>99994000263357</t>
+  </si>
+  <si>
+    <t>522945</t>
+  </si>
+  <si>
+    <t>99994000522945</t>
+  </si>
+  <si>
+    <t>S01-UT-000560</t>
+  </si>
+  <si>
+    <t>284136</t>
+  </si>
+  <si>
+    <t>00102400284136</t>
+  </si>
+  <si>
+    <t>S01-UT-000528</t>
+  </si>
+  <si>
+    <t>530760</t>
+  </si>
+  <si>
+    <t>00102400530760</t>
+  </si>
+  <si>
+    <t>S01-UT-000557</t>
+  </si>
+  <si>
+    <t>554031</t>
+  </si>
+  <si>
+    <t>00102400554031</t>
+  </si>
+  <si>
+    <t>S01-C2-110049</t>
+  </si>
+  <si>
+    <t>890244</t>
+  </si>
+  <si>
+    <t>99994000890244</t>
+  </si>
+  <si>
+    <t>S01-UT-000546</t>
+  </si>
+  <si>
+    <t>272132</t>
+  </si>
+  <si>
+    <t>00102400272132</t>
+  </si>
+  <si>
+    <t>S01-UT-000539</t>
+  </si>
+  <si>
+    <t>283256</t>
+  </si>
+  <si>
+    <t>00102400283256</t>
+  </si>
+  <si>
+    <t>S01-UT-000544</t>
+  </si>
+  <si>
+    <t>527777</t>
+  </si>
+  <si>
+    <t>00102400527777</t>
+  </si>
+  <si>
+    <t>S02-UT-000045</t>
+  </si>
+  <si>
+    <t>572382</t>
+  </si>
+  <si>
+    <t>99994000572382</t>
+  </si>
+  <si>
+    <t>S03-UT-000052</t>
+  </si>
+  <si>
+    <t>572560</t>
+  </si>
+  <si>
+    <t>99994000572560</t>
+  </si>
+  <si>
+    <t>S03-UT-000073</t>
+  </si>
+  <si>
+    <t>580347</t>
+  </si>
+  <si>
+    <t>00102400580347</t>
+  </si>
+  <si>
+    <t>S03-UT-000010</t>
+  </si>
+  <si>
+    <t>589632</t>
+  </si>
+  <si>
+    <t>99994000589632</t>
+  </si>
+  <si>
+    <t>S03-UT-000065</t>
+  </si>
+  <si>
+    <t>591900</t>
+  </si>
+  <si>
+    <t>00102400591900</t>
+  </si>
+  <si>
+    <t>S04-UT-000004</t>
+  </si>
+  <si>
+    <t>600809</t>
+  </si>
+  <si>
+    <t>99994000600809</t>
+  </si>
+  <si>
+    <t>S04-GU-050096</t>
+  </si>
+  <si>
+    <t>601141</t>
+  </si>
+  <si>
+    <t>99994000601141</t>
+  </si>
+  <si>
+    <t>S01-UT-000463</t>
+  </si>
+  <si>
+    <t>615175</t>
+  </si>
+  <si>
+    <t>00102400615175</t>
+  </si>
+  <si>
+    <t>S02-UT-000050</t>
+  </si>
+  <si>
+    <t>615972</t>
+  </si>
+  <si>
+    <t>00102400615972</t>
+  </si>
+  <si>
+    <t>S01-UT-000169</t>
+  </si>
+  <si>
+    <t>616264</t>
+  </si>
+  <si>
+    <t>99994000616264</t>
+  </si>
+  <si>
+    <t>7020</t>
+  </si>
+  <si>
+    <t>S01-UT-000444</t>
+  </si>
+  <si>
+    <t>535399</t>
+  </si>
+  <si>
+    <t>99994000535399</t>
+  </si>
+  <si>
+    <t>S01-AC-000003</t>
+  </si>
+  <si>
+    <t>268961</t>
+  </si>
+  <si>
+    <t>99994000268961</t>
+  </si>
+  <si>
+    <t>PASSIRANO</t>
+  </si>
+  <si>
+    <t>S01-UT-000643</t>
+  </si>
+  <si>
+    <t>2874324</t>
+  </si>
+  <si>
+    <t>99994002874324</t>
+  </si>
+  <si>
+    <t>S02-UT-000023</t>
+  </si>
+  <si>
+    <t>573957</t>
+  </si>
+  <si>
+    <t>99994000573957</t>
+  </si>
+  <si>
+    <t>2550</t>
+  </si>
+  <si>
+    <t>S01-UT-000327</t>
+  </si>
+  <si>
+    <t>869474</t>
+  </si>
+  <si>
+    <t>99994000869474</t>
+  </si>
+  <si>
+    <t>S01-UT-000386</t>
+  </si>
+  <si>
+    <t>875162</t>
+  </si>
+  <si>
+    <t>99994000875162</t>
+  </si>
+  <si>
+    <t>S04-C2-000018</t>
+  </si>
+  <si>
+    <t>883873</t>
+  </si>
+  <si>
+    <t>99994000883873</t>
+  </si>
+  <si>
+    <t>IRMA</t>
+  </si>
+  <si>
+    <t>S01-C2-100082</t>
+  </si>
+  <si>
+    <t>887437</t>
+  </si>
+  <si>
+    <t>99994000887437</t>
+  </si>
+  <si>
+    <t>S01-C2-030109</t>
+  </si>
+  <si>
+    <t>889719</t>
+  </si>
+  <si>
+    <t>99994000889719</t>
+  </si>
+  <si>
+    <t>S01-C2-020133</t>
+  </si>
+  <si>
+    <t>889838</t>
+  </si>
+  <si>
+    <t>99994000889838</t>
+  </si>
+  <si>
+    <t>S01-C2-060141</t>
+  </si>
+  <si>
+    <t>889865</t>
+  </si>
+  <si>
+    <t>99994000889865</t>
+  </si>
+  <si>
+    <t>S01-MP-120086</t>
+  </si>
+  <si>
+    <t>889885</t>
+  </si>
+  <si>
+    <t>99994000889885</t>
+  </si>
+  <si>
+    <t>S01-C2-100091</t>
+  </si>
+  <si>
+    <t>889956</t>
+  </si>
+  <si>
+    <t>99994000889956</t>
+  </si>
+  <si>
+    <t>S01-C2-100095</t>
+  </si>
+  <si>
+    <t>889978</t>
+  </si>
+  <si>
+    <t>99994000889978</t>
+  </si>
+  <si>
+    <t>S01-C2-120026</t>
+  </si>
+  <si>
+    <t>890217</t>
+  </si>
+  <si>
+    <t>99994000890217</t>
+  </si>
+  <si>
+    <t>S01-C2-140058</t>
+  </si>
+  <si>
+    <t>890415</t>
+  </si>
+  <si>
+    <t>99994000890415</t>
+  </si>
+  <si>
+    <t>S01-C2-200075</t>
+  </si>
+  <si>
+    <t>890436</t>
+  </si>
+  <si>
+    <t>99994000890436</t>
+  </si>
+  <si>
+    <t>S04-C2-030016</t>
+  </si>
+  <si>
+    <t>890487</t>
+  </si>
+  <si>
+    <t>99994000890487</t>
+  </si>
+  <si>
+    <t>S03-GU-030068</t>
+  </si>
+  <si>
+    <t>778861</t>
+  </si>
+  <si>
+    <t>99994000778861</t>
+  </si>
+  <si>
+    <t>S04-C2-000019</t>
+  </si>
+  <si>
+    <t>911150</t>
+  </si>
+  <si>
+    <t>99994000911150</t>
+  </si>
+  <si>
+    <t>S03-UT-000069</t>
+  </si>
+  <si>
+    <t>934583</t>
+  </si>
+  <si>
+    <t>00102400934583</t>
+  </si>
+  <si>
+    <t>S01-MP-020050</t>
+  </si>
+  <si>
+    <t>934901</t>
+  </si>
+  <si>
+    <t>99994000934901</t>
+  </si>
+  <si>
+    <t>S01-MP-070058</t>
+  </si>
+  <si>
+    <t>934966</t>
+  </si>
+  <si>
+    <t>99994000934966</t>
+  </si>
+  <si>
+    <t>S04-C2-010020</t>
+  </si>
+  <si>
+    <t>935006</t>
+  </si>
+  <si>
+    <t>99994000935006</t>
+  </si>
+  <si>
+    <t>S01-MP-000074</t>
+  </si>
+  <si>
+    <t>944200</t>
+  </si>
+  <si>
+    <t>99994000944200</t>
+  </si>
+  <si>
+    <t>S01-MP-130082</t>
+  </si>
+  <si>
+    <t>1223908</t>
+  </si>
+  <si>
+    <t>99994001223908</t>
+  </si>
+  <si>
+    <t>S01-UT-000491</t>
+  </si>
+  <si>
+    <t>1225509</t>
+  </si>
+  <si>
+    <t>99994001225509</t>
+  </si>
+  <si>
+    <t>S01-UT-000113</t>
+  </si>
+  <si>
+    <t>220257</t>
+  </si>
+  <si>
+    <t>99994000220257</t>
+  </si>
+  <si>
+    <t>S01-UT-000500</t>
+  </si>
+  <si>
+    <t>1239649</t>
+  </si>
+  <si>
+    <t>00102401239649</t>
+  </si>
+  <si>
+    <t>S01-MP-140006</t>
+  </si>
+  <si>
+    <t>1290568</t>
+  </si>
+  <si>
+    <t>99994001290568</t>
+  </si>
+  <si>
+    <t>S02-UT-000047</t>
+  </si>
+  <si>
+    <t>1291019</t>
+  </si>
+  <si>
+    <t>99994001291019</t>
+  </si>
+  <si>
+    <t>S03-UT-000003</t>
+  </si>
+  <si>
+    <t>574490</t>
+  </si>
+  <si>
+    <t>99994000574490</t>
+  </si>
+  <si>
+    <t>S01-MP-000077</t>
+  </si>
+  <si>
+    <t>1315642</t>
+  </si>
+  <si>
+    <t>99994001315642</t>
+  </si>
+  <si>
+    <t>S01-UT-000600</t>
+  </si>
+  <si>
+    <t>1317392</t>
+  </si>
+  <si>
+    <t>99994001317392</t>
+  </si>
+  <si>
+    <t>S04-UT-000028</t>
+  </si>
+  <si>
+    <t>1320039</t>
+  </si>
+  <si>
+    <t>99994001320039</t>
+  </si>
+  <si>
+    <t>S01-MP-100053</t>
+  </si>
+  <si>
+    <t>1324541</t>
+  </si>
+  <si>
+    <t>99994001324541</t>
+  </si>
+  <si>
+    <t>S01-MP-120003</t>
+  </si>
+  <si>
+    <t>1324544</t>
+  </si>
+  <si>
+    <t>99994001324544</t>
+  </si>
+  <si>
+    <t>S01-MP-120004</t>
+  </si>
+  <si>
+    <t>2805701</t>
+  </si>
+  <si>
+    <t>99994002805701</t>
+  </si>
+  <si>
+    <t>S01-UT-000613</t>
+  </si>
+  <si>
+    <t>2844451</t>
+  </si>
+  <si>
+    <t>99994002844451</t>
+  </si>
+  <si>
+    <t>S01-UT-000465</t>
+  </si>
+  <si>
+    <t>615172</t>
+  </si>
+  <si>
+    <t>99994000615172</t>
+  </si>
+  <si>
+    <t>S01-C2-030172</t>
+  </si>
+  <si>
+    <t>2856477</t>
+  </si>
+  <si>
+    <t>99994002856477</t>
+  </si>
+  <si>
+    <t>S01-UT-000637</t>
+  </si>
+  <si>
+    <t>2867188</t>
+  </si>
+  <si>
+    <t>99994002867188</t>
+  </si>
+  <si>
+    <t>REZZATO</t>
+  </si>
+  <si>
+    <t>40000</t>
+  </si>
+  <si>
+    <t>S01-UT-000626</t>
+  </si>
+  <si>
+    <t>2867918</t>
+  </si>
+  <si>
+    <t>99994002867918</t>
+  </si>
+  <si>
+    <t>S01-UT-000653</t>
+  </si>
+  <si>
+    <t>2895929</t>
+  </si>
+  <si>
+    <t>99994002895929</t>
+  </si>
+  <si>
+    <t>S01-UT-000664</t>
+  </si>
+  <si>
+    <t>3025045</t>
+  </si>
+  <si>
+    <t>05262403025045</t>
+  </si>
+  <si>
+    <t>S01-UT-000551</t>
+  </si>
+  <si>
+    <t>196086</t>
+  </si>
+  <si>
+    <t>00102400196086</t>
+  </si>
+  <si>
+    <t>4405750</t>
+  </si>
+  <si>
+    <t>99994004405750</t>
+  </si>
+  <si>
+    <t>S03-C1-000017</t>
+  </si>
+  <si>
+    <t>922839</t>
+  </si>
+  <si>
+    <t>99994000922839</t>
+  </si>
+  <si>
+    <t>TIONE DI TRENTO</t>
+  </si>
+  <si>
+    <t>S01-C2-030168</t>
+  </si>
+  <si>
+    <t>1266362</t>
+  </si>
+  <si>
+    <t>99994001266362</t>
+  </si>
+  <si>
+    <t>S01-UT-000414</t>
+  </si>
+  <si>
+    <t>222157</t>
+  </si>
+  <si>
+    <t>99994000222157</t>
+  </si>
+  <si>
+    <t>S01-AC-000001</t>
+  </si>
+  <si>
+    <t>268669</t>
+  </si>
+  <si>
+    <t>99994000268669</t>
+  </si>
+  <si>
+    <t>S01-UT-000207</t>
+  </si>
+  <si>
+    <t>526696</t>
+  </si>
+  <si>
+    <t>99994000526696</t>
+  </si>
+  <si>
+    <t>1662</t>
+  </si>
+  <si>
+    <t>S01-UT-000070</t>
+  </si>
+  <si>
+    <t>234736</t>
+  </si>
+  <si>
+    <t>99994000234736</t>
+  </si>
+  <si>
+    <t>S01-UT-010096</t>
+  </si>
+  <si>
+    <t>29594</t>
+  </si>
+  <si>
+    <t>99994000029594</t>
+  </si>
+  <si>
+    <t>S01-UT-000455</t>
+  </si>
+  <si>
+    <t>4408</t>
+  </si>
+  <si>
+    <t>99994000004408</t>
+  </si>
+  <si>
+    <t>S01-UT-000214</t>
+  </si>
+  <si>
+    <t>28850</t>
+  </si>
+  <si>
+    <t>99994000028850</t>
+  </si>
+  <si>
+    <t>S01-UT-000449</t>
+  </si>
+  <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>99994000001259</t>
+  </si>
+  <si>
+    <t>S01-UT-000574</t>
+  </si>
+  <si>
+    <t>47791</t>
+  </si>
+  <si>
+    <t>00102400047791</t>
+  </si>
+  <si>
+    <t>S04-UT-000031</t>
+  </si>
+  <si>
+    <t>1202894</t>
+  </si>
+  <si>
+    <t>00102401202894</t>
+  </si>
+  <si>
+    <t>S01-UT-000532</t>
+  </si>
+  <si>
+    <t>245384</t>
+  </si>
+  <si>
+    <t>00102400245384</t>
+  </si>
+  <si>
+    <t>S01-UT-000028</t>
+  </si>
+  <si>
+    <t>553520</t>
+  </si>
+  <si>
+    <t>99994000553520</t>
+  </si>
+  <si>
+    <t>S01-UT-000392</t>
+  </si>
+  <si>
+    <t>139938</t>
+  </si>
+  <si>
+    <t>99994000139938</t>
+  </si>
+  <si>
+    <t>S01-UT-000056</t>
+  </si>
+  <si>
+    <t>6439</t>
+  </si>
+  <si>
+    <t>99994000006439</t>
+  </si>
+  <si>
+    <t>S01-UT-000478</t>
+  </si>
+  <si>
+    <t>204229</t>
+  </si>
+  <si>
+    <t>99994000204229</t>
+  </si>
+  <si>
+    <t>S01-UT-000461</t>
+  </si>
+  <si>
+    <t>296372</t>
+  </si>
+  <si>
+    <t>99994000296372</t>
+  </si>
+  <si>
+    <t>S01-UT-000226</t>
+  </si>
+  <si>
+    <t>521553</t>
+  </si>
+  <si>
+    <t>99994000521553</t>
+  </si>
+  <si>
+    <t>S01-UT-000469</t>
+  </si>
+  <si>
+    <t>539669</t>
+  </si>
+  <si>
+    <t>00102400539669</t>
+  </si>
+  <si>
+    <t>S01-UT-000633</t>
+  </si>
+  <si>
+    <t>544706</t>
+  </si>
+  <si>
+    <t>00102400544706</t>
+  </si>
+  <si>
+    <t>S01-UT-000170</t>
+  </si>
+  <si>
+    <t>189136</t>
+  </si>
+  <si>
+    <t>99994000189136</t>
+  </si>
+  <si>
+    <t>S01-UT-000129</t>
+  </si>
+  <si>
+    <t>222440</t>
+  </si>
+  <si>
+    <t>99994000222440</t>
+  </si>
+  <si>
+    <t>S01-UT-000141</t>
+  </si>
+  <si>
+    <t>262731</t>
+  </si>
+  <si>
+    <t>99994000262731</t>
+  </si>
+  <si>
+    <t>S01-GU-110025</t>
+  </si>
+  <si>
+    <t>287050</t>
+  </si>
+  <si>
+    <t>99994000287050</t>
+  </si>
+  <si>
+    <t>S01-UT-000300</t>
+  </si>
+  <si>
+    <t>532995</t>
+  </si>
+  <si>
+    <t>99994000532995</t>
+  </si>
+  <si>
+    <t>S01-UT-000438</t>
+  </si>
+  <si>
+    <t>556126</t>
+  </si>
+  <si>
+    <t>99994000556126</t>
+  </si>
+  <si>
+    <t>S01-UT-000570</t>
+  </si>
+  <si>
+    <t>556501</t>
+  </si>
+  <si>
+    <t>00102400556501</t>
+  </si>
+  <si>
+    <t>S01-UT-000216</t>
+  </si>
+  <si>
+    <t>200600</t>
+  </si>
+  <si>
+    <t>99994000200600</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>S01-UT-000180</t>
+  </si>
+  <si>
+    <t>6438</t>
+  </si>
+  <si>
+    <t>99994000006438</t>
+  </si>
+  <si>
+    <t>S01-UT-000231</t>
+  </si>
+  <si>
+    <t>546438</t>
+  </si>
+  <si>
+    <t>99994000546438</t>
+  </si>
+  <si>
+    <t>680</t>
+  </si>
+  <si>
+    <t>S01-UT-000547</t>
+  </si>
+  <si>
+    <t>311297</t>
+  </si>
+  <si>
+    <t>00102400311297</t>
+  </si>
+  <si>
+    <t>S01-UT-000202</t>
+  </si>
+  <si>
+    <t>226269</t>
+  </si>
+  <si>
+    <t>99994000226269</t>
+  </si>
+  <si>
+    <t>S02-GU-130053</t>
+  </si>
+  <si>
+    <t>578708</t>
+  </si>
+  <si>
+    <t>99994000578708</t>
+  </si>
+  <si>
+    <t>S02-UT-000044</t>
+  </si>
+  <si>
+    <t>584594</t>
+  </si>
+  <si>
+    <t>99994000584594</t>
+  </si>
+  <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>S03-UT-000078</t>
+  </si>
+  <si>
+    <t>592146</t>
+  </si>
+  <si>
+    <t>00102400592146</t>
+  </si>
+  <si>
+    <t>S03-GU-080075</t>
+  </si>
+  <si>
+    <t>592859</t>
+  </si>
+  <si>
+    <t>99994000592859</t>
+  </si>
+  <si>
+    <t>S03-UT-000053</t>
+  </si>
+  <si>
+    <t>592909</t>
+  </si>
+  <si>
+    <t>99994000592909</t>
+  </si>
+  <si>
+    <t>S03-GU-060072</t>
+  </si>
+  <si>
+    <t>593019</t>
+  </si>
+  <si>
+    <t>99994000593019</t>
+  </si>
+  <si>
+    <t>S03-UT-000001</t>
+  </si>
+  <si>
+    <t>593095</t>
+  </si>
+  <si>
+    <t>99994000593095</t>
+  </si>
+  <si>
+    <t>S04-GU-070101</t>
+  </si>
+  <si>
+    <t>598197</t>
+  </si>
+  <si>
+    <t>99994000598197</t>
+  </si>
+  <si>
+    <t>S04-UT-000019</t>
+  </si>
+  <si>
+    <t>599307</t>
+  </si>
+  <si>
+    <t>99994000599307</t>
+  </si>
+  <si>
+    <t>S04-GU-120120</t>
+  </si>
+  <si>
+    <t>599800</t>
+  </si>
+  <si>
+    <t>99994000599800</t>
+  </si>
+  <si>
+    <t>S01-UT-000428</t>
+  </si>
+  <si>
+    <t>615174</t>
+  </si>
+  <si>
+    <t>00102400615174</t>
+  </si>
+  <si>
+    <t>S01-UT-000201</t>
+  </si>
+  <si>
+    <t>616229</t>
+  </si>
+  <si>
+    <t>99994000616229</t>
+  </si>
+  <si>
+    <t>17850</t>
+  </si>
+  <si>
+    <t>S01-UT-000158</t>
+  </si>
+  <si>
+    <t>616467</t>
+  </si>
+  <si>
+    <t>99994000616467</t>
+  </si>
+  <si>
+    <t>8500</t>
+  </si>
+  <si>
+    <t>S01-UT-000233</t>
+  </si>
+  <si>
+    <t>619501</t>
+  </si>
+  <si>
+    <t>99994000619501</t>
+  </si>
+  <si>
+    <t>6810</t>
+  </si>
+  <si>
+    <t>S01-UT-000450</t>
+  </si>
+  <si>
+    <t>643503</t>
+  </si>
+  <si>
+    <t>99994000643503</t>
+  </si>
+  <si>
+    <t>9500</t>
+  </si>
+  <si>
+    <t>S03-UT-000005</t>
+  </si>
+  <si>
+    <t>643573</t>
+  </si>
+  <si>
+    <t>99994000643573</t>
+  </si>
+  <si>
+    <t>S03-UT-000068</t>
+  </si>
+  <si>
+    <t>643588</t>
+  </si>
+  <si>
+    <t>00102400643588</t>
+  </si>
+  <si>
+    <t>S01-UT-000608</t>
+  </si>
+  <si>
+    <t>646824</t>
+  </si>
+  <si>
+    <t>00102400646824</t>
+  </si>
+  <si>
+    <t>S01-UT-000198</t>
+  </si>
+  <si>
+    <t>648210</t>
+  </si>
+  <si>
+    <t>99994000648210</t>
+  </si>
+  <si>
+    <t>4600</t>
+  </si>
+  <si>
+    <t>S01-UT-000330</t>
+  </si>
+  <si>
+    <t>656828</t>
+  </si>
+  <si>
+    <t>99994000656828</t>
+  </si>
+  <si>
+    <t>S01-UT-000240</t>
+  </si>
+  <si>
+    <t>657259</t>
+  </si>
+  <si>
+    <t>99994000657259</t>
+  </si>
+  <si>
+    <t>910</t>
+  </si>
+  <si>
+    <t>S04-GU-170001</t>
+  </si>
+  <si>
+    <t>657660</t>
+  </si>
+  <si>
+    <t>99994000657660</t>
+  </si>
+  <si>
+    <t>S01-UT-000051</t>
+  </si>
+  <si>
+    <t>532391</t>
+  </si>
+  <si>
+    <t>99994000532391</t>
+  </si>
+  <si>
+    <t>S01-UT-000050</t>
+  </si>
+  <si>
+    <t>532390</t>
+  </si>
+  <si>
+    <t>99994000532390</t>
+  </si>
+  <si>
+    <t>S01-UT-000462</t>
+  </si>
+  <si>
+    <t>658845</t>
+  </si>
+  <si>
+    <t>00102400658845</t>
+  </si>
+  <si>
+    <t>S03-C1-000004</t>
+  </si>
+  <si>
+    <t>552450</t>
+  </si>
+  <si>
+    <t>99994000552450</t>
+  </si>
+  <si>
+    <t>2600</t>
+  </si>
+  <si>
+    <t>S01-UT-000581</t>
+  </si>
+  <si>
+    <t>844504</t>
+  </si>
+  <si>
+    <t>00102400844504</t>
+  </si>
+  <si>
+    <t>S01-UT-000554</t>
+  </si>
+  <si>
+    <t>271844</t>
+  </si>
+  <si>
+    <t>00102400271844</t>
+  </si>
+  <si>
+    <t>S02-UT-000043</t>
+  </si>
+  <si>
+    <t>572498</t>
+  </si>
+  <si>
+    <t>99994000572498</t>
+  </si>
+  <si>
     <t>S03-UT-000076</t>
   </si>
   <si>
     <t>592863</t>
   </si>
   <si>
     <t>00102400592863</t>
   </si>
   <si>
-    <t>LOMBARDIA</t>
-[...16 lines deleted...]
-  <si>
     <t>S02-GU-130057</t>
   </si>
   <si>
     <t>573955</t>
   </si>
   <si>
     <t>99994000573955</t>
   </si>
   <si>
-    <t>BIONE</t>
-[...7 lines deleted...]
-  <si>
     <t>S03-UT-000011</t>
   </si>
   <si>
     <t>579498</t>
   </si>
   <si>
     <t>99994000579498</t>
   </si>
   <si>
-    <t>CASTO</t>
-[...1 lines deleted...]
-  <si>
     <t>S03-UT-000047</t>
   </si>
   <si>
     <t>584178</t>
   </si>
   <si>
     <t>99994000584178</t>
   </si>
   <si>
-    <t>MURA</t>
-[...4 lines deleted...]
-  <si>
     <t>S02-GU-130054</t>
   </si>
   <si>
     <t>574300</t>
   </si>
   <si>
     <t>99994000574300</t>
   </si>
   <si>
     <t>S03-UT-000070</t>
   </si>
   <si>
     <t>585225</t>
   </si>
   <si>
     <t>00102400585225</t>
   </si>
   <si>
-    <t>250</t>
-[...1 lines deleted...]
-  <si>
     <t>S03-UT-000050</t>
   </si>
   <si>
     <t>587904</t>
   </si>
   <si>
     <t>99994000587904</t>
   </si>
   <si>
-    <t>240</t>
-[...1 lines deleted...]
-  <si>
     <t>S03-UT-000054</t>
   </si>
   <si>
     <t>592216</t>
   </si>
   <si>
     <t>99994000592216</t>
   </si>
   <si>
     <t>S02-UT-000042</t>
   </si>
   <si>
     <t>594935</t>
   </si>
   <si>
     <t>99994000594935</t>
   </si>
   <si>
     <t>S04-GU-070104</t>
   </si>
   <si>
     <t>600789</t>
   </si>
   <si>
     <t>99994000600789</t>
   </si>
   <si>
-    <t>MARCHENO</t>
-[...4 lines deleted...]
-  <si>
     <t>S04-GU-060100</t>
   </si>
   <si>
     <t>598405</t>
   </si>
   <si>
     <t>99994000598405</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>S04-GU-040089</t>
   </si>
   <si>
     <t>598836</t>
   </si>
   <si>
     <t>99994000598836</t>
   </si>
   <si>
     <t>S04-GU-100115</t>
   </si>
   <si>
     <t>598855</t>
   </si>
   <si>
     <t>99994000598855</t>
   </si>
   <si>
-    <t>LODRINO</t>
-[...2 lines deleted...]
-    <t>150</t>
+    <t>599471</t>
+  </si>
+  <si>
+    <t>99994000599471</t>
+  </si>
+  <si>
+    <t>S04-UT-000017</t>
+  </si>
+  <si>
+    <t>599778</t>
+  </si>
+  <si>
+    <t>99994000599778</t>
   </si>
   <si>
     <t>S04-GU-120122</t>
   </si>
   <si>
     <t>599797</t>
   </si>
   <si>
     <t>99994000599797</t>
   </si>
   <si>
-    <t>BOVEGNO</t>
-[...22 lines deleted...]
-  <si>
     <t>S04-GU-160132</t>
   </si>
   <si>
     <t>600181</t>
   </si>
   <si>
     <t>99994000600181</t>
   </si>
   <si>
-    <t>TAVERNOLE SUL MELLA</t>
-[...1 lines deleted...]
-  <si>
     <t>S04-GU-160131</t>
   </si>
   <si>
     <t>600180</t>
   </si>
   <si>
     <t>99994000600180</t>
   </si>
   <si>
-    <t>S01-UT-000463</t>
-[...1 lines deleted...]
-  <si>
     <t>615176</t>
   </si>
   <si>
     <t>00102400615176</t>
   </si>
   <si>
-    <t>CASTENEDOLO</t>
-[...1 lines deleted...]
-  <si>
     <t>S01-UT-000038</t>
   </si>
   <si>
     <t>616470</t>
   </si>
   <si>
     <t>99994000616470</t>
   </si>
   <si>
-    <t>MAZZANO</t>
-[...4 lines deleted...]
-  <si>
     <t>S01-UT-000159</t>
   </si>
   <si>
     <t>619491</t>
   </si>
   <si>
     <t>99994000619491</t>
   </si>
   <si>
-    <t>GUSSAGO</t>
-[...4 lines deleted...]
-  <si>
     <t>S03-UT-000012</t>
   </si>
   <si>
     <t>643678</t>
   </si>
   <si>
     <t>99994000643678</t>
   </si>
   <si>
     <t>8600</t>
   </si>
   <si>
     <t>S01-UT-000607</t>
   </si>
   <si>
     <t>646862</t>
   </si>
   <si>
     <t>00102400646862</t>
   </si>
   <si>
-    <t>1650</t>
-[...1 lines deleted...]
-  <si>
     <t>S01-UT-000196</t>
   </si>
   <si>
     <t>647678</t>
   </si>
   <si>
     <t>99994000647678</t>
   </si>
   <si>
-    <t>MONTICELLI BRUSATI</t>
-[...1 lines deleted...]
-  <si>
     <t>9410</t>
   </si>
   <si>
     <t>S02-UT-000049</t>
   </si>
   <si>
     <t>649568</t>
   </si>
   <si>
     <t>99994000649568</t>
   </si>
   <si>
     <t>S01-UT-000425</t>
   </si>
   <si>
     <t>656953</t>
   </si>
   <si>
     <t>99994000656953</t>
   </si>
   <si>
-    <t>OME</t>
-[...1 lines deleted...]
-  <si>
     <t>S01-GU-230001</t>
   </si>
   <si>
     <t>859812</t>
   </si>
   <si>
     <t>99994000859812</t>
   </si>
   <si>
     <t>S03-UT-000039</t>
   </si>
   <si>
     <t>862069</t>
   </si>
   <si>
     <t>99994000862069</t>
   </si>
   <si>
-    <t>LAVENONE</t>
-[...1 lines deleted...]
-  <si>
     <t>S01-UT-000568</t>
   </si>
   <si>
     <t>863061</t>
   </si>
   <si>
     <t>00102400863061</t>
   </si>
   <si>
-    <t>BEDIZZOLE</t>
-[...1 lines deleted...]
-  <si>
     <t>S04-GU-130125</t>
   </si>
   <si>
     <t>865853</t>
   </si>
   <si>
     <t>99994000865853</t>
   </si>
   <si>
-    <t>PEZZAZE</t>
-[...1 lines deleted...]
-  <si>
     <t>S01-UT-000164</t>
   </si>
   <si>
     <t>867574</t>
   </si>
   <si>
     <t>99994000867574</t>
   </si>
   <si>
-    <t>CELLATICA</t>
-[...1 lines deleted...]
-  <si>
     <t>1820</t>
   </si>
   <si>
     <t>S01-UT-000389</t>
   </si>
   <si>
     <t>869473</t>
   </si>
   <si>
     <t>99994000869473</t>
   </si>
   <si>
     <t>S04-GU-130126</t>
   </si>
   <si>
     <t>875165</t>
   </si>
   <si>
     <t>99994000875165</t>
   </si>
   <si>
+    <t>S04-UT-000038</t>
+  </si>
+  <si>
+    <t>877117</t>
+  </si>
+  <si>
+    <t>99994000877117</t>
+  </si>
+  <si>
     <t>S04-GU-190002</t>
   </si>
   <si>
     <t>877145</t>
   </si>
   <si>
     <t>99994000877145</t>
   </si>
   <si>
-    <t>S04-UT-000038</t>
-[...7 lines deleted...]
-  <si>
     <t>S01-UT-000599</t>
   </si>
   <si>
     <t>885542</t>
   </si>
   <si>
     <t>05262400885542</t>
   </si>
   <si>
     <t>S01-UT-000400</t>
   </si>
   <si>
     <t>885792</t>
   </si>
   <si>
     <t>99994000885792</t>
   </si>
   <si>
-    <t>RODENGO-SAIANO</t>
-[...1 lines deleted...]
-  <si>
     <t>2030</t>
   </si>
   <si>
-    <t>S01-CV-100000</t>
-[...1 lines deleted...]
-  <si>
     <t>S01-C2-100107</t>
   </si>
   <si>
     <t>889709</t>
   </si>
   <si>
     <t>99994000889709</t>
   </si>
   <si>
-    <t>948000</t>
-[...4 lines deleted...]
-  <si>
     <t>S01-C2-030112</t>
   </si>
   <si>
     <t>889768</t>
   </si>
   <si>
     <t>99994000889768</t>
   </si>
   <si>
-    <t>140000</t>
-[...1 lines deleted...]
-  <si>
     <t>S01-C2-100089</t>
   </si>
   <si>
     <t>889952</t>
   </si>
   <si>
     <t>99994000889952</t>
   </si>
   <si>
     <t>S01-C2-000117</t>
   </si>
   <si>
     <t>889996</t>
   </si>
   <si>
     <t>99994000889996</t>
   </si>
   <si>
-    <t>5000</t>
-[...4 lines deleted...]
-  <si>
     <t>S01-C2-130015</t>
   </si>
   <si>
     <t>890026</t>
   </si>
   <si>
     <t>99994000890026</t>
   </si>
   <si>
-    <t>54400</t>
-[...1 lines deleted...]
-  <si>
     <t>S01-C2-130002</t>
   </si>
   <si>
     <t>890205</t>
   </si>
   <si>
     <t>99994000890205</t>
   </si>
   <si>
-    <t>S01-CV-150000</t>
-[...1 lines deleted...]
-  <si>
     <t>S01-C2-150022</t>
   </si>
   <si>
     <t>890211</t>
   </si>
   <si>
     <t>99994000890211</t>
   </si>
   <si>
-    <t>CALVAGESE DELLA RIVIERA</t>
-[...7 lines deleted...]
-  <si>
     <t>S01-C2-110050</t>
   </si>
   <si>
     <t>890249</t>
   </si>
   <si>
     <t>99994000890249</t>
   </si>
   <si>
-    <t>74500</t>
-[...1 lines deleted...]
-  <si>
     <t>S01-C2-100098</t>
   </si>
   <si>
     <t>890456</t>
   </si>
   <si>
     <t>99994000890456</t>
   </si>
   <si>
-    <t>S04-CV-020000</t>
-[...1 lines deleted...]
-  <si>
     <t>S04-C2-020009</t>
   </si>
   <si>
     <t>890504</t>
   </si>
   <si>
     <t>99994000890504</t>
   </si>
   <si>
-    <t>24000</t>
-[...4 lines deleted...]
-  <si>
     <t>S03-C2-010008</t>
   </si>
   <si>
     <t>890519</t>
   </si>
   <si>
     <t>99994000890519</t>
   </si>
   <si>
-    <t>30000</t>
-[...1 lines deleted...]
-  <si>
     <t>S04-UT-000009</t>
   </si>
   <si>
     <t>922546</t>
   </si>
   <si>
     <t>99994000922546</t>
   </si>
   <si>
     <t>S04-UT-000010</t>
   </si>
   <si>
     <t>923016</t>
   </si>
   <si>
     <t>99994000923016</t>
   </si>
   <si>
-    <t>S01-CV-120000</t>
-[...1 lines deleted...]
-  <si>
     <t>S01-C2-120160</t>
   </si>
   <si>
     <t>937638</t>
   </si>
   <si>
     <t>99994000937638</t>
   </si>
   <si>
-    <t>PAITONE</t>
-[...4 lines deleted...]
-  <si>
     <t>S01-UT-000456</t>
   </si>
   <si>
     <t>1207753</t>
   </si>
   <si>
     <t>99994001207753</t>
   </si>
   <si>
     <t>S01-UT-000474</t>
   </si>
   <si>
     <t>1216290</t>
   </si>
   <si>
     <t>99994001216290</t>
   </si>
   <si>
     <t>S01-UT-000475</t>
   </si>
   <si>
     <t>1216291</t>
   </si>
   <si>
     <t>99994001216291</t>
   </si>
   <si>
     <t>S03-UT-000061</t>
   </si>
   <si>
     <t>1228961</t>
   </si>
   <si>
     <t>99994001228961</t>
   </si>
   <si>
-    <t>6000</t>
-[...1 lines deleted...]
-  <si>
     <t>S01-UT-000515</t>
   </si>
   <si>
     <t>1272917</t>
   </si>
   <si>
     <t>99994001272917</t>
   </si>
   <si>
     <t>S01-UT-000604</t>
   </si>
   <si>
     <t>1272920</t>
   </si>
   <si>
     <t>99994001272920</t>
   </si>
   <si>
     <t>S01-C2-110167</t>
   </si>
   <si>
     <t>1277739</t>
   </si>
   <si>
     <t>99994001277739</t>
   </si>
   <si>
     <t>S01-MP-100020</t>
   </si>
   <si>
     <t>1319105</t>
   </si>
   <si>
     <t>99994001319105</t>
   </si>
   <si>
     <t>S01-UT-000641</t>
   </si>
   <si>
     <t>1321174</t>
   </si>
   <si>
     <t>05262401321174</t>
-  </si>
-[...7066 lines deleted...]
-    <t>99994000572498</t>
   </si>
   <si>
     <t>S01-UT-000642</t>
   </si>
   <si>
     <t>1321175</t>
   </si>
   <si>
     <t>05262401321175</t>
   </si>
   <si>
     <t>S03-UT-000062</t>
   </si>
   <si>
     <t>1322354</t>
   </si>
   <si>
     <t>99994001322354</t>
   </si>
   <si>
     <t>S03-MP-000002</t>
   </si>
   <si>
     <t>1324546</t>
   </si>
@@ -8031,51 +8025,51 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFill="true" applyAlignment="true" applyFont="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyAlignment="true" applyFont="true">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K790"/>
+  <dimension ref="A1:K789"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="13.66015625" customWidth="true" bestFit="true"/>
     <col min="2" max="2" width="28.90625" customWidth="true" bestFit="true"/>
     <col min="3" max="3" width="28.28515625" customWidth="true" bestFit="true"/>
     <col min="4" max="4" width="22.03515625" customWidth="true" bestFit="true"/>
     <col min="5" max="5" width="17.375" customWidth="true" bestFit="true"/>
     <col min="6" max="6" width="22.3125" customWidth="true" bestFit="true"/>
     <col min="7" max="7" width="9.796875" customWidth="true" bestFit="true"/>
     <col min="8" max="8" width="26.3359375" customWidth="true" bestFit="true"/>
     <col min="9" max="9" width="47.8828125" customWidth="true" bestFit="true"/>
     <col min="10" max="10" width="10.09765625" customWidth="true" bestFit="true"/>
     <col min="11" max="11" width="6.765625" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
@@ -8149,27593 +8143,27558 @@
       <c r="B3" t="s">
         <v>21</v>
       </c>
       <c r="C3" t="s">
         <v>21</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>24</v>
       </c>
       <c r="I3" t="s">
         <v>25</v>
       </c>
       <c r="J3" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>28</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>16</v>
+      </c>
+      <c r="H4" t="s">
         <v>29</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>30</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K4" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
         <v>16</v>
       </c>
       <c r="H5" t="s">
         <v>34</v>
       </c>
       <c r="I5" t="s">
         <v>35</v>
       </c>
       <c r="J5" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6" t="s">
         <v>36</v>
       </c>
       <c r="D6" t="s">
         <v>37</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
         <v>16</v>
       </c>
       <c r="H6" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="I6" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="J6" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
         <v>16</v>
       </c>
       <c r="H7" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J7" t="s">
         <v>19</v>
       </c>
       <c r="K7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C8" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H8" t="s">
+        <v>49</v>
+      </c>
+      <c r="I8" t="s">
         <v>44</v>
-      </c>
-[...13 lines deleted...]
-        <v>46</v>
       </c>
       <c r="J8" t="s">
         <v>19</v>
       </c>
       <c r="K8" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C9" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E9" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
         <v>16</v>
       </c>
       <c r="H9" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="I9" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="J9" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K9" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="D10" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="E10" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" t="s">
         <v>16</v>
       </c>
       <c r="H10" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="I10" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="J10" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C11" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D11" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="E11" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="G11" t="s">
         <v>16</v>
       </c>
       <c r="H11" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="I11" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="J11" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K11" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="C12" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="D12" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="E12" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
         <v>16</v>
       </c>
       <c r="H12" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="I12" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="J12" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K12" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="C13" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="D13" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="E13" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
       </c>
       <c r="G13" t="s">
         <v>16</v>
       </c>
       <c r="H13" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="I13" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="J13" t="s">
         <v>19</v>
       </c>
       <c r="K13" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="C14" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="D14" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="E14" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="F14" t="s">
         <v>15</v>
       </c>
       <c r="G14" t="s">
         <v>16</v>
       </c>
       <c r="H14" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="I14" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="J14" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K14" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="C15" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="D15" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="E15" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
       <c r="G15" t="s">
         <v>16</v>
       </c>
       <c r="H15" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="I15" t="s">
-        <v>46</v>
+        <v>87</v>
       </c>
       <c r="J15" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K15" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="C16" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="D16" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="E16" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="F16" t="s">
         <v>15</v>
       </c>
       <c r="G16" t="s">
         <v>16</v>
       </c>
       <c r="H16" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
       <c r="I16" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="J16" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K16" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="C17" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="E17" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="F17" t="s">
         <v>15</v>
       </c>
       <c r="G17" t="s">
         <v>16</v>
       </c>
       <c r="H17" t="s">
-        <v>73</v>
+        <v>97</v>
       </c>
       <c r="I17" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J17" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K17" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="C18" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="D18" t="s">
-        <v>82</v>
+        <v>99</v>
       </c>
       <c r="E18" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="F18" t="s">
         <v>15</v>
       </c>
       <c r="G18" t="s">
         <v>16</v>
       </c>
       <c r="H18" t="s">
-        <v>84</v>
+        <v>43</v>
       </c>
       <c r="I18" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J18" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K18" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="C19" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="D19" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="E19" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="F19" t="s">
         <v>15</v>
       </c>
       <c r="G19" t="s">
         <v>16</v>
       </c>
       <c r="H19" t="s">
-        <v>84</v>
+        <v>64</v>
       </c>
       <c r="I19" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J19" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K19" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="C20" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="D20" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="E20" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
       <c r="F20" t="s">
         <v>15</v>
       </c>
       <c r="G20" t="s">
         <v>16</v>
       </c>
       <c r="H20" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="I20" t="s">
-        <v>69</v>
+        <v>108</v>
       </c>
       <c r="J20" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K20" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="D21" t="s">
-        <v>93</v>
+        <v>111</v>
       </c>
       <c r="E21" t="s">
-        <v>94</v>
+        <v>112</v>
       </c>
       <c r="F21" t="s">
         <v>15</v>
       </c>
       <c r="G21" t="s">
         <v>16</v>
       </c>
       <c r="H21" t="s">
-        <v>95</v>
+        <v>49</v>
       </c>
       <c r="I21" t="s">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="J21" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K21" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>97</v>
+        <v>71</v>
       </c>
       <c r="C22" t="s">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="D22" t="s">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="E22" t="s">
-        <v>99</v>
+        <v>116</v>
       </c>
       <c r="F22" t="s">
         <v>15</v>
       </c>
       <c r="G22" t="s">
         <v>16</v>
       </c>
       <c r="H22" t="s">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I22" t="s">
-        <v>101</v>
+        <v>75</v>
       </c>
       <c r="J22" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K22" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="C23" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="D23" t="s">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="E23" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
       <c r="F23" t="s">
         <v>15</v>
       </c>
       <c r="G23" t="s">
         <v>16</v>
       </c>
       <c r="H23" t="s">
-        <v>30</v>
+        <v>121</v>
       </c>
       <c r="I23" t="s">
-        <v>105</v>
+        <v>122</v>
       </c>
       <c r="J23" t="s">
         <v>19</v>
       </c>
       <c r="K23" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>106</v>
+        <v>123</v>
       </c>
       <c r="C24" t="s">
-        <v>106</v>
+        <v>123</v>
       </c>
       <c r="D24" t="s">
-        <v>107</v>
+        <v>124</v>
       </c>
       <c r="E24" t="s">
-        <v>108</v>
+        <v>125</v>
       </c>
       <c r="F24" t="s">
         <v>15</v>
       </c>
       <c r="G24" t="s">
         <v>16</v>
       </c>
       <c r="H24" t="s">
-        <v>91</v>
+        <v>126</v>
       </c>
       <c r="I24" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="J24" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K24" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>110</v>
+        <v>82</v>
       </c>
       <c r="C25" t="s">
-        <v>110</v>
+        <v>127</v>
       </c>
       <c r="D25" t="s">
-        <v>111</v>
+        <v>128</v>
       </c>
       <c r="E25" t="s">
-        <v>112</v>
+        <v>129</v>
       </c>
       <c r="F25" t="s">
         <v>15</v>
       </c>
       <c r="G25" t="s">
         <v>16</v>
       </c>
       <c r="H25" t="s">
-        <v>113</v>
+        <v>86</v>
       </c>
       <c r="I25" t="s">
-        <v>114</v>
+        <v>87</v>
       </c>
       <c r="J25" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K25" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>115</v>
+        <v>71</v>
       </c>
       <c r="C26" t="s">
-        <v>115</v>
+        <v>130</v>
       </c>
       <c r="D26" t="s">
-        <v>116</v>
+        <v>131</v>
       </c>
       <c r="E26" t="s">
-        <v>117</v>
+        <v>132</v>
       </c>
       <c r="F26" t="s">
         <v>15</v>
       </c>
       <c r="G26" t="s">
         <v>16</v>
       </c>
       <c r="H26" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="I26" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="J26" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K26" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>118</v>
+        <v>133</v>
       </c>
       <c r="C27" t="s">
-        <v>118</v>
+        <v>134</v>
       </c>
       <c r="D27" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="E27" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="F27" t="s">
         <v>15</v>
       </c>
       <c r="G27" t="s">
         <v>16</v>
       </c>
       <c r="H27" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="I27" t="s">
-        <v>69</v>
+        <v>137</v>
       </c>
       <c r="J27" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K27" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>122</v>
+        <v>138</v>
       </c>
       <c r="C28" t="s">
-        <v>122</v>
+        <v>138</v>
       </c>
       <c r="D28" t="s">
-        <v>123</v>
+        <v>139</v>
       </c>
       <c r="E28" t="s">
-        <v>124</v>
+        <v>140</v>
       </c>
       <c r="F28" t="s">
         <v>15</v>
       </c>
       <c r="G28" t="s">
         <v>16</v>
       </c>
       <c r="H28" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="I28" t="s">
-        <v>69</v>
+        <v>141</v>
       </c>
       <c r="J28" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K28" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>125</v>
+        <v>45</v>
       </c>
       <c r="C29" t="s">
-        <v>125</v>
+        <v>142</v>
       </c>
       <c r="D29" t="s">
-        <v>126</v>
+        <v>143</v>
       </c>
       <c r="E29" t="s">
-        <v>127</v>
+        <v>144</v>
       </c>
       <c r="F29" t="s">
         <v>15</v>
       </c>
       <c r="G29" t="s">
         <v>16</v>
       </c>
       <c r="H29" t="s">
-        <v>128</v>
+        <v>49</v>
       </c>
       <c r="I29" t="s">
-        <v>69</v>
+        <v>44</v>
       </c>
       <c r="J29" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>129</v>
+        <v>145</v>
       </c>
       <c r="C30" t="s">
-        <v>129</v>
+        <v>146</v>
       </c>
       <c r="D30" t="s">
-        <v>130</v>
+        <v>147</v>
       </c>
       <c r="E30" t="s">
-        <v>131</v>
+        <v>148</v>
       </c>
       <c r="F30" t="s">
         <v>15</v>
       </c>
       <c r="G30" t="s">
         <v>16</v>
       </c>
       <c r="H30" t="s">
-        <v>132</v>
+        <v>34</v>
       </c>
       <c r="I30" t="s">
-        <v>69</v>
+        <v>149</v>
       </c>
       <c r="J30" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K30" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="C31" t="s">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="D31" t="s">
-        <v>134</v>
+        <v>151</v>
       </c>
       <c r="E31" t="s">
-        <v>135</v>
+        <v>152</v>
       </c>
       <c r="F31" t="s">
         <v>15</v>
       </c>
       <c r="G31" t="s">
         <v>16</v>
       </c>
       <c r="H31" t="s">
-        <v>136</v>
+        <v>86</v>
       </c>
       <c r="I31" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="J31" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K31" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>137</v>
+        <v>153</v>
       </c>
       <c r="C32" t="s">
-        <v>137</v>
+        <v>153</v>
       </c>
       <c r="D32" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="E32" t="s">
-        <v>139</v>
+        <v>155</v>
       </c>
       <c r="F32" t="s">
         <v>15</v>
       </c>
       <c r="G32" t="s">
         <v>16</v>
       </c>
       <c r="H32" t="s">
-        <v>140</v>
+        <v>97</v>
       </c>
       <c r="I32" t="s">
-        <v>141</v>
+        <v>108</v>
       </c>
       <c r="J32" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K32" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>142</v>
+        <v>156</v>
       </c>
       <c r="C33" t="s">
-        <v>142</v>
+        <v>156</v>
       </c>
       <c r="D33" t="s">
-        <v>143</v>
+        <v>157</v>
       </c>
       <c r="E33" t="s">
-        <v>144</v>
+        <v>158</v>
       </c>
       <c r="F33" t="s">
         <v>15</v>
       </c>
       <c r="G33" t="s">
         <v>16</v>
       </c>
       <c r="H33" t="s">
-        <v>100</v>
+        <v>159</v>
       </c>
       <c r="I33" t="s">
-        <v>69</v>
+        <v>160</v>
       </c>
       <c r="J33" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K33" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>145</v>
+        <v>71</v>
       </c>
       <c r="C34" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="D34" t="s">
-        <v>146</v>
+        <v>162</v>
       </c>
       <c r="E34" t="s">
-        <v>147</v>
+        <v>163</v>
       </c>
       <c r="F34" t="s">
         <v>15</v>
       </c>
       <c r="G34" t="s">
         <v>16</v>
       </c>
       <c r="H34" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="I34" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="J34" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K34" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>148</v>
+        <v>164</v>
       </c>
       <c r="C35" t="s">
-        <v>148</v>
+        <v>164</v>
       </c>
       <c r="D35" t="s">
-        <v>149</v>
+        <v>165</v>
       </c>
       <c r="E35" t="s">
-        <v>150</v>
+        <v>166</v>
       </c>
       <c r="F35" t="s">
         <v>15</v>
       </c>
       <c r="G35" t="s">
         <v>16</v>
       </c>
       <c r="H35" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="I35" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J35" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K35" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>151</v>
+        <v>167</v>
       </c>
       <c r="C36" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="D36" t="s">
-        <v>152</v>
+        <v>169</v>
       </c>
       <c r="E36" t="s">
-        <v>153</v>
+        <v>170</v>
       </c>
       <c r="F36" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="G36" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
       <c r="H36" t="s">
-        <v>73</v>
+        <v>173</v>
       </c>
       <c r="I36" t="s">
-        <v>69</v>
+        <v>174</v>
       </c>
       <c r="J36" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K36" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>154</v>
+        <v>175</v>
       </c>
       <c r="C37" t="s">
-        <v>154</v>
+        <v>176</v>
       </c>
       <c r="D37" t="s">
-        <v>155</v>
+        <v>177</v>
       </c>
       <c r="E37" t="s">
-        <v>156</v>
+        <v>178</v>
       </c>
       <c r="F37" t="s">
         <v>15</v>
       </c>
       <c r="G37" t="s">
         <v>16</v>
       </c>
       <c r="H37" t="s">
-        <v>95</v>
+        <v>179</v>
       </c>
       <c r="I37" t="s">
-        <v>46</v>
+        <v>180</v>
       </c>
       <c r="J37" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K37" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="C38" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="D38" t="s">
-        <v>158</v>
+        <v>182</v>
       </c>
       <c r="E38" t="s">
-        <v>159</v>
+        <v>183</v>
       </c>
       <c r="F38" t="s">
         <v>15</v>
       </c>
       <c r="G38" t="s">
         <v>16</v>
       </c>
       <c r="H38" t="s">
-        <v>160</v>
+        <v>16</v>
       </c>
       <c r="I38" t="s">
-        <v>161</v>
+        <v>184</v>
       </c>
       <c r="J38" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K38" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
-        <v>162</v>
+        <v>185</v>
       </c>
       <c r="C39" t="s">
-        <v>163</v>
+        <v>185</v>
       </c>
       <c r="D39" t="s">
-        <v>164</v>
+        <v>186</v>
       </c>
       <c r="E39" t="s">
-        <v>165</v>
+        <v>187</v>
       </c>
       <c r="F39" t="s">
         <v>15</v>
       </c>
       <c r="G39" t="s">
         <v>16</v>
       </c>
       <c r="H39" t="s">
         <v>16</v>
       </c>
       <c r="I39" t="s">
-        <v>166</v>
+        <v>18</v>
       </c>
       <c r="J39" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K39" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
-        <v>167</v>
+        <v>188</v>
       </c>
       <c r="C40" t="s">
-        <v>168</v>
+        <v>188</v>
       </c>
       <c r="D40" t="s">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="E40" t="s">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="F40" t="s">
         <v>15</v>
       </c>
       <c r="G40" t="s">
         <v>16</v>
       </c>
       <c r="H40" t="s">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I40" t="s">
-        <v>171</v>
+        <v>191</v>
       </c>
       <c r="J40" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K40" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>162</v>
+        <v>192</v>
       </c>
       <c r="C41" t="s">
-        <v>172</v>
+        <v>192</v>
       </c>
       <c r="D41" t="s">
-        <v>173</v>
+        <v>193</v>
       </c>
       <c r="E41" t="s">
-        <v>174</v>
+        <v>194</v>
       </c>
       <c r="F41" t="s">
         <v>15</v>
       </c>
       <c r="G41" t="s">
         <v>16</v>
       </c>
       <c r="H41" t="s">
         <v>16</v>
       </c>
       <c r="I41" t="s">
-        <v>166</v>
+        <v>108</v>
       </c>
       <c r="J41" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K41" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
-        <v>175</v>
+        <v>195</v>
       </c>
       <c r="C42" t="s">
-        <v>175</v>
+        <v>195</v>
       </c>
       <c r="D42" t="s">
-        <v>176</v>
+        <v>196</v>
       </c>
       <c r="E42" t="s">
-        <v>177</v>
+        <v>197</v>
       </c>
       <c r="F42" t="s">
         <v>15</v>
       </c>
       <c r="G42" t="s">
         <v>16</v>
       </c>
       <c r="H42" t="s">
-        <v>160</v>
+        <v>16</v>
       </c>
       <c r="I42" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="J42" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K42" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="C43" t="s">
-        <v>180</v>
+        <v>199</v>
       </c>
       <c r="D43" t="s">
-        <v>181</v>
+        <v>200</v>
       </c>
       <c r="E43" t="s">
-        <v>182</v>
+        <v>201</v>
       </c>
       <c r="F43" t="s">
         <v>15</v>
       </c>
       <c r="G43" t="s">
         <v>16</v>
       </c>
       <c r="H43" t="s">
-        <v>132</v>
+        <v>16</v>
       </c>
       <c r="I43" t="s">
-        <v>183</v>
+        <v>113</v>
       </c>
       <c r="J43" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K43" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
-        <v>179</v>
+        <v>202</v>
       </c>
       <c r="C44" t="s">
-        <v>184</v>
+        <v>202</v>
       </c>
       <c r="D44" t="s">
-        <v>185</v>
+        <v>203</v>
       </c>
       <c r="E44" t="s">
-        <v>186</v>
+        <v>204</v>
       </c>
       <c r="F44" t="s">
         <v>15</v>
       </c>
       <c r="G44" t="s">
         <v>16</v>
       </c>
       <c r="H44" t="s">
-        <v>132</v>
+        <v>16</v>
       </c>
       <c r="I44" t="s">
-        <v>183</v>
+        <v>18</v>
       </c>
       <c r="J44" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K44" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
-        <v>187</v>
+        <v>205</v>
       </c>
       <c r="C45" t="s">
-        <v>188</v>
+        <v>205</v>
       </c>
       <c r="D45" t="s">
-        <v>189</v>
+        <v>206</v>
       </c>
       <c r="E45" t="s">
-        <v>190</v>
+        <v>207</v>
       </c>
       <c r="F45" t="s">
         <v>15</v>
       </c>
       <c r="G45" t="s">
         <v>16</v>
       </c>
       <c r="H45" t="s">
-        <v>191</v>
+        <v>17</v>
       </c>
       <c r="I45" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="J45" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K45" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
-        <v>193</v>
+        <v>209</v>
       </c>
       <c r="C46" t="s">
-        <v>194</v>
+        <v>209</v>
       </c>
       <c r="D46" t="s">
-        <v>195</v>
+        <v>210</v>
       </c>
       <c r="E46" t="s">
-        <v>196</v>
+        <v>211</v>
       </c>
       <c r="F46" t="s">
         <v>15</v>
       </c>
       <c r="G46" t="s">
         <v>16</v>
       </c>
       <c r="H46" t="s">
-        <v>95</v>
+        <v>212</v>
       </c>
       <c r="I46" t="s">
-        <v>197</v>
+        <v>213</v>
       </c>
       <c r="J46" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K46" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
-        <v>162</v>
+        <v>214</v>
       </c>
       <c r="C47" t="s">
-        <v>198</v>
+        <v>214</v>
       </c>
       <c r="D47" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="E47" t="s">
-        <v>200</v>
+        <v>216</v>
       </c>
       <c r="F47" t="s">
         <v>15</v>
       </c>
       <c r="G47" t="s">
         <v>16</v>
       </c>
       <c r="H47" t="s">
-        <v>16</v>
+        <v>159</v>
       </c>
       <c r="I47" t="s">
-        <v>166</v>
+        <v>217</v>
       </c>
       <c r="J47" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K47" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>11</v>
       </c>
       <c r="B48" t="s">
-        <v>201</v>
+        <v>218</v>
       </c>
       <c r="C48" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="D48" t="s">
-        <v>203</v>
+        <v>219</v>
       </c>
       <c r="E48" t="s">
-        <v>204</v>
+        <v>220</v>
       </c>
       <c r="F48" t="s">
         <v>15</v>
       </c>
       <c r="G48" t="s">
         <v>16</v>
       </c>
       <c r="H48" t="s">
-        <v>68</v>
+        <v>221</v>
       </c>
       <c r="I48" t="s">
-        <v>205</v>
+        <v>108</v>
       </c>
       <c r="J48" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K48" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>11</v>
       </c>
       <c r="B49" t="s">
-        <v>206</v>
+        <v>222</v>
       </c>
       <c r="C49" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="D49" t="s">
-        <v>208</v>
+        <v>223</v>
       </c>
       <c r="E49" t="s">
-        <v>209</v>
+        <v>224</v>
       </c>
       <c r="F49" t="s">
         <v>15</v>
       </c>
       <c r="G49" t="s">
         <v>16</v>
       </c>
       <c r="H49" t="s">
-        <v>17</v>
+        <v>221</v>
       </c>
       <c r="I49" t="s">
-        <v>210</v>
+        <v>18</v>
       </c>
       <c r="J49" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K49" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" t="s">
-        <v>211</v>
+        <v>225</v>
       </c>
       <c r="C50" t="s">
-        <v>211</v>
+        <v>225</v>
       </c>
       <c r="D50" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="E50" t="s">
-        <v>213</v>
+        <v>227</v>
       </c>
       <c r="F50" t="s">
         <v>15</v>
       </c>
       <c r="G50" t="s">
         <v>16</v>
       </c>
       <c r="H50" t="s">
-        <v>73</v>
+        <v>221</v>
       </c>
       <c r="I50" t="s">
-        <v>69</v>
+        <v>108</v>
       </c>
       <c r="J50" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K50" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>11</v>
       </c>
       <c r="B51" t="s">
-        <v>214</v>
+        <v>228</v>
       </c>
       <c r="C51" t="s">
-        <v>214</v>
+        <v>228</v>
       </c>
       <c r="D51" t="s">
-        <v>215</v>
+        <v>229</v>
       </c>
       <c r="E51" t="s">
-        <v>216</v>
+        <v>230</v>
       </c>
       <c r="F51" t="s">
         <v>15</v>
       </c>
       <c r="G51" t="s">
         <v>16</v>
       </c>
       <c r="H51" t="s">
-        <v>73</v>
+        <v>221</v>
       </c>
       <c r="I51" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J51" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K51" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>11</v>
       </c>
       <c r="B52" t="s">
-        <v>217</v>
+        <v>231</v>
       </c>
       <c r="C52" t="s">
-        <v>218</v>
+        <v>231</v>
       </c>
       <c r="D52" t="s">
-        <v>219</v>
+        <v>232</v>
       </c>
       <c r="E52" t="s">
-        <v>220</v>
+        <v>233</v>
       </c>
       <c r="F52" t="s">
         <v>15</v>
       </c>
       <c r="G52" t="s">
         <v>16</v>
       </c>
       <c r="H52" t="s">
-        <v>221</v>
+        <v>43</v>
       </c>
       <c r="I52" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="J52" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K52" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>11</v>
       </c>
       <c r="B53" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="C53" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="D53" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="E53" t="s">
-        <v>225</v>
+        <v>237</v>
       </c>
       <c r="F53" t="s">
         <v>15</v>
       </c>
       <c r="G53" t="s">
         <v>16</v>
       </c>
       <c r="H53" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I53" t="s">
-        <v>18</v>
+        <v>184</v>
       </c>
       <c r="J53" t="s">
         <v>19</v>
       </c>
       <c r="K53" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>11</v>
       </c>
       <c r="B54" t="s">
-        <v>226</v>
+        <v>238</v>
       </c>
       <c r="C54" t="s">
-        <v>226</v>
+        <v>238</v>
       </c>
       <c r="D54" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="E54" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="F54" t="s">
         <v>15</v>
       </c>
       <c r="G54" t="s">
         <v>16</v>
       </c>
       <c r="H54" t="s">
-        <v>132</v>
+        <v>43</v>
       </c>
       <c r="I54" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J54" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K54" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>11</v>
       </c>
       <c r="B55" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="C55" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="D55" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="E55" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
       <c r="F55" t="s">
         <v>15</v>
       </c>
       <c r="G55" t="s">
         <v>16</v>
       </c>
       <c r="H55" t="s">
-        <v>132</v>
+        <v>43</v>
       </c>
       <c r="I55" t="s">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="J55" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K55" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>11</v>
       </c>
       <c r="B56" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="C56" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="D56" t="s">
-        <v>233</v>
+        <v>245</v>
       </c>
       <c r="E56" t="s">
-        <v>234</v>
+        <v>246</v>
       </c>
       <c r="F56" t="s">
         <v>15</v>
       </c>
       <c r="G56" t="s">
         <v>16</v>
       </c>
       <c r="H56" t="s">
-        <v>30</v>
+        <v>247</v>
       </c>
       <c r="I56" t="s">
-        <v>235</v>
+        <v>184</v>
       </c>
       <c r="J56" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K56" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>11</v>
       </c>
       <c r="B57" t="s">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="C57" t="s">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="D57" t="s">
-        <v>237</v>
+        <v>249</v>
       </c>
       <c r="E57" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="F57" t="s">
         <v>15</v>
       </c>
       <c r="G57" t="s">
         <v>16</v>
       </c>
       <c r="H57" t="s">
-        <v>91</v>
+        <v>251</v>
       </c>
       <c r="I57" t="s">
-        <v>46</v>
+        <v>252</v>
       </c>
       <c r="J57" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K57" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>11</v>
       </c>
       <c r="B58" t="s">
-        <v>239</v>
+        <v>253</v>
       </c>
       <c r="C58" t="s">
-        <v>239</v>
+        <v>253</v>
       </c>
       <c r="D58" t="s">
-        <v>240</v>
+        <v>254</v>
       </c>
       <c r="E58" t="s">
-        <v>241</v>
+        <v>255</v>
       </c>
       <c r="F58" t="s">
         <v>15</v>
       </c>
       <c r="G58" t="s">
         <v>16</v>
       </c>
       <c r="H58" t="s">
-        <v>91</v>
+        <v>256</v>
       </c>
       <c r="I58" t="s">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="J58" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K58" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>11</v>
       </c>
       <c r="B59" t="s">
-        <v>193</v>
+        <v>257</v>
       </c>
       <c r="C59" t="s">
-        <v>242</v>
+        <v>257</v>
       </c>
       <c r="D59" t="s">
-        <v>243</v>
+        <v>258</v>
       </c>
       <c r="E59" t="s">
-        <v>244</v>
+        <v>259</v>
       </c>
       <c r="F59" t="s">
         <v>15</v>
       </c>
       <c r="G59" t="s">
         <v>16</v>
       </c>
       <c r="H59" t="s">
-        <v>95</v>
+        <v>49</v>
       </c>
       <c r="I59" t="s">
-        <v>197</v>
+        <v>260</v>
       </c>
       <c r="J59" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K59" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>11</v>
       </c>
       <c r="B60" t="s">
-        <v>162</v>
+        <v>261</v>
       </c>
       <c r="C60" t="s">
-        <v>245</v>
+        <v>261</v>
       </c>
       <c r="D60" t="s">
-        <v>246</v>
+        <v>262</v>
       </c>
       <c r="E60" t="s">
-        <v>247</v>
+        <v>263</v>
       </c>
       <c r="F60" t="s">
         <v>15</v>
       </c>
       <c r="G60" t="s">
         <v>16</v>
       </c>
       <c r="H60" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="I60" t="s">
-        <v>166</v>
+        <v>18</v>
       </c>
       <c r="J60" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K60" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>11</v>
       </c>
       <c r="B61" t="s">
-        <v>248</v>
+        <v>264</v>
       </c>
       <c r="C61" t="s">
-        <v>248</v>
+        <v>264</v>
       </c>
       <c r="D61" t="s">
-        <v>249</v>
+        <v>265</v>
       </c>
       <c r="E61" t="s">
-        <v>250</v>
+        <v>266</v>
       </c>
       <c r="F61" t="s">
         <v>15</v>
       </c>
       <c r="G61" t="s">
         <v>16</v>
       </c>
       <c r="H61" t="s">
-        <v>251</v>
+        <v>86</v>
       </c>
       <c r="I61" t="s">
-        <v>69</v>
+        <v>267</v>
       </c>
       <c r="J61" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K61" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>11</v>
       </c>
       <c r="B62" t="s">
-        <v>252</v>
+        <v>268</v>
       </c>
       <c r="C62" t="s">
-        <v>252</v>
+        <v>268</v>
       </c>
       <c r="D62" t="s">
-        <v>253</v>
+        <v>269</v>
       </c>
       <c r="E62" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="F62" t="s">
         <v>15</v>
       </c>
       <c r="G62" t="s">
         <v>16</v>
       </c>
       <c r="H62" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I62" t="s">
-        <v>69</v>
+        <v>108</v>
       </c>
       <c r="J62" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K62" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>11</v>
       </c>
       <c r="B63" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="C63" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="D63" t="s">
-        <v>256</v>
+        <v>272</v>
       </c>
       <c r="E63" t="s">
-        <v>257</v>
+        <v>273</v>
       </c>
       <c r="F63" t="s">
         <v>15</v>
       </c>
       <c r="G63" t="s">
         <v>16</v>
       </c>
       <c r="H63" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I63" t="s">
-        <v>18</v>
+        <v>274</v>
       </c>
       <c r="J63" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K63" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>11</v>
       </c>
       <c r="B64" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="C64" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="D64" t="s">
-        <v>259</v>
+        <v>276</v>
       </c>
       <c r="E64" t="s">
-        <v>260</v>
+        <v>277</v>
       </c>
       <c r="F64" t="s">
         <v>15</v>
       </c>
       <c r="G64" t="s">
         <v>16</v>
       </c>
       <c r="H64" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I64" t="s">
-        <v>261</v>
+        <v>108</v>
       </c>
       <c r="J64" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K64" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>11</v>
       </c>
       <c r="B65" t="s">
-        <v>262</v>
+        <v>279</v>
       </c>
       <c r="C65" t="s">
-        <v>262</v>
+        <v>279</v>
       </c>
       <c r="D65" t="s">
-        <v>263</v>
+        <v>280</v>
       </c>
       <c r="E65" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="F65" t="s">
         <v>15</v>
       </c>
       <c r="G65" t="s">
         <v>16</v>
       </c>
       <c r="H65" t="s">
-        <v>132</v>
+        <v>16</v>
       </c>
       <c r="I65" t="s">
-        <v>18</v>
+        <v>282</v>
       </c>
       <c r="J65" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K65" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>11</v>
       </c>
       <c r="B66" t="s">
-        <v>265</v>
+        <v>283</v>
       </c>
       <c r="C66" t="s">
-        <v>265</v>
+        <v>283</v>
       </c>
       <c r="D66" t="s">
-        <v>266</v>
+        <v>284</v>
       </c>
       <c r="E66" t="s">
-        <v>267</v>
+        <v>285</v>
       </c>
       <c r="F66" t="s">
         <v>15</v>
       </c>
       <c r="G66" t="s">
         <v>16</v>
       </c>
       <c r="H66" t="s">
         <v>16</v>
       </c>
       <c r="I66" t="s">
-        <v>57</v>
+        <v>286</v>
       </c>
       <c r="J66" t="s">
         <v>19</v>
       </c>
       <c r="K66" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>11</v>
       </c>
       <c r="B67" t="s">
-        <v>268</v>
+        <v>287</v>
       </c>
       <c r="C67" t="s">
-        <v>268</v>
+        <v>287</v>
       </c>
       <c r="D67" t="s">
-        <v>269</v>
+        <v>288</v>
       </c>
       <c r="E67" t="s">
-        <v>270</v>
+        <v>289</v>
       </c>
       <c r="F67" t="s">
         <v>15</v>
       </c>
       <c r="G67" t="s">
         <v>16</v>
       </c>
       <c r="H67" t="s">
         <v>16</v>
       </c>
       <c r="I67" t="s">
-        <v>271</v>
+        <v>18</v>
       </c>
       <c r="J67" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K67" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>11</v>
       </c>
       <c r="B68" t="s">
-        <v>272</v>
+        <v>290</v>
       </c>
       <c r="C68" t="s">
-        <v>272</v>
+        <v>290</v>
       </c>
       <c r="D68" t="s">
-        <v>273</v>
+        <v>291</v>
       </c>
       <c r="E68" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
       <c r="F68" t="s">
         <v>15</v>
       </c>
       <c r="G68" t="s">
         <v>16</v>
       </c>
       <c r="H68" t="s">
         <v>16</v>
       </c>
       <c r="I68" t="s">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="J68" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K68" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>11</v>
       </c>
       <c r="B69" t="s">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="C69" t="s">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="D69" t="s">
-        <v>276</v>
+        <v>294</v>
       </c>
       <c r="E69" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
       <c r="F69" t="s">
         <v>15</v>
       </c>
       <c r="G69" t="s">
         <v>16</v>
       </c>
       <c r="H69" t="s">
         <v>16</v>
       </c>
       <c r="I69" t="s">
-        <v>278</v>
+        <v>108</v>
       </c>
       <c r="J69" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K69" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>11</v>
       </c>
       <c r="B70" t="s">
-        <v>279</v>
+        <v>296</v>
       </c>
       <c r="C70" t="s">
-        <v>279</v>
+        <v>296</v>
       </c>
       <c r="D70" t="s">
-        <v>280</v>
+        <v>297</v>
       </c>
       <c r="E70" t="s">
-        <v>281</v>
+        <v>298</v>
       </c>
       <c r="F70" t="s">
         <v>15</v>
       </c>
       <c r="G70" t="s">
         <v>16</v>
       </c>
       <c r="H70" t="s">
         <v>16</v>
       </c>
       <c r="I70" t="s">
-        <v>18</v>
+        <v>184</v>
       </c>
       <c r="J70" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K70" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>11</v>
       </c>
       <c r="B71" t="s">
-        <v>282</v>
+        <v>299</v>
       </c>
       <c r="C71" t="s">
-        <v>282</v>
+        <v>299</v>
       </c>
       <c r="D71" t="s">
-        <v>283</v>
+        <v>300</v>
       </c>
       <c r="E71" t="s">
-        <v>284</v>
+        <v>301</v>
       </c>
       <c r="F71" t="s">
         <v>15</v>
       </c>
       <c r="G71" t="s">
         <v>16</v>
       </c>
       <c r="H71" t="s">
         <v>16</v>
       </c>
       <c r="I71" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J71" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K71" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>11</v>
       </c>
       <c r="B72" t="s">
-        <v>285</v>
+        <v>302</v>
       </c>
       <c r="C72" t="s">
-        <v>285</v>
+        <v>302</v>
       </c>
       <c r="D72" t="s">
-        <v>286</v>
+        <v>303</v>
       </c>
       <c r="E72" t="s">
-        <v>287</v>
+        <v>304</v>
       </c>
       <c r="F72" t="s">
         <v>15</v>
       </c>
       <c r="G72" t="s">
         <v>16</v>
       </c>
       <c r="H72" t="s">
-        <v>16</v>
+        <v>179</v>
       </c>
       <c r="I72" t="s">
-        <v>69</v>
+        <v>305</v>
       </c>
       <c r="J72" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K72" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>11</v>
       </c>
       <c r="B73" t="s">
-        <v>288</v>
+        <v>306</v>
       </c>
       <c r="C73" t="s">
-        <v>288</v>
+        <v>306</v>
       </c>
       <c r="D73" t="s">
-        <v>289</v>
+        <v>307</v>
       </c>
       <c r="E73" t="s">
-        <v>290</v>
+        <v>308</v>
       </c>
       <c r="F73" t="s">
         <v>15</v>
       </c>
       <c r="G73" t="s">
         <v>16</v>
       </c>
       <c r="H73" t="s">
-        <v>291</v>
+        <v>179</v>
       </c>
       <c r="I73" t="s">
-        <v>292</v>
+        <v>108</v>
       </c>
       <c r="J73" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K73" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>11</v>
       </c>
       <c r="B74" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="C74" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="D74" t="s">
-        <v>294</v>
+        <v>310</v>
       </c>
       <c r="E74" t="s">
-        <v>295</v>
+        <v>311</v>
       </c>
       <c r="F74" t="s">
         <v>15</v>
       </c>
       <c r="G74" t="s">
         <v>16</v>
       </c>
       <c r="H74" t="s">
-        <v>291</v>
+        <v>179</v>
       </c>
       <c r="I74" t="s">
         <v>18</v>
       </c>
       <c r="J74" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K74" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>11</v>
       </c>
       <c r="B75" t="s">
-        <v>296</v>
+        <v>312</v>
       </c>
       <c r="C75" t="s">
-        <v>296</v>
+        <v>312</v>
       </c>
       <c r="D75" t="s">
-        <v>297</v>
+        <v>313</v>
       </c>
       <c r="E75" t="s">
-        <v>298</v>
+        <v>314</v>
       </c>
       <c r="F75" t="s">
         <v>15</v>
       </c>
       <c r="G75" t="s">
         <v>16</v>
       </c>
       <c r="H75" t="s">
-        <v>291</v>
+        <v>80</v>
       </c>
       <c r="I75" t="s">
-        <v>69</v>
+        <v>184</v>
       </c>
       <c r="J75" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K75" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>11</v>
       </c>
       <c r="B76" t="s">
-        <v>299</v>
+        <v>315</v>
       </c>
       <c r="C76" t="s">
-        <v>299</v>
+        <v>315</v>
       </c>
       <c r="D76" t="s">
-        <v>300</v>
+        <v>316</v>
       </c>
       <c r="E76" t="s">
-        <v>301</v>
+        <v>317</v>
       </c>
       <c r="F76" t="s">
         <v>15</v>
       </c>
       <c r="G76" t="s">
         <v>16</v>
       </c>
       <c r="H76" t="s">
-        <v>191</v>
+        <v>80</v>
       </c>
       <c r="I76" t="s">
-        <v>46</v>
+        <v>184</v>
       </c>
       <c r="J76" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K76" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>11</v>
       </c>
       <c r="B77" t="s">
-        <v>302</v>
+        <v>318</v>
       </c>
       <c r="C77" t="s">
-        <v>302</v>
+        <v>318</v>
       </c>
       <c r="D77" t="s">
-        <v>303</v>
+        <v>319</v>
       </c>
       <c r="E77" t="s">
-        <v>304</v>
+        <v>320</v>
       </c>
       <c r="F77" t="s">
         <v>15</v>
       </c>
       <c r="G77" t="s">
         <v>16</v>
       </c>
       <c r="H77" t="s">
-        <v>191</v>
+        <v>80</v>
       </c>
       <c r="I77" t="s">
-        <v>46</v>
+        <v>184</v>
       </c>
       <c r="J77" t="s">
         <v>19</v>
       </c>
       <c r="K77" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>11</v>
       </c>
       <c r="B78" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="C78" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="D78" t="s">
-        <v>306</v>
+        <v>322</v>
       </c>
       <c r="E78" t="s">
-        <v>307</v>
+        <v>323</v>
       </c>
       <c r="F78" t="s">
         <v>15</v>
       </c>
       <c r="G78" t="s">
         <v>16</v>
       </c>
       <c r="H78" t="s">
-        <v>191</v>
+        <v>80</v>
       </c>
       <c r="I78" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="J78" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K78" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>11</v>
       </c>
       <c r="B79" t="s">
-        <v>308</v>
+        <v>324</v>
       </c>
       <c r="C79" t="s">
-        <v>308</v>
+        <v>324</v>
       </c>
       <c r="D79" t="s">
-        <v>309</v>
+        <v>325</v>
       </c>
       <c r="E79" t="s">
-        <v>310</v>
+        <v>326</v>
       </c>
       <c r="F79" t="s">
         <v>15</v>
       </c>
       <c r="G79" t="s">
         <v>16</v>
       </c>
       <c r="H79" t="s">
-        <v>191</v>
+        <v>221</v>
       </c>
       <c r="I79" t="s">
         <v>18</v>
       </c>
       <c r="J79" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K79" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>11</v>
       </c>
       <c r="B80" t="s">
-        <v>311</v>
+        <v>327</v>
       </c>
       <c r="C80" t="s">
-        <v>311</v>
+        <v>327</v>
       </c>
       <c r="D80" t="s">
-        <v>312</v>
+        <v>328</v>
       </c>
       <c r="E80" t="s">
-        <v>313</v>
+        <v>329</v>
       </c>
       <c r="F80" t="s">
         <v>15</v>
       </c>
       <c r="G80" t="s">
         <v>16</v>
       </c>
       <c r="H80" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I80" t="s">
-        <v>69</v>
+        <v>184</v>
       </c>
       <c r="J80" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K80" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>11</v>
       </c>
       <c r="B81" t="s">
-        <v>314</v>
+        <v>330</v>
       </c>
       <c r="C81" t="s">
-        <v>314</v>
+        <v>330</v>
       </c>
       <c r="D81" t="s">
-        <v>315</v>
+        <v>331</v>
       </c>
       <c r="E81" t="s">
-        <v>316</v>
+        <v>332</v>
       </c>
       <c r="F81" t="s">
         <v>15</v>
       </c>
       <c r="G81" t="s">
         <v>16</v>
       </c>
       <c r="H81" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I81" t="s">
-        <v>46</v>
+        <v>333</v>
       </c>
       <c r="J81" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K81" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>11</v>
       </c>
       <c r="B82" t="s">
-        <v>317</v>
+        <v>334</v>
       </c>
       <c r="C82" t="s">
-        <v>317</v>
+        <v>334</v>
       </c>
       <c r="D82" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
       <c r="E82" t="s">
-        <v>319</v>
+        <v>336</v>
       </c>
       <c r="F82" t="s">
         <v>15</v>
       </c>
       <c r="G82" t="s">
         <v>16</v>
       </c>
       <c r="H82" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I82" t="s">
-        <v>320</v>
+        <v>18</v>
       </c>
       <c r="J82" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K82" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>11</v>
       </c>
       <c r="B83" t="s">
-        <v>321</v>
+        <v>337</v>
       </c>
       <c r="C83" t="s">
-        <v>321</v>
+        <v>337</v>
       </c>
       <c r="D83" t="s">
-        <v>322</v>
+        <v>338</v>
       </c>
       <c r="E83" t="s">
-        <v>323</v>
+        <v>339</v>
       </c>
       <c r="F83" t="s">
         <v>15</v>
       </c>
       <c r="G83" t="s">
         <v>16</v>
       </c>
       <c r="H83" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I83" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J83" t="s">
         <v>19</v>
       </c>
       <c r="K83" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>11</v>
       </c>
       <c r="B84" t="s">
-        <v>324</v>
+        <v>340</v>
       </c>
       <c r="C84" t="s">
-        <v>324</v>
+        <v>340</v>
       </c>
       <c r="D84" t="s">
-        <v>325</v>
+        <v>341</v>
       </c>
       <c r="E84" t="s">
-        <v>326</v>
+        <v>342</v>
       </c>
       <c r="F84" t="s">
         <v>15</v>
       </c>
       <c r="G84" t="s">
         <v>16</v>
       </c>
       <c r="H84" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I84" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J84" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K84" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>11</v>
       </c>
       <c r="B85" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="C85" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="D85" t="s">
-        <v>328</v>
+        <v>344</v>
       </c>
       <c r="E85" t="s">
-        <v>329</v>
+        <v>345</v>
       </c>
       <c r="F85" t="s">
         <v>15</v>
       </c>
       <c r="G85" t="s">
         <v>16</v>
       </c>
       <c r="H85" t="s">
-        <v>91</v>
+        <v>43</v>
       </c>
       <c r="I85" t="s">
-        <v>69</v>
+        <v>282</v>
       </c>
       <c r="J85" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K85" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>11</v>
       </c>
       <c r="B86" t="s">
-        <v>330</v>
+        <v>346</v>
       </c>
       <c r="C86" t="s">
-        <v>330</v>
+        <v>346</v>
       </c>
       <c r="D86" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
       <c r="E86" t="s">
-        <v>332</v>
+        <v>348</v>
       </c>
       <c r="F86" t="s">
         <v>15</v>
       </c>
       <c r="G86" t="s">
         <v>16</v>
       </c>
       <c r="H86" t="s">
-        <v>91</v>
+        <v>43</v>
       </c>
       <c r="I86" t="s">
-        <v>69</v>
+        <v>184</v>
       </c>
       <c r="J86" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K86" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>11</v>
       </c>
       <c r="B87" t="s">
-        <v>333</v>
+        <v>349</v>
       </c>
       <c r="C87" t="s">
-        <v>333</v>
+        <v>349</v>
       </c>
       <c r="D87" t="s">
-        <v>334</v>
+        <v>350</v>
       </c>
       <c r="E87" t="s">
-        <v>335</v>
+        <v>351</v>
       </c>
       <c r="F87" t="s">
         <v>15</v>
       </c>
       <c r="G87" t="s">
         <v>16</v>
       </c>
       <c r="H87" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I87" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="J87" t="s">
         <v>19</v>
       </c>
       <c r="K87" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>11</v>
       </c>
       <c r="B88" t="s">
-        <v>336</v>
+        <v>352</v>
       </c>
       <c r="C88" t="s">
-        <v>336</v>
+        <v>352</v>
       </c>
       <c r="D88" t="s">
-        <v>337</v>
+        <v>353</v>
       </c>
       <c r="E88" t="s">
-        <v>338</v>
+        <v>354</v>
       </c>
       <c r="F88" t="s">
         <v>15</v>
       </c>
       <c r="G88" t="s">
         <v>16</v>
       </c>
       <c r="H88" t="s">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="I88" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J88" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K88" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>11</v>
       </c>
       <c r="B89" t="s">
-        <v>339</v>
+        <v>355</v>
       </c>
       <c r="C89" t="s">
-        <v>339</v>
+        <v>355</v>
       </c>
       <c r="D89" t="s">
-        <v>340</v>
+        <v>356</v>
       </c>
       <c r="E89" t="s">
-        <v>341</v>
+        <v>357</v>
       </c>
       <c r="F89" t="s">
         <v>15</v>
       </c>
       <c r="G89" t="s">
         <v>16</v>
       </c>
       <c r="H89" t="s">
-        <v>100</v>
+        <v>247</v>
       </c>
       <c r="I89" t="s">
-        <v>69</v>
+        <v>358</v>
       </c>
       <c r="J89" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K89" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>11</v>
       </c>
       <c r="B90" t="s">
-        <v>342</v>
+        <v>359</v>
       </c>
       <c r="C90" t="s">
-        <v>342</v>
+        <v>359</v>
       </c>
       <c r="D90" t="s">
-        <v>343</v>
+        <v>360</v>
       </c>
       <c r="E90" t="s">
-        <v>344</v>
+        <v>361</v>
       </c>
       <c r="F90" t="s">
         <v>15</v>
       </c>
       <c r="G90" t="s">
         <v>16</v>
       </c>
       <c r="H90" t="s">
-        <v>345</v>
+        <v>362</v>
       </c>
       <c r="I90" t="s">
-        <v>69</v>
+        <v>363</v>
       </c>
       <c r="J90" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K90" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>11</v>
       </c>
       <c r="B91" t="s">
-        <v>346</v>
+        <v>364</v>
       </c>
       <c r="C91" t="s">
-        <v>346</v>
+        <v>364</v>
       </c>
       <c r="D91" t="s">
-        <v>347</v>
+        <v>365</v>
       </c>
       <c r="E91" t="s">
-        <v>348</v>
+        <v>366</v>
       </c>
       <c r="F91" t="s">
         <v>15</v>
       </c>
       <c r="G91" t="s">
         <v>16</v>
       </c>
       <c r="H91" t="s">
-        <v>113</v>
+        <v>256</v>
       </c>
       <c r="I91" t="s">
-        <v>349</v>
+        <v>282</v>
       </c>
       <c r="J91" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K91" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>11</v>
       </c>
       <c r="B92" t="s">
-        <v>350</v>
+        <v>367</v>
       </c>
       <c r="C92" t="s">
-        <v>350</v>
+        <v>367</v>
       </c>
       <c r="D92" t="s">
-        <v>351</v>
+        <v>368</v>
       </c>
       <c r="E92" t="s">
-        <v>352</v>
+        <v>369</v>
       </c>
       <c r="F92" t="s">
         <v>15</v>
       </c>
       <c r="G92" t="s">
         <v>16</v>
       </c>
       <c r="H92" t="s">
-        <v>353</v>
+        <v>49</v>
       </c>
       <c r="I92" t="s">
-        <v>354</v>
+        <v>18</v>
       </c>
       <c r="J92" t="s">
         <v>19</v>
       </c>
       <c r="K92" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>11</v>
       </c>
       <c r="B93" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="C93" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="D93" t="s">
-        <v>356</v>
+        <v>371</v>
       </c>
       <c r="E93" t="s">
-        <v>357</v>
+        <v>372</v>
       </c>
       <c r="F93" t="s">
         <v>15</v>
       </c>
       <c r="G93" t="s">
         <v>16</v>
       </c>
       <c r="H93" t="s">
-        <v>121</v>
+        <v>49</v>
       </c>
       <c r="I93" t="s">
-        <v>57</v>
+        <v>373</v>
       </c>
       <c r="J93" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K93" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>11</v>
       </c>
       <c r="B94" t="s">
-        <v>358</v>
+        <v>374</v>
       </c>
       <c r="C94" t="s">
-        <v>358</v>
+        <v>374</v>
       </c>
       <c r="D94" t="s">
-        <v>359</v>
+        <v>375</v>
       </c>
       <c r="E94" t="s">
-        <v>360</v>
+        <v>376</v>
       </c>
       <c r="F94" t="s">
         <v>15</v>
       </c>
       <c r="G94" t="s">
         <v>16</v>
       </c>
       <c r="H94" t="s">
-        <v>160</v>
+        <v>126</v>
       </c>
       <c r="I94" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J94" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K94" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>11</v>
       </c>
       <c r="B95" t="s">
-        <v>361</v>
+        <v>377</v>
       </c>
       <c r="C95" t="s">
-        <v>361</v>
+        <v>377</v>
       </c>
       <c r="D95" t="s">
-        <v>362</v>
+        <v>378</v>
       </c>
       <c r="E95" t="s">
-        <v>363</v>
+        <v>379</v>
       </c>
       <c r="F95" t="s">
         <v>15</v>
       </c>
       <c r="G95" t="s">
         <v>16</v>
       </c>
       <c r="H95" t="s">
-        <v>160</v>
+        <v>380</v>
       </c>
       <c r="I95" t="s">
-        <v>364</v>
+        <v>381</v>
       </c>
       <c r="J95" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K95" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>11</v>
       </c>
       <c r="B96" t="s">
-        <v>365</v>
+        <v>382</v>
       </c>
       <c r="C96" t="s">
-        <v>365</v>
+        <v>382</v>
       </c>
       <c r="D96" t="s">
-        <v>366</v>
+        <v>383</v>
       </c>
       <c r="E96" t="s">
-        <v>367</v>
+        <v>384</v>
       </c>
       <c r="F96" t="s">
         <v>15</v>
       </c>
       <c r="G96" t="s">
         <v>16</v>
       </c>
       <c r="H96" t="s">
-        <v>251</v>
+        <v>385</v>
       </c>
       <c r="I96" t="s">
-        <v>69</v>
+        <v>184</v>
       </c>
       <c r="J96" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K96" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>11</v>
       </c>
       <c r="B97" t="s">
-        <v>368</v>
+        <v>386</v>
       </c>
       <c r="C97" t="s">
-        <v>368</v>
+        <v>386</v>
       </c>
       <c r="D97" t="s">
-        <v>369</v>
+        <v>387</v>
       </c>
       <c r="E97" t="s">
-        <v>370</v>
+        <v>388</v>
       </c>
       <c r="F97" t="s">
         <v>15</v>
       </c>
       <c r="G97" t="s">
         <v>16</v>
       </c>
       <c r="H97" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="I97" t="s">
-        <v>371</v>
+        <v>198</v>
       </c>
       <c r="J97" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K97" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>11</v>
       </c>
       <c r="B98" t="s">
-        <v>372</v>
+        <v>389</v>
       </c>
       <c r="C98" t="s">
-        <v>372</v>
+        <v>389</v>
       </c>
       <c r="D98" t="s">
-        <v>373</v>
+        <v>390</v>
       </c>
       <c r="E98" t="s">
-        <v>374</v>
+        <v>391</v>
       </c>
       <c r="F98" t="s">
         <v>15</v>
       </c>
       <c r="G98" t="s">
         <v>16</v>
       </c>
       <c r="H98" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="I98" t="s">
-        <v>46</v>
+        <v>392</v>
       </c>
       <c r="J98" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K98" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>11</v>
       </c>
       <c r="B99" t="s">
-        <v>376</v>
+        <v>393</v>
       </c>
       <c r="C99" t="s">
-        <v>376</v>
+        <v>393</v>
       </c>
       <c r="D99" t="s">
-        <v>377</v>
+        <v>394</v>
       </c>
       <c r="E99" t="s">
-        <v>378</v>
+        <v>395</v>
       </c>
       <c r="F99" t="s">
         <v>15</v>
       </c>
       <c r="G99" t="s">
         <v>16</v>
       </c>
       <c r="H99" t="s">
-        <v>30</v>
+        <v>396</v>
       </c>
       <c r="I99" t="s">
-        <v>379</v>
+        <v>397</v>
       </c>
       <c r="J99" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K99" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>11</v>
       </c>
       <c r="B100" t="s">
-        <v>380</v>
+        <v>398</v>
       </c>
       <c r="C100" t="s">
-        <v>380</v>
+        <v>398</v>
       </c>
       <c r="D100" t="s">
-        <v>381</v>
+        <v>399</v>
       </c>
       <c r="E100" t="s">
-        <v>382</v>
+        <v>400</v>
       </c>
       <c r="F100" t="s">
         <v>15</v>
       </c>
       <c r="G100" t="s">
         <v>16</v>
       </c>
       <c r="H100" t="s">
-        <v>128</v>
+        <v>401</v>
       </c>
       <c r="I100" t="s">
-        <v>383</v>
+        <v>184</v>
       </c>
       <c r="J100" t="s">
         <v>19</v>
       </c>
       <c r="K100" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>11</v>
       </c>
       <c r="B101" t="s">
-        <v>384</v>
+        <v>402</v>
       </c>
       <c r="C101" t="s">
-        <v>384</v>
+        <v>402</v>
       </c>
       <c r="D101" t="s">
-        <v>385</v>
+        <v>403</v>
       </c>
       <c r="E101" t="s">
-        <v>386</v>
+        <v>404</v>
       </c>
       <c r="F101" t="s">
         <v>15</v>
       </c>
       <c r="G101" t="s">
         <v>16</v>
       </c>
       <c r="H101" t="s">
-        <v>56</v>
+        <v>212</v>
       </c>
       <c r="I101" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J101" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K101" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>11</v>
       </c>
       <c r="B102" t="s">
-        <v>387</v>
+        <v>405</v>
       </c>
       <c r="C102" t="s">
-        <v>387</v>
+        <v>405</v>
       </c>
       <c r="D102" t="s">
-        <v>388</v>
+        <v>406</v>
       </c>
       <c r="E102" t="s">
-        <v>389</v>
+        <v>407</v>
       </c>
       <c r="F102" t="s">
         <v>15</v>
       </c>
       <c r="G102" t="s">
         <v>16</v>
       </c>
       <c r="H102" t="s">
-        <v>56</v>
+        <v>408</v>
       </c>
       <c r="I102" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J102" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K102" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>11</v>
       </c>
       <c r="B103" t="s">
-        <v>74</v>
+        <v>409</v>
       </c>
       <c r="C103" t="s">
-        <v>74</v>
+        <v>409</v>
       </c>
       <c r="D103" t="s">
-        <v>390</v>
+        <v>410</v>
       </c>
       <c r="E103" t="s">
-        <v>391</v>
+        <v>411</v>
       </c>
       <c r="F103" t="s">
         <v>15</v>
       </c>
       <c r="G103" t="s">
         <v>16</v>
       </c>
       <c r="H103" t="s">
-        <v>68</v>
+        <v>408</v>
       </c>
       <c r="I103" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J103" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K103" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>11</v>
       </c>
       <c r="B104" t="s">
-        <v>392</v>
+        <v>412</v>
       </c>
       <c r="C104" t="s">
-        <v>392</v>
+        <v>412</v>
       </c>
       <c r="D104" t="s">
-        <v>393</v>
+        <v>413</v>
       </c>
       <c r="E104" t="s">
-        <v>394</v>
+        <v>414</v>
       </c>
       <c r="F104" t="s">
         <v>15</v>
       </c>
       <c r="G104" t="s">
         <v>16</v>
       </c>
       <c r="H104" t="s">
-        <v>136</v>
+        <v>401</v>
       </c>
       <c r="I104" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J104" t="s">
         <v>19</v>
       </c>
       <c r="K104" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>11</v>
       </c>
       <c r="B105" t="s">
-        <v>395</v>
+        <v>415</v>
       </c>
       <c r="C105" t="s">
-        <v>395</v>
+        <v>415</v>
       </c>
       <c r="D105" t="s">
-        <v>396</v>
+        <v>416</v>
       </c>
       <c r="E105" t="s">
-        <v>397</v>
+        <v>417</v>
       </c>
       <c r="F105" t="s">
         <v>15</v>
       </c>
       <c r="G105" t="s">
         <v>16</v>
       </c>
       <c r="H105" t="s">
-        <v>136</v>
+        <v>401</v>
       </c>
       <c r="I105" t="s">
-        <v>69</v>
+        <v>418</v>
       </c>
       <c r="J105" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K105" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>11</v>
       </c>
       <c r="B106" t="s">
-        <v>398</v>
+        <v>419</v>
       </c>
       <c r="C106" t="s">
-        <v>398</v>
+        <v>419</v>
       </c>
       <c r="D106" t="s">
-        <v>399</v>
+        <v>420</v>
       </c>
       <c r="E106" t="s">
-        <v>400</v>
+        <v>421</v>
       </c>
       <c r="F106" t="s">
         <v>15</v>
       </c>
       <c r="G106" t="s">
         <v>16</v>
       </c>
       <c r="H106" t="s">
-        <v>56</v>
+        <v>422</v>
       </c>
       <c r="I106" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J106" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K106" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>11</v>
       </c>
       <c r="B107" t="s">
-        <v>401</v>
+        <v>423</v>
       </c>
       <c r="C107" t="s">
-        <v>401</v>
+        <v>423</v>
       </c>
       <c r="D107" t="s">
-        <v>402</v>
+        <v>424</v>
       </c>
       <c r="E107" t="s">
-        <v>403</v>
+        <v>425</v>
       </c>
       <c r="F107" t="s">
         <v>15</v>
       </c>
       <c r="G107" t="s">
         <v>16</v>
       </c>
       <c r="H107" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="I107" t="s">
-        <v>35</v>
+        <v>426</v>
       </c>
       <c r="J107" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K107" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>11</v>
       </c>
       <c r="B108" t="s">
-        <v>404</v>
+        <v>427</v>
       </c>
       <c r="C108" t="s">
-        <v>404</v>
+        <v>427</v>
       </c>
       <c r="D108" t="s">
-        <v>405</v>
+        <v>428</v>
       </c>
       <c r="E108" t="s">
-        <v>406</v>
+        <v>429</v>
       </c>
       <c r="F108" t="s">
         <v>15</v>
       </c>
       <c r="G108" t="s">
         <v>16</v>
       </c>
       <c r="H108" t="s">
-        <v>407</v>
+        <v>221</v>
       </c>
       <c r="I108" t="s">
-        <v>69</v>
+        <v>430</v>
       </c>
       <c r="J108" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K108" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>11</v>
       </c>
       <c r="B109" t="s">
-        <v>408</v>
+        <v>431</v>
       </c>
       <c r="C109" t="s">
-        <v>408</v>
+        <v>431</v>
       </c>
       <c r="D109" t="s">
-        <v>409</v>
+        <v>432</v>
       </c>
       <c r="E109" t="s">
-        <v>410</v>
+        <v>433</v>
       </c>
       <c r="F109" t="s">
         <v>15</v>
       </c>
       <c r="G109" t="s">
         <v>16</v>
       </c>
       <c r="H109" t="s">
         <v>16</v>
       </c>
       <c r="I109" t="s">
-        <v>411</v>
+        <v>434</v>
       </c>
       <c r="J109" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K109" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>11</v>
       </c>
       <c r="B110" t="s">
-        <v>412</v>
+        <v>435</v>
       </c>
       <c r="C110" t="s">
-        <v>412</v>
+        <v>435</v>
       </c>
       <c r="D110" t="s">
-        <v>413</v>
+        <v>436</v>
       </c>
       <c r="E110" t="s">
-        <v>414</v>
+        <v>437</v>
       </c>
       <c r="F110" t="s">
         <v>15</v>
       </c>
       <c r="G110" t="s">
         <v>16</v>
       </c>
       <c r="H110" t="s">
-        <v>91</v>
+        <v>43</v>
       </c>
       <c r="I110" t="s">
-        <v>415</v>
+        <v>438</v>
       </c>
       <c r="J110" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K110" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>11</v>
       </c>
       <c r="B111" t="s">
-        <v>416</v>
+        <v>439</v>
       </c>
       <c r="C111" t="s">
-        <v>416</v>
+        <v>439</v>
       </c>
       <c r="D111" t="s">
-        <v>417</v>
+        <v>440</v>
       </c>
       <c r="E111" t="s">
-        <v>418</v>
+        <v>441</v>
       </c>
       <c r="F111" t="s">
         <v>15</v>
       </c>
       <c r="G111" t="s">
         <v>16</v>
       </c>
       <c r="H111" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="I111" t="s">
-        <v>419</v>
+        <v>442</v>
       </c>
       <c r="J111" t="s">
         <v>19</v>
       </c>
       <c r="K111" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>11</v>
       </c>
       <c r="B112" t="s">
-        <v>420</v>
+        <v>443</v>
       </c>
       <c r="C112" t="s">
-        <v>420</v>
+        <v>443</v>
       </c>
       <c r="D112" t="s">
-        <v>421</v>
+        <v>444</v>
       </c>
       <c r="E112" t="s">
-        <v>422</v>
+        <v>445</v>
       </c>
       <c r="F112" t="s">
         <v>15</v>
       </c>
       <c r="G112" t="s">
         <v>16</v>
       </c>
       <c r="H112" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="I112" t="s">
-        <v>423</v>
+        <v>18</v>
       </c>
       <c r="J112" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K112" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>11</v>
       </c>
       <c r="B113" t="s">
-        <v>424</v>
+        <v>446</v>
       </c>
       <c r="C113" t="s">
-        <v>424</v>
+        <v>446</v>
       </c>
       <c r="D113" t="s">
-        <v>425</v>
+        <v>447</v>
       </c>
       <c r="E113" t="s">
-        <v>426</v>
+        <v>448</v>
       </c>
       <c r="F113" t="s">
         <v>15</v>
       </c>
       <c r="G113" t="s">
         <v>16</v>
       </c>
       <c r="H113" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="I113" t="s">
-        <v>427</v>
+        <v>18</v>
       </c>
       <c r="J113" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K113" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>11</v>
       </c>
       <c r="B114" t="s">
-        <v>428</v>
+        <v>449</v>
       </c>
       <c r="C114" t="s">
-        <v>428</v>
+        <v>449</v>
       </c>
       <c r="D114" t="s">
-        <v>429</v>
+        <v>450</v>
       </c>
       <c r="E114" t="s">
-        <v>430</v>
+        <v>451</v>
       </c>
       <c r="F114" t="s">
         <v>15</v>
       </c>
       <c r="G114" t="s">
         <v>16</v>
       </c>
       <c r="H114" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I114" t="s">
-        <v>69</v>
+        <v>452</v>
       </c>
       <c r="J114" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K114" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>11</v>
       </c>
       <c r="B115" t="s">
-        <v>431</v>
+        <v>453</v>
       </c>
       <c r="C115" t="s">
-        <v>431</v>
+        <v>453</v>
       </c>
       <c r="D115" t="s">
-        <v>432</v>
+        <v>454</v>
       </c>
       <c r="E115" t="s">
-        <v>433</v>
+        <v>455</v>
       </c>
       <c r="F115" t="s">
         <v>15</v>
       </c>
       <c r="G115" t="s">
         <v>16</v>
       </c>
       <c r="H115" t="s">
-        <v>132</v>
+        <v>64</v>
       </c>
       <c r="I115" t="s">
-        <v>69</v>
+        <v>456</v>
       </c>
       <c r="J115" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K115" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>11</v>
       </c>
       <c r="B116" t="s">
-        <v>434</v>
+        <v>457</v>
       </c>
       <c r="C116" t="s">
-        <v>434</v>
+        <v>457</v>
       </c>
       <c r="D116" t="s">
-        <v>435</v>
+        <v>458</v>
       </c>
       <c r="E116" t="s">
-        <v>436</v>
+        <v>459</v>
       </c>
       <c r="F116" t="s">
         <v>15</v>
       </c>
       <c r="G116" t="s">
         <v>16</v>
       </c>
       <c r="H116" t="s">
-        <v>132</v>
+        <v>380</v>
       </c>
       <c r="I116" t="s">
-        <v>437</v>
+        <v>460</v>
       </c>
       <c r="J116" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K116" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>11</v>
       </c>
       <c r="B117" t="s">
-        <v>438</v>
+        <v>461</v>
       </c>
       <c r="C117" t="s">
-        <v>438</v>
+        <v>461</v>
       </c>
       <c r="D117" t="s">
-        <v>439</v>
+        <v>462</v>
       </c>
       <c r="E117" t="s">
-        <v>440</v>
+        <v>463</v>
       </c>
       <c r="F117" t="s">
         <v>15</v>
       </c>
       <c r="G117" t="s">
         <v>16</v>
       </c>
       <c r="H117" t="s">
-        <v>345</v>
+        <v>380</v>
       </c>
       <c r="I117" t="s">
-        <v>441</v>
+        <v>464</v>
       </c>
       <c r="J117" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K117" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>11</v>
       </c>
       <c r="B118" t="s">
-        <v>442</v>
+        <v>465</v>
       </c>
       <c r="C118" t="s">
-        <v>442</v>
+        <v>465</v>
       </c>
       <c r="D118" t="s">
-        <v>443</v>
+        <v>466</v>
       </c>
       <c r="E118" t="s">
-        <v>444</v>
+        <v>467</v>
       </c>
       <c r="F118" t="s">
         <v>15</v>
       </c>
       <c r="G118" t="s">
         <v>16</v>
       </c>
       <c r="H118" t="s">
-        <v>24</v>
+        <v>221</v>
       </c>
       <c r="I118" t="s">
-        <v>445</v>
+        <v>18</v>
       </c>
       <c r="J118" t="s">
         <v>19</v>
       </c>
       <c r="K118" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>11</v>
       </c>
       <c r="B119" t="s">
-        <v>446</v>
+        <v>468</v>
       </c>
       <c r="C119" t="s">
-        <v>446</v>
+        <v>468</v>
       </c>
       <c r="D119" t="s">
-        <v>447</v>
+        <v>469</v>
       </c>
       <c r="E119" t="s">
-        <v>448</v>
+        <v>470</v>
       </c>
       <c r="F119" t="s">
         <v>15</v>
       </c>
       <c r="G119" t="s">
         <v>16</v>
       </c>
       <c r="H119" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="I119" t="s">
-        <v>449</v>
+        <v>18</v>
       </c>
       <c r="J119" t="s">
         <v>19</v>
       </c>
       <c r="K119" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>11</v>
       </c>
       <c r="B120" t="s">
-        <v>450</v>
+        <v>471</v>
       </c>
       <c r="C120" t="s">
-        <v>450</v>
+        <v>471</v>
       </c>
       <c r="D120" t="s">
-        <v>451</v>
+        <v>472</v>
       </c>
       <c r="E120" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="F120" t="s">
         <v>15</v>
       </c>
       <c r="G120" t="s">
         <v>16</v>
       </c>
       <c r="H120" t="s">
-        <v>91</v>
+        <v>212</v>
       </c>
       <c r="I120" t="s">
-        <v>69</v>
+        <v>474</v>
       </c>
       <c r="J120" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K120" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>11</v>
       </c>
       <c r="B121" t="s">
-        <v>453</v>
+        <v>475</v>
       </c>
       <c r="C121" t="s">
-        <v>453</v>
+        <v>475</v>
       </c>
       <c r="D121" t="s">
-        <v>454</v>
+        <v>476</v>
       </c>
       <c r="E121" t="s">
-        <v>455</v>
+        <v>477</v>
       </c>
       <c r="F121" t="s">
         <v>15</v>
       </c>
       <c r="G121" t="s">
         <v>16</v>
       </c>
       <c r="H121" t="s">
-        <v>160</v>
+        <v>86</v>
       </c>
       <c r="I121" t="s">
-        <v>456</v>
+        <v>18</v>
       </c>
       <c r="J121" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K121" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>11</v>
       </c>
       <c r="B122" t="s">
-        <v>457</v>
+        <v>478</v>
       </c>
       <c r="C122" t="s">
-        <v>457</v>
+        <v>478</v>
       </c>
       <c r="D122" t="s">
-        <v>458</v>
+        <v>479</v>
       </c>
       <c r="E122" t="s">
-        <v>459</v>
+        <v>480</v>
       </c>
       <c r="F122" t="s">
         <v>15</v>
       </c>
       <c r="G122" t="s">
         <v>16</v>
       </c>
       <c r="H122" t="s">
-        <v>73</v>
+        <v>16</v>
       </c>
       <c r="I122" t="s">
-        <v>69</v>
+        <v>481</v>
       </c>
       <c r="J122" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K122" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>11</v>
       </c>
       <c r="B123" t="s">
-        <v>460</v>
+        <v>71</v>
       </c>
       <c r="C123" t="s">
-        <v>460</v>
+        <v>482</v>
       </c>
       <c r="D123" t="s">
-        <v>461</v>
+        <v>483</v>
       </c>
       <c r="E123" t="s">
-        <v>462</v>
+        <v>484</v>
       </c>
       <c r="F123" t="s">
         <v>15</v>
       </c>
       <c r="G123" t="s">
         <v>16</v>
       </c>
       <c r="H123" t="s">
-        <v>132</v>
+        <v>16</v>
       </c>
       <c r="I123" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="J123" t="s">
         <v>19</v>
       </c>
       <c r="K123" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>11</v>
       </c>
       <c r="B124" t="s">
-        <v>463</v>
+        <v>71</v>
       </c>
       <c r="C124" t="s">
-        <v>463</v>
+        <v>485</v>
       </c>
       <c r="D124" t="s">
-        <v>464</v>
+        <v>486</v>
       </c>
       <c r="E124" t="s">
-        <v>465</v>
+        <v>487</v>
       </c>
       <c r="F124" t="s">
         <v>15</v>
       </c>
       <c r="G124" t="s">
         <v>16</v>
       </c>
       <c r="H124" t="s">
         <v>16</v>
       </c>
       <c r="I124" t="s">
-        <v>466</v>
+        <v>75</v>
       </c>
       <c r="J124" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K124" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>11</v>
       </c>
       <c r="B125" t="s">
-        <v>162</v>
+        <v>39</v>
       </c>
       <c r="C125" t="s">
-        <v>467</v>
+        <v>488</v>
       </c>
       <c r="D125" t="s">
-        <v>468</v>
+        <v>489</v>
       </c>
       <c r="E125" t="s">
-        <v>469</v>
+        <v>490</v>
       </c>
       <c r="F125" t="s">
         <v>15</v>
       </c>
       <c r="G125" t="s">
         <v>16</v>
       </c>
       <c r="H125" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="I125" t="s">
-        <v>166</v>
+        <v>44</v>
       </c>
       <c r="J125" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K125" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>11</v>
       </c>
       <c r="B126" t="s">
-        <v>162</v>
+        <v>45</v>
       </c>
       <c r="C126" t="s">
-        <v>470</v>
+        <v>491</v>
       </c>
       <c r="D126" t="s">
-        <v>471</v>
+        <v>492</v>
       </c>
       <c r="E126" t="s">
-        <v>472</v>
+        <v>493</v>
       </c>
       <c r="F126" t="s">
         <v>15</v>
       </c>
       <c r="G126" t="s">
         <v>16</v>
       </c>
       <c r="H126" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="I126" t="s">
-        <v>166</v>
+        <v>44</v>
       </c>
       <c r="J126" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K126" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>11</v>
       </c>
       <c r="B127" t="s">
-        <v>167</v>
+        <v>45</v>
       </c>
       <c r="C127" t="s">
-        <v>473</v>
+        <v>494</v>
       </c>
       <c r="D127" t="s">
-        <v>474</v>
+        <v>495</v>
       </c>
       <c r="E127" t="s">
-        <v>475</v>
+        <v>496</v>
       </c>
       <c r="F127" t="s">
         <v>15</v>
       </c>
       <c r="G127" t="s">
         <v>16</v>
       </c>
       <c r="H127" t="s">
-        <v>100</v>
+        <v>49</v>
       </c>
       <c r="I127" t="s">
-        <v>171</v>
+        <v>44</v>
       </c>
       <c r="J127" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K127" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>11</v>
       </c>
       <c r="B128" t="s">
-        <v>476</v>
+        <v>56</v>
       </c>
       <c r="C128" t="s">
-        <v>477</v>
+        <v>497</v>
       </c>
       <c r="D128" t="s">
-        <v>478</v>
+        <v>498</v>
       </c>
       <c r="E128" t="s">
-        <v>479</v>
+        <v>499</v>
       </c>
       <c r="F128" t="s">
         <v>15</v>
       </c>
       <c r="G128" t="s">
         <v>16</v>
       </c>
       <c r="H128" t="s">
-        <v>160</v>
+        <v>29</v>
       </c>
       <c r="I128" t="s">
-        <v>171</v>
+        <v>60</v>
       </c>
       <c r="J128" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K128" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>11</v>
       </c>
       <c r="B129" t="s">
-        <v>476</v>
+        <v>56</v>
       </c>
       <c r="C129" t="s">
-        <v>480</v>
+        <v>500</v>
       </c>
       <c r="D129" t="s">
-        <v>481</v>
+        <v>501</v>
       </c>
       <c r="E129" t="s">
-        <v>482</v>
+        <v>502</v>
       </c>
       <c r="F129" t="s">
         <v>15</v>
       </c>
       <c r="G129" t="s">
         <v>16</v>
       </c>
       <c r="H129" t="s">
-        <v>160</v>
+        <v>503</v>
       </c>
       <c r="I129" t="s">
-        <v>171</v>
+        <v>60</v>
       </c>
       <c r="J129" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K129" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>11</v>
       </c>
       <c r="B130" t="s">
-        <v>483</v>
+        <v>56</v>
       </c>
       <c r="C130" t="s">
-        <v>484</v>
+        <v>504</v>
       </c>
       <c r="D130" t="s">
-        <v>485</v>
+        <v>505</v>
       </c>
       <c r="E130" t="s">
-        <v>486</v>
+        <v>506</v>
       </c>
       <c r="F130" t="s">
         <v>15</v>
       </c>
       <c r="G130" t="s">
         <v>16</v>
       </c>
       <c r="H130" t="s">
-        <v>487</v>
+        <v>507</v>
       </c>
       <c r="I130" t="s">
-        <v>488</v>
+        <v>60</v>
       </c>
       <c r="J130" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K130" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>11</v>
       </c>
       <c r="B131" t="s">
-        <v>483</v>
+        <v>71</v>
       </c>
       <c r="C131" t="s">
-        <v>489</v>
+        <v>508</v>
       </c>
       <c r="D131" t="s">
-        <v>490</v>
+        <v>509</v>
       </c>
       <c r="E131" t="s">
-        <v>491</v>
+        <v>510</v>
       </c>
       <c r="F131" t="s">
         <v>15</v>
       </c>
       <c r="G131" t="s">
         <v>16</v>
       </c>
       <c r="H131" t="s">
-        <v>492</v>
+        <v>16</v>
       </c>
       <c r="I131" t="s">
-        <v>488</v>
+        <v>75</v>
       </c>
       <c r="J131" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K131" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>11</v>
       </c>
       <c r="B132" t="s">
-        <v>483</v>
+        <v>511</v>
       </c>
       <c r="C132" t="s">
-        <v>493</v>
+        <v>511</v>
       </c>
       <c r="D132" t="s">
-        <v>494</v>
+        <v>512</v>
       </c>
       <c r="E132" t="s">
-        <v>495</v>
+        <v>513</v>
       </c>
       <c r="F132" t="s">
         <v>15</v>
       </c>
       <c r="G132" t="s">
         <v>16</v>
       </c>
       <c r="H132" t="s">
-        <v>496</v>
+        <v>80</v>
       </c>
       <c r="I132" t="s">
-        <v>488</v>
+        <v>514</v>
       </c>
       <c r="J132" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K132" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>11</v>
       </c>
       <c r="B133" t="s">
-        <v>162</v>
+        <v>515</v>
       </c>
       <c r="C133" t="s">
-        <v>497</v>
+        <v>515</v>
       </c>
       <c r="D133" t="s">
-        <v>498</v>
+        <v>516</v>
       </c>
       <c r="E133" t="s">
-        <v>499</v>
+        <v>517</v>
       </c>
       <c r="F133" t="s">
         <v>15</v>
       </c>
       <c r="G133" t="s">
         <v>16</v>
       </c>
       <c r="H133" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="I133" t="s">
-        <v>166</v>
+        <v>518</v>
       </c>
       <c r="J133" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K133" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>11</v>
       </c>
       <c r="B134" t="s">
-        <v>500</v>
+        <v>519</v>
       </c>
       <c r="C134" t="s">
-        <v>500</v>
+        <v>520</v>
       </c>
       <c r="D134" t="s">
-        <v>501</v>
+        <v>521</v>
       </c>
       <c r="E134" t="s">
-        <v>502</v>
+        <v>522</v>
       </c>
       <c r="F134" t="s">
         <v>15</v>
       </c>
       <c r="G134" t="s">
         <v>16</v>
       </c>
       <c r="H134" t="s">
-        <v>191</v>
+        <v>107</v>
       </c>
       <c r="I134" t="s">
-        <v>503</v>
+        <v>523</v>
       </c>
       <c r="J134" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K134" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>11</v>
       </c>
       <c r="B135" t="s">
-        <v>504</v>
+        <v>82</v>
       </c>
       <c r="C135" t="s">
-        <v>504</v>
+        <v>524</v>
       </c>
       <c r="D135" t="s">
-        <v>505</v>
+        <v>525</v>
       </c>
       <c r="E135" t="s">
-        <v>506</v>
+        <v>526</v>
       </c>
       <c r="F135" t="s">
         <v>15</v>
       </c>
       <c r="G135" t="s">
         <v>16</v>
       </c>
       <c r="H135" t="s">
-        <v>251</v>
+        <v>86</v>
       </c>
       <c r="I135" t="s">
-        <v>507</v>
+        <v>87</v>
       </c>
       <c r="J135" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K135" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>11</v>
       </c>
       <c r="B136" t="s">
-        <v>193</v>
+        <v>519</v>
       </c>
       <c r="C136" t="s">
-        <v>508</v>
+        <v>527</v>
       </c>
       <c r="D136" t="s">
-        <v>509</v>
+        <v>528</v>
       </c>
       <c r="E136" t="s">
-        <v>510</v>
+        <v>529</v>
       </c>
       <c r="F136" t="s">
         <v>15</v>
       </c>
       <c r="G136" t="s">
         <v>16</v>
       </c>
       <c r="H136" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="I136" t="s">
-        <v>197</v>
+        <v>523</v>
       </c>
       <c r="J136" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K136" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>11</v>
       </c>
       <c r="B137" t="s">
-        <v>179</v>
+        <v>530</v>
       </c>
       <c r="C137" t="s">
-        <v>511</v>
+        <v>530</v>
       </c>
       <c r="D137" t="s">
-        <v>512</v>
+        <v>531</v>
       </c>
       <c r="E137" t="s">
-        <v>513</v>
+        <v>532</v>
       </c>
       <c r="F137" t="s">
         <v>15</v>
       </c>
       <c r="G137" t="s">
         <v>16</v>
       </c>
       <c r="H137" t="s">
-        <v>132</v>
+        <v>17</v>
       </c>
       <c r="I137" t="s">
-        <v>183</v>
+        <v>533</v>
       </c>
       <c r="J137" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K137" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>11</v>
       </c>
       <c r="B138" t="s">
-        <v>193</v>
+        <v>534</v>
       </c>
       <c r="C138" t="s">
-        <v>514</v>
+        <v>535</v>
       </c>
       <c r="D138" t="s">
-        <v>515</v>
+        <v>536</v>
       </c>
       <c r="E138" t="s">
-        <v>516</v>
+        <v>537</v>
       </c>
       <c r="F138" t="s">
         <v>15</v>
       </c>
       <c r="G138" t="s">
         <v>16</v>
       </c>
       <c r="H138" t="s">
-        <v>95</v>
+        <v>401</v>
       </c>
       <c r="I138" t="s">
-        <v>197</v>
+        <v>538</v>
       </c>
       <c r="J138" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K138" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>11</v>
       </c>
       <c r="B139" t="s">
-        <v>517</v>
+        <v>534</v>
       </c>
       <c r="C139" t="s">
-        <v>517</v>
+        <v>539</v>
       </c>
       <c r="D139" t="s">
-        <v>518</v>
+        <v>540</v>
       </c>
       <c r="E139" t="s">
-        <v>519</v>
+        <v>541</v>
       </c>
       <c r="F139" t="s">
         <v>15</v>
       </c>
       <c r="G139" t="s">
         <v>16</v>
       </c>
       <c r="H139" t="s">
-        <v>73</v>
+        <v>401</v>
       </c>
       <c r="I139" t="s">
-        <v>520</v>
+        <v>538</v>
       </c>
       <c r="J139" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K139" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>11</v>
       </c>
       <c r="B140" t="s">
-        <v>521</v>
+        <v>542</v>
       </c>
       <c r="C140" t="s">
-        <v>522</v>
+        <v>543</v>
       </c>
       <c r="D140" t="s">
-        <v>523</v>
+        <v>544</v>
       </c>
       <c r="E140" t="s">
-        <v>524</v>
+        <v>545</v>
       </c>
       <c r="F140" t="s">
         <v>15</v>
       </c>
       <c r="G140" t="s">
         <v>16</v>
       </c>
       <c r="H140" t="s">
-        <v>56</v>
+        <v>212</v>
       </c>
       <c r="I140" t="s">
-        <v>525</v>
+        <v>546</v>
       </c>
       <c r="J140" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K140" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>11</v>
       </c>
       <c r="B141" t="s">
-        <v>521</v>
+        <v>45</v>
       </c>
       <c r="C141" t="s">
-        <v>526</v>
+        <v>547</v>
       </c>
       <c r="D141" t="s">
-        <v>527</v>
+        <v>548</v>
       </c>
       <c r="E141" t="s">
-        <v>528</v>
+        <v>549</v>
       </c>
       <c r="F141" t="s">
         <v>15</v>
       </c>
       <c r="G141" t="s">
         <v>16</v>
       </c>
       <c r="H141" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="I141" t="s">
-        <v>525</v>
+        <v>44</v>
       </c>
       <c r="J141" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K141" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>11</v>
       </c>
       <c r="B142" t="s">
-        <v>201</v>
+        <v>45</v>
       </c>
       <c r="C142" t="s">
-        <v>529</v>
+        <v>550</v>
       </c>
       <c r="D142" t="s">
-        <v>530</v>
+        <v>551</v>
       </c>
       <c r="E142" t="s">
-        <v>531</v>
+        <v>552</v>
       </c>
       <c r="F142" t="s">
         <v>15</v>
       </c>
       <c r="G142" t="s">
         <v>16</v>
       </c>
       <c r="H142" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="I142" t="s">
-        <v>205</v>
+        <v>44</v>
       </c>
       <c r="J142" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K142" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>11</v>
       </c>
       <c r="B143" t="s">
-        <v>476</v>
+        <v>553</v>
       </c>
       <c r="C143" t="s">
-        <v>532</v>
+        <v>553</v>
       </c>
       <c r="D143" t="s">
-        <v>533</v>
+        <v>554</v>
       </c>
       <c r="E143" t="s">
-        <v>534</v>
+        <v>555</v>
       </c>
       <c r="F143" t="s">
         <v>15</v>
       </c>
       <c r="G143" t="s">
         <v>16</v>
       </c>
       <c r="H143" t="s">
-        <v>160</v>
+        <v>43</v>
       </c>
       <c r="I143" t="s">
-        <v>171</v>
+        <v>18</v>
       </c>
       <c r="J143" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K143" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>11</v>
       </c>
       <c r="B144" t="s">
-        <v>476</v>
+        <v>556</v>
       </c>
       <c r="C144" t="s">
-        <v>535</v>
+        <v>556</v>
       </c>
       <c r="D144" t="s">
-        <v>536</v>
+        <v>557</v>
       </c>
       <c r="E144" t="s">
-        <v>537</v>
+        <v>558</v>
       </c>
       <c r="F144" t="s">
         <v>15</v>
       </c>
       <c r="G144" t="s">
         <v>16</v>
       </c>
       <c r="H144" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
       <c r="I144" t="s">
-        <v>171</v>
+        <v>184</v>
       </c>
       <c r="J144" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K144" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>11</v>
       </c>
       <c r="B145" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="C145" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="D145" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="E145" t="s">
-        <v>540</v>
+        <v>561</v>
       </c>
       <c r="F145" t="s">
         <v>15</v>
       </c>
       <c r="G145" t="s">
         <v>16</v>
       </c>
       <c r="H145" t="s">
-        <v>100</v>
+        <v>562</v>
       </c>
       <c r="I145" t="s">
-        <v>69</v>
+        <v>563</v>
       </c>
       <c r="J145" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K145" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>11</v>
       </c>
       <c r="B146" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="C146" t="s">
-        <v>541</v>
+        <v>564</v>
       </c>
       <c r="D146" t="s">
-        <v>542</v>
+        <v>565</v>
       </c>
       <c r="E146" t="s">
-        <v>543</v>
+        <v>566</v>
       </c>
       <c r="F146" t="s">
         <v>15</v>
       </c>
       <c r="G146" t="s">
         <v>16</v>
       </c>
       <c r="H146" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I146" t="s">
-        <v>46</v>
+        <v>567</v>
       </c>
       <c r="J146" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K146" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>11</v>
       </c>
       <c r="B147" t="s">
-        <v>544</v>
+        <v>568</v>
       </c>
       <c r="C147" t="s">
-        <v>544</v>
+        <v>568</v>
       </c>
       <c r="D147" t="s">
-        <v>545</v>
+        <v>569</v>
       </c>
       <c r="E147" t="s">
-        <v>546</v>
+        <v>570</v>
       </c>
       <c r="F147" t="s">
         <v>15</v>
       </c>
       <c r="G147" t="s">
         <v>16</v>
       </c>
       <c r="H147" t="s">
-        <v>547</v>
+        <v>126</v>
       </c>
       <c r="I147" t="s">
-        <v>548</v>
+        <v>18</v>
       </c>
       <c r="J147" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K147" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>11</v>
       </c>
       <c r="B148" t="s">
-        <v>549</v>
+        <v>571</v>
       </c>
       <c r="C148" t="s">
-        <v>549</v>
+        <v>571</v>
       </c>
       <c r="D148" t="s">
-        <v>550</v>
+        <v>572</v>
       </c>
       <c r="E148" t="s">
-        <v>551</v>
+        <v>573</v>
       </c>
       <c r="F148" t="s">
         <v>15</v>
       </c>
       <c r="G148" t="s">
         <v>16</v>
       </c>
       <c r="H148" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="I148" t="s">
-        <v>552</v>
+        <v>18</v>
       </c>
       <c r="J148" t="s">
         <v>19</v>
       </c>
       <c r="K148" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>11</v>
       </c>
       <c r="B149" t="s">
-        <v>553</v>
+        <v>574</v>
       </c>
       <c r="C149" t="s">
-        <v>553</v>
+        <v>574</v>
       </c>
       <c r="D149" t="s">
-        <v>554</v>
+        <v>575</v>
       </c>
       <c r="E149" t="s">
-        <v>555</v>
+        <v>576</v>
       </c>
       <c r="F149" t="s">
         <v>15</v>
       </c>
       <c r="G149" t="s">
         <v>16</v>
       </c>
       <c r="H149" t="s">
-        <v>251</v>
+        <v>17</v>
       </c>
       <c r="I149" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J149" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K149" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>11</v>
       </c>
       <c r="B150" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
       <c r="C150" t="s">
-        <v>556</v>
+        <v>578</v>
       </c>
       <c r="D150" t="s">
-        <v>557</v>
+        <v>579</v>
       </c>
       <c r="E150" t="s">
-        <v>558</v>
+        <v>580</v>
       </c>
       <c r="F150" t="s">
         <v>15</v>
       </c>
       <c r="G150" t="s">
         <v>16</v>
       </c>
       <c r="H150" t="s">
-        <v>251</v>
+        <v>221</v>
       </c>
       <c r="I150" t="s">
-        <v>69</v>
+        <v>581</v>
       </c>
       <c r="J150" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K150" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>11</v>
       </c>
       <c r="B151" t="s">
-        <v>559</v>
+        <v>582</v>
       </c>
       <c r="C151" t="s">
-        <v>559</v>
+        <v>582</v>
       </c>
       <c r="D151" t="s">
-        <v>560</v>
+        <v>583</v>
       </c>
       <c r="E151" t="s">
-        <v>561</v>
+        <v>584</v>
       </c>
       <c r="F151" t="s">
         <v>15</v>
       </c>
       <c r="G151" t="s">
         <v>16</v>
       </c>
       <c r="H151" t="s">
-        <v>73</v>
+        <v>159</v>
       </c>
       <c r="I151" t="s">
-        <v>69</v>
+        <v>585</v>
       </c>
       <c r="J151" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K151" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>11</v>
       </c>
       <c r="B152" t="s">
-        <v>562</v>
+        <v>586</v>
       </c>
       <c r="C152" t="s">
-        <v>563</v>
+        <v>587</v>
       </c>
       <c r="D152" t="s">
-        <v>564</v>
+        <v>588</v>
       </c>
       <c r="E152" t="s">
-        <v>565</v>
+        <v>589</v>
       </c>
       <c r="F152" t="s">
         <v>15</v>
       </c>
       <c r="G152" t="s">
         <v>16</v>
       </c>
       <c r="H152" t="s">
-        <v>91</v>
+        <v>256</v>
       </c>
       <c r="I152" t="s">
-        <v>566</v>
+        <v>590</v>
       </c>
       <c r="J152" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K152" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>11</v>
       </c>
       <c r="B153" t="s">
-        <v>567</v>
+        <v>591</v>
       </c>
       <c r="C153" t="s">
-        <v>567</v>
+        <v>592</v>
       </c>
       <c r="D153" t="s">
-        <v>568</v>
+        <v>593</v>
       </c>
       <c r="E153" t="s">
-        <v>569</v>
+        <v>594</v>
       </c>
       <c r="F153" t="s">
         <v>15</v>
       </c>
       <c r="G153" t="s">
         <v>16</v>
       </c>
       <c r="H153" t="s">
-        <v>570</v>
+        <v>107</v>
       </c>
       <c r="I153" t="s">
-        <v>571</v>
+        <v>595</v>
       </c>
       <c r="J153" t="s">
         <v>19</v>
       </c>
       <c r="K153" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>11</v>
       </c>
       <c r="B154" t="s">
-        <v>572</v>
+        <v>596</v>
       </c>
       <c r="C154" t="s">
-        <v>573</v>
+        <v>596</v>
       </c>
       <c r="D154" t="s">
-        <v>574</v>
+        <v>597</v>
       </c>
       <c r="E154" t="s">
-        <v>575</v>
+        <v>598</v>
       </c>
       <c r="F154" t="s">
         <v>15</v>
       </c>
       <c r="G154" t="s">
         <v>16</v>
       </c>
       <c r="H154" t="s">
-        <v>121</v>
+        <v>221</v>
       </c>
       <c r="I154" t="s">
-        <v>576</v>
+        <v>18</v>
       </c>
       <c r="J154" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K154" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>11</v>
       </c>
       <c r="B155" t="s">
-        <v>577</v>
+        <v>599</v>
       </c>
       <c r="C155" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="D155" t="s">
-        <v>579</v>
+        <v>600</v>
       </c>
       <c r="E155" t="s">
-        <v>580</v>
+        <v>601</v>
       </c>
       <c r="F155" t="s">
         <v>15</v>
       </c>
       <c r="G155" t="s">
         <v>16</v>
       </c>
       <c r="H155" t="s">
-        <v>95</v>
+        <v>179</v>
       </c>
       <c r="I155" t="s">
-        <v>581</v>
+        <v>18</v>
       </c>
       <c r="J155" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K155" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>11</v>
       </c>
       <c r="B156" t="s">
-        <v>582</v>
+        <v>71</v>
       </c>
       <c r="C156" t="s">
-        <v>582</v>
+        <v>602</v>
       </c>
       <c r="D156" t="s">
-        <v>583</v>
+        <v>603</v>
       </c>
       <c r="E156" t="s">
-        <v>584</v>
+        <v>604</v>
       </c>
       <c r="F156" t="s">
         <v>15</v>
       </c>
       <c r="G156" t="s">
         <v>16</v>
       </c>
       <c r="H156" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="I156" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="J156" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K156" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>11</v>
       </c>
       <c r="B157" t="s">
-        <v>585</v>
+        <v>605</v>
       </c>
       <c r="C157" t="s">
-        <v>585</v>
+        <v>605</v>
       </c>
       <c r="D157" t="s">
-        <v>586</v>
+        <v>606</v>
       </c>
       <c r="E157" t="s">
-        <v>587</v>
+        <v>607</v>
       </c>
       <c r="F157" t="s">
         <v>15</v>
       </c>
       <c r="G157" t="s">
         <v>16</v>
       </c>
       <c r="H157" t="s">
-        <v>291</v>
+        <v>380</v>
       </c>
       <c r="I157" t="s">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="J157" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K157" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>11</v>
       </c>
       <c r="B158" t="s">
-        <v>162</v>
+        <v>608</v>
       </c>
       <c r="C158" t="s">
-        <v>588</v>
+        <v>608</v>
       </c>
       <c r="D158" t="s">
-        <v>589</v>
+        <v>609</v>
       </c>
       <c r="E158" t="s">
-        <v>590</v>
+        <v>610</v>
       </c>
       <c r="F158" t="s">
         <v>15</v>
       </c>
       <c r="G158" t="s">
         <v>16</v>
       </c>
       <c r="H158" t="s">
-        <v>16</v>
+        <v>159</v>
       </c>
       <c r="I158" t="s">
-        <v>166</v>
+        <v>611</v>
       </c>
       <c r="J158" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K158" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>11</v>
       </c>
       <c r="B159" t="s">
-        <v>591</v>
+        <v>612</v>
       </c>
       <c r="C159" t="s">
-        <v>591</v>
+        <v>612</v>
       </c>
       <c r="D159" t="s">
-        <v>592</v>
+        <v>613</v>
       </c>
       <c r="E159" t="s">
-        <v>593</v>
+        <v>614</v>
       </c>
       <c r="F159" t="s">
         <v>15</v>
       </c>
       <c r="G159" t="s">
         <v>16</v>
       </c>
       <c r="H159" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="I159" t="s">
-        <v>278</v>
+        <v>18</v>
       </c>
       <c r="J159" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K159" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>11</v>
       </c>
       <c r="B160" t="s">
-        <v>594</v>
+        <v>615</v>
       </c>
       <c r="C160" t="s">
-        <v>594</v>
+        <v>615</v>
       </c>
       <c r="D160" t="s">
-        <v>595</v>
+        <v>616</v>
       </c>
       <c r="E160" t="s">
-        <v>596</v>
+        <v>617</v>
       </c>
       <c r="F160" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="G160" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
       <c r="H160" t="s">
-        <v>16</v>
+        <v>618</v>
       </c>
       <c r="I160" t="s">
-        <v>69</v>
+        <v>619</v>
       </c>
       <c r="J160" t="s">
         <v>19</v>
       </c>
       <c r="K160" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>11</v>
       </c>
       <c r="B161" t="s">
-        <v>597</v>
+        <v>620</v>
       </c>
       <c r="C161" t="s">
-        <v>597</v>
+        <v>620</v>
       </c>
       <c r="D161" t="s">
-        <v>598</v>
+        <v>621</v>
       </c>
       <c r="E161" t="s">
-        <v>599</v>
+        <v>622</v>
       </c>
       <c r="F161" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="G161" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
       <c r="H161" t="s">
-        <v>570</v>
+        <v>623</v>
       </c>
       <c r="I161" t="s">
-        <v>600</v>
+        <v>624</v>
       </c>
       <c r="J161" t="s">
         <v>19</v>
       </c>
       <c r="K161" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>11</v>
       </c>
       <c r="B162" t="s">
-        <v>601</v>
+        <v>56</v>
       </c>
       <c r="C162" t="s">
-        <v>601</v>
+        <v>625</v>
       </c>
       <c r="D162" t="s">
-        <v>602</v>
+        <v>626</v>
       </c>
       <c r="E162" t="s">
-        <v>603</v>
+        <v>627</v>
       </c>
       <c r="F162" t="s">
         <v>15</v>
       </c>
       <c r="G162" t="s">
         <v>16</v>
       </c>
       <c r="H162" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I162" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="J162" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K162" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>11</v>
       </c>
       <c r="B163" t="s">
-        <v>604</v>
+        <v>628</v>
       </c>
       <c r="C163" t="s">
-        <v>604</v>
+        <v>628</v>
       </c>
       <c r="D163" t="s">
-        <v>605</v>
+        <v>629</v>
       </c>
       <c r="E163" t="s">
-        <v>606</v>
+        <v>630</v>
       </c>
       <c r="F163" t="s">
-        <v>607</v>
+        <v>15</v>
       </c>
       <c r="G163" t="s">
-        <v>608</v>
+        <v>16</v>
       </c>
       <c r="H163" t="s">
-        <v>609</v>
+        <v>86</v>
       </c>
       <c r="I163" t="s">
-        <v>610</v>
+        <v>108</v>
       </c>
       <c r="J163" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K163" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>11</v>
       </c>
       <c r="B164" t="s">
-        <v>611</v>
+        <v>631</v>
       </c>
       <c r="C164" t="s">
-        <v>611</v>
+        <v>631</v>
       </c>
       <c r="D164" t="s">
-        <v>612</v>
+        <v>632</v>
       </c>
       <c r="E164" t="s">
-        <v>613</v>
+        <v>633</v>
       </c>
       <c r="F164" t="s">
-        <v>607</v>
+        <v>15</v>
       </c>
       <c r="G164" t="s">
-        <v>608</v>
+        <v>16</v>
       </c>
       <c r="H164" t="s">
-        <v>614</v>
+        <v>86</v>
       </c>
       <c r="I164" t="s">
-        <v>615</v>
+        <v>18</v>
       </c>
       <c r="J164" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K164" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>11</v>
       </c>
       <c r="B165" t="s">
-        <v>483</v>
+        <v>634</v>
       </c>
       <c r="C165" t="s">
-        <v>616</v>
+        <v>634</v>
       </c>
       <c r="D165" t="s">
-        <v>617</v>
+        <v>635</v>
       </c>
       <c r="E165" t="s">
-        <v>618</v>
+        <v>636</v>
       </c>
       <c r="F165" t="s">
         <v>15</v>
       </c>
       <c r="G165" t="s">
         <v>16</v>
       </c>
       <c r="H165" t="s">
-        <v>487</v>
+        <v>86</v>
       </c>
       <c r="I165" t="s">
-        <v>488</v>
+        <v>184</v>
       </c>
       <c r="J165" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K165" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>11</v>
       </c>
       <c r="B166" t="s">
-        <v>619</v>
+        <v>637</v>
       </c>
       <c r="C166" t="s">
-        <v>619</v>
+        <v>637</v>
       </c>
       <c r="D166" t="s">
-        <v>620</v>
+        <v>638</v>
       </c>
       <c r="E166" t="s">
-        <v>621</v>
+        <v>639</v>
       </c>
       <c r="F166" t="s">
         <v>15</v>
       </c>
       <c r="G166" t="s">
         <v>16</v>
       </c>
       <c r="H166" t="s">
-        <v>132</v>
+        <v>640</v>
       </c>
       <c r="I166" t="s">
-        <v>18</v>
+        <v>282</v>
       </c>
       <c r="J166" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K166" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>11</v>
       </c>
       <c r="B167" t="s">
-        <v>622</v>
+        <v>641</v>
       </c>
       <c r="C167" t="s">
-        <v>622</v>
+        <v>641</v>
       </c>
       <c r="D167" t="s">
-        <v>623</v>
+        <v>642</v>
       </c>
       <c r="E167" t="s">
-        <v>624</v>
+        <v>643</v>
       </c>
       <c r="F167" t="s">
         <v>15</v>
       </c>
       <c r="G167" t="s">
         <v>16</v>
       </c>
       <c r="H167" t="s">
-        <v>132</v>
+        <v>640</v>
       </c>
       <c r="I167" t="s">
-        <v>69</v>
+        <v>108</v>
       </c>
       <c r="J167" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K167" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>11</v>
       </c>
       <c r="B168" t="s">
-        <v>625</v>
+        <v>644</v>
       </c>
       <c r="C168" t="s">
-        <v>625</v>
+        <v>644</v>
       </c>
       <c r="D168" t="s">
-        <v>626</v>
+        <v>645</v>
       </c>
       <c r="E168" t="s">
-        <v>627</v>
+        <v>646</v>
       </c>
       <c r="F168" t="s">
         <v>15</v>
       </c>
       <c r="G168" t="s">
         <v>16</v>
       </c>
       <c r="H168" t="s">
-        <v>132</v>
+        <v>640</v>
       </c>
       <c r="I168" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J168" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K168" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>11</v>
       </c>
       <c r="B169" t="s">
-        <v>628</v>
+        <v>647</v>
       </c>
       <c r="C169" t="s">
-        <v>628</v>
+        <v>647</v>
       </c>
       <c r="D169" t="s">
-        <v>629</v>
+        <v>648</v>
       </c>
       <c r="E169" t="s">
-        <v>630</v>
+        <v>649</v>
       </c>
       <c r="F169" t="s">
         <v>15</v>
       </c>
       <c r="G169" t="s">
         <v>16</v>
       </c>
       <c r="H169" t="s">
-        <v>631</v>
+        <v>16</v>
       </c>
       <c r="I169" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="J169" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K169" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>11</v>
       </c>
       <c r="B170" t="s">
-        <v>632</v>
+        <v>650</v>
       </c>
       <c r="C170" t="s">
-        <v>632</v>
+        <v>650</v>
       </c>
       <c r="D170" t="s">
-        <v>633</v>
+        <v>651</v>
       </c>
       <c r="E170" t="s">
-        <v>634</v>
+        <v>652</v>
       </c>
       <c r="F170" t="s">
         <v>15</v>
       </c>
       <c r="G170" t="s">
         <v>16</v>
       </c>
       <c r="H170" t="s">
-        <v>631</v>
+        <v>16</v>
       </c>
       <c r="I170" t="s">
-        <v>18</v>
+        <v>653</v>
       </c>
       <c r="J170" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K170" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>11</v>
       </c>
       <c r="B171" t="s">
-        <v>635</v>
+        <v>654</v>
       </c>
       <c r="C171" t="s">
-        <v>635</v>
+        <v>654</v>
       </c>
       <c r="D171" t="s">
-        <v>636</v>
+        <v>655</v>
       </c>
       <c r="E171" t="s">
-        <v>637</v>
+        <v>656</v>
       </c>
       <c r="F171" t="s">
         <v>15</v>
       </c>
       <c r="G171" t="s">
         <v>16</v>
       </c>
       <c r="H171" t="s">
-        <v>631</v>
+        <v>16</v>
       </c>
       <c r="I171" t="s">
-        <v>69</v>
+        <v>108</v>
       </c>
       <c r="J171" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K171" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>11</v>
       </c>
       <c r="B172" t="s">
-        <v>638</v>
+        <v>657</v>
       </c>
       <c r="C172" t="s">
-        <v>638</v>
+        <v>657</v>
       </c>
       <c r="D172" t="s">
-        <v>639</v>
+        <v>658</v>
       </c>
       <c r="E172" t="s">
-        <v>640</v>
+        <v>659</v>
       </c>
       <c r="F172" t="s">
         <v>15</v>
       </c>
       <c r="G172" t="s">
         <v>16</v>
       </c>
       <c r="H172" t="s">
-        <v>16</v>
+        <v>396</v>
       </c>
       <c r="I172" t="s">
-        <v>69</v>
+        <v>260</v>
       </c>
       <c r="J172" t="s">
         <v>19</v>
       </c>
       <c r="K172" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>11</v>
       </c>
       <c r="B173" t="s">
-        <v>641</v>
+        <v>660</v>
       </c>
       <c r="C173" t="s">
-        <v>641</v>
+        <v>660</v>
       </c>
       <c r="D173" t="s">
-        <v>642</v>
+        <v>661</v>
       </c>
       <c r="E173" t="s">
-        <v>643</v>
+        <v>662</v>
       </c>
       <c r="F173" t="s">
         <v>15</v>
       </c>
       <c r="G173" t="s">
         <v>16</v>
       </c>
       <c r="H173" t="s">
-        <v>16</v>
+        <v>221</v>
       </c>
       <c r="I173" t="s">
-        <v>644</v>
+        <v>663</v>
       </c>
       <c r="J173" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K173" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>11</v>
       </c>
       <c r="B174" t="s">
-        <v>645</v>
+        <v>664</v>
       </c>
       <c r="C174" t="s">
-        <v>645</v>
+        <v>664</v>
       </c>
       <c r="D174" t="s">
-        <v>646</v>
+        <v>665</v>
       </c>
       <c r="E174" t="s">
-        <v>647</v>
+        <v>666</v>
       </c>
       <c r="F174" t="s">
         <v>15</v>
       </c>
       <c r="G174" t="s">
         <v>16</v>
       </c>
       <c r="H174" t="s">
-        <v>16</v>
+        <v>408</v>
       </c>
       <c r="I174" t="s">
-        <v>18</v>
+        <v>667</v>
       </c>
       <c r="J174" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K174" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
         <v>11</v>
       </c>
       <c r="B175" t="s">
-        <v>648</v>
+        <v>668</v>
       </c>
       <c r="C175" t="s">
-        <v>648</v>
+        <v>668</v>
       </c>
       <c r="D175" t="s">
-        <v>649</v>
+        <v>669</v>
       </c>
       <c r="E175" t="s">
-        <v>650</v>
+        <v>670</v>
       </c>
       <c r="F175" t="s">
         <v>15</v>
       </c>
       <c r="G175" t="s">
         <v>16</v>
       </c>
       <c r="H175" t="s">
-        <v>128</v>
+        <v>221</v>
       </c>
       <c r="I175" t="s">
-        <v>651</v>
+        <v>464</v>
       </c>
       <c r="J175" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K175" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
         <v>11</v>
       </c>
       <c r="B176" t="s">
-        <v>652</v>
+        <v>671</v>
       </c>
       <c r="C176" t="s">
-        <v>652</v>
+        <v>671</v>
       </c>
       <c r="D176" t="s">
-        <v>653</v>
+        <v>672</v>
       </c>
       <c r="E176" t="s">
-        <v>654</v>
+        <v>673</v>
       </c>
       <c r="F176" t="s">
         <v>15</v>
       </c>
       <c r="G176" t="s">
         <v>16</v>
       </c>
       <c r="H176" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I176" t="s">
-        <v>655</v>
+        <v>18</v>
       </c>
       <c r="J176" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K176" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>11</v>
       </c>
       <c r="B177" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C177" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="D177" t="s">
-        <v>657</v>
+        <v>675</v>
       </c>
       <c r="E177" t="s">
-        <v>658</v>
+        <v>676</v>
       </c>
       <c r="F177" t="s">
         <v>15</v>
       </c>
       <c r="G177" t="s">
         <v>16</v>
       </c>
       <c r="H177" t="s">
-        <v>136</v>
+        <v>221</v>
       </c>
       <c r="I177" t="s">
-        <v>659</v>
+        <v>113</v>
       </c>
       <c r="J177" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K177" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>11</v>
       </c>
       <c r="B178" t="s">
-        <v>660</v>
+        <v>677</v>
       </c>
       <c r="C178" t="s">
-        <v>660</v>
+        <v>677</v>
       </c>
       <c r="D178" t="s">
-        <v>661</v>
+        <v>678</v>
       </c>
       <c r="E178" t="s">
-        <v>662</v>
+        <v>679</v>
       </c>
       <c r="F178" t="s">
         <v>15</v>
       </c>
       <c r="G178" t="s">
         <v>16</v>
       </c>
       <c r="H178" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I178" t="s">
-        <v>449</v>
+        <v>18</v>
       </c>
       <c r="J178" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K178" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>11</v>
       </c>
       <c r="B179" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="C179" t="s">
-        <v>663</v>
+        <v>680</v>
       </c>
       <c r="D179" t="s">
-        <v>664</v>
+        <v>681</v>
       </c>
       <c r="E179" t="s">
-        <v>665</v>
+        <v>682</v>
       </c>
       <c r="F179" t="s">
         <v>15</v>
       </c>
       <c r="G179" t="s">
         <v>16</v>
       </c>
       <c r="H179" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I179" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J179" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K179" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>11</v>
       </c>
       <c r="B180" t="s">
-        <v>666</v>
+        <v>683</v>
       </c>
       <c r="C180" t="s">
-        <v>666</v>
+        <v>683</v>
       </c>
       <c r="D180" t="s">
-        <v>667</v>
+        <v>684</v>
       </c>
       <c r="E180" t="s">
-        <v>668</v>
+        <v>685</v>
       </c>
       <c r="F180" t="s">
         <v>15</v>
       </c>
       <c r="G180" t="s">
         <v>16</v>
       </c>
       <c r="H180" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="I180" t="s">
-        <v>278</v>
+        <v>184</v>
       </c>
       <c r="J180" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K180" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>11</v>
       </c>
       <c r="B181" t="s">
-        <v>669</v>
+        <v>686</v>
       </c>
       <c r="C181" t="s">
-        <v>669</v>
+        <v>686</v>
       </c>
       <c r="D181" t="s">
-        <v>670</v>
+        <v>687</v>
       </c>
       <c r="E181" t="s">
-        <v>671</v>
+        <v>688</v>
       </c>
       <c r="F181" t="s">
         <v>15</v>
       </c>
       <c r="G181" t="s">
         <v>16</v>
       </c>
       <c r="H181" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I181" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J181" t="s">
         <v>19</v>
       </c>
       <c r="K181" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>11</v>
       </c>
       <c r="B182" t="s">
-        <v>672</v>
+        <v>689</v>
       </c>
       <c r="C182" t="s">
-        <v>672</v>
+        <v>689</v>
       </c>
       <c r="D182" t="s">
-        <v>673</v>
+        <v>690</v>
       </c>
       <c r="E182" t="s">
-        <v>674</v>
+        <v>691</v>
       </c>
       <c r="F182" t="s">
         <v>15</v>
       </c>
       <c r="G182" t="s">
         <v>16</v>
       </c>
       <c r="H182" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="I182" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J182" t="s">
         <v>19</v>
       </c>
       <c r="K182" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>11</v>
       </c>
       <c r="B183" t="s">
-        <v>675</v>
+        <v>692</v>
       </c>
       <c r="C183" t="s">
-        <v>675</v>
+        <v>692</v>
       </c>
       <c r="D183" t="s">
-        <v>676</v>
+        <v>693</v>
       </c>
       <c r="E183" t="s">
-        <v>677</v>
+        <v>694</v>
       </c>
       <c r="F183" t="s">
         <v>15</v>
       </c>
       <c r="G183" t="s">
         <v>16</v>
       </c>
       <c r="H183" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="I183" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J183" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K183" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>11</v>
       </c>
       <c r="B184" t="s">
-        <v>678</v>
+        <v>695</v>
       </c>
       <c r="C184" t="s">
-        <v>678</v>
+        <v>695</v>
       </c>
       <c r="D184" t="s">
-        <v>679</v>
+        <v>696</v>
       </c>
       <c r="E184" t="s">
-        <v>680</v>
+        <v>697</v>
       </c>
       <c r="F184" t="s">
         <v>15</v>
       </c>
       <c r="G184" t="s">
         <v>16</v>
       </c>
       <c r="H184" t="s">
-        <v>100</v>
+        <v>17</v>
       </c>
       <c r="I184" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J184" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K184" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
         <v>11</v>
       </c>
       <c r="B185" t="s">
-        <v>681</v>
+        <v>698</v>
       </c>
       <c r="C185" t="s">
-        <v>681</v>
+        <v>698</v>
       </c>
       <c r="D185" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="E185" t="s">
-        <v>683</v>
+        <v>700</v>
       </c>
       <c r="F185" t="s">
         <v>15</v>
       </c>
       <c r="G185" t="s">
         <v>16</v>
       </c>
       <c r="H185" t="s">
-        <v>100</v>
+        <v>17</v>
       </c>
       <c r="I185" t="s">
-        <v>600</v>
+        <v>18</v>
       </c>
       <c r="J185" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K185" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
         <v>11</v>
       </c>
       <c r="B186" t="s">
-        <v>684</v>
+        <v>71</v>
       </c>
       <c r="C186" t="s">
-        <v>684</v>
+        <v>701</v>
       </c>
       <c r="D186" t="s">
-        <v>685</v>
+        <v>702</v>
       </c>
       <c r="E186" t="s">
-        <v>686</v>
+        <v>703</v>
       </c>
       <c r="F186" t="s">
         <v>15</v>
       </c>
       <c r="G186" t="s">
         <v>16</v>
       </c>
       <c r="H186" t="s">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I186" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="J186" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K186" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
         <v>11</v>
       </c>
       <c r="B187" t="s">
-        <v>687</v>
+        <v>71</v>
       </c>
       <c r="C187" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="D187" t="s">
-        <v>688</v>
+        <v>705</v>
       </c>
       <c r="E187" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="F187" t="s">
         <v>15</v>
       </c>
       <c r="G187" t="s">
         <v>16</v>
       </c>
       <c r="H187" t="s">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I187" t="s">
-        <v>278</v>
+        <v>75</v>
       </c>
       <c r="J187" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K187" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
         <v>11</v>
       </c>
       <c r="B188" t="s">
-        <v>690</v>
+        <v>45</v>
       </c>
       <c r="C188" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="D188" t="s">
-        <v>691</v>
+        <v>708</v>
       </c>
       <c r="E188" t="s">
-        <v>692</v>
+        <v>709</v>
       </c>
       <c r="F188" t="s">
         <v>15</v>
       </c>
       <c r="G188" t="s">
         <v>16</v>
       </c>
       <c r="H188" t="s">
-        <v>100</v>
+        <v>49</v>
       </c>
       <c r="I188" t="s">
-        <v>69</v>
+        <v>44</v>
       </c>
       <c r="J188" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K188" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>11</v>
       </c>
       <c r="B189" t="s">
-        <v>693</v>
+        <v>56</v>
       </c>
       <c r="C189" t="s">
-        <v>693</v>
+        <v>710</v>
       </c>
       <c r="D189" t="s">
-        <v>694</v>
+        <v>711</v>
       </c>
       <c r="E189" t="s">
-        <v>695</v>
+        <v>712</v>
       </c>
       <c r="F189" t="s">
         <v>15</v>
       </c>
       <c r="G189" t="s">
         <v>16</v>
       </c>
       <c r="H189" t="s">
-        <v>95</v>
+        <v>507</v>
       </c>
       <c r="I189" t="s">
-        <v>696</v>
+        <v>60</v>
       </c>
       <c r="J189" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K189" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
         <v>11</v>
       </c>
       <c r="B190" t="s">
-        <v>697</v>
+        <v>713</v>
       </c>
       <c r="C190" t="s">
-        <v>697</v>
+        <v>714</v>
       </c>
       <c r="D190" t="s">
-        <v>698</v>
+        <v>715</v>
       </c>
       <c r="E190" t="s">
-        <v>699</v>
+        <v>716</v>
       </c>
       <c r="F190" t="s">
         <v>15</v>
       </c>
       <c r="G190" t="s">
         <v>16</v>
       </c>
       <c r="H190" t="s">
-        <v>121</v>
+        <v>362</v>
       </c>
       <c r="I190" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="J190" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K190" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>11</v>
       </c>
       <c r="B191" t="s">
-        <v>701</v>
+        <v>71</v>
       </c>
       <c r="C191" t="s">
-        <v>701</v>
+        <v>718</v>
       </c>
       <c r="D191" t="s">
-        <v>702</v>
+        <v>719</v>
       </c>
       <c r="E191" t="s">
-        <v>703</v>
+        <v>720</v>
       </c>
       <c r="F191" t="s">
         <v>15</v>
       </c>
       <c r="G191" t="s">
         <v>16</v>
       </c>
       <c r="H191" t="s">
-        <v>221</v>
+        <v>16</v>
       </c>
       <c r="I191" t="s">
-        <v>704</v>
+        <v>75</v>
       </c>
       <c r="J191" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K191" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>11</v>
       </c>
       <c r="B192" t="s">
-        <v>705</v>
+        <v>71</v>
       </c>
       <c r="C192" t="s">
-        <v>705</v>
+        <v>721</v>
       </c>
       <c r="D192" t="s">
-        <v>706</v>
+        <v>722</v>
       </c>
       <c r="E192" t="s">
-        <v>707</v>
+        <v>723</v>
       </c>
       <c r="F192" t="s">
         <v>15</v>
       </c>
       <c r="G192" t="s">
         <v>16</v>
       </c>
       <c r="H192" t="s">
-        <v>160</v>
+        <v>16</v>
       </c>
       <c r="I192" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="J192" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K192" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
         <v>11</v>
       </c>
       <c r="B193" t="s">
-        <v>708</v>
+        <v>724</v>
       </c>
       <c r="C193" t="s">
-        <v>708</v>
+        <v>725</v>
       </c>
       <c r="D193" t="s">
-        <v>709</v>
+        <v>726</v>
       </c>
       <c r="E193" t="s">
-        <v>710</v>
+        <v>727</v>
       </c>
       <c r="F193" t="s">
         <v>15</v>
       </c>
       <c r="G193" t="s">
         <v>16</v>
       </c>
       <c r="H193" t="s">
-        <v>251</v>
+        <v>728</v>
       </c>
       <c r="I193" t="s">
-        <v>69</v>
+        <v>729</v>
       </c>
       <c r="J193" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K193" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>11</v>
       </c>
       <c r="B194" t="s">
-        <v>711</v>
+        <v>76</v>
       </c>
       <c r="C194" t="s">
-        <v>711</v>
+        <v>730</v>
       </c>
       <c r="D194" t="s">
-        <v>712</v>
+        <v>731</v>
       </c>
       <c r="E194" t="s">
-        <v>713</v>
+        <v>732</v>
       </c>
       <c r="F194" t="s">
         <v>15</v>
       </c>
       <c r="G194" t="s">
         <v>16</v>
       </c>
       <c r="H194" t="s">
-        <v>251</v>
+        <v>80</v>
       </c>
       <c r="I194" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="J194" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K194" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>11</v>
       </c>
       <c r="B195" t="s">
-        <v>714</v>
+        <v>733</v>
       </c>
       <c r="C195" t="s">
-        <v>714</v>
+        <v>734</v>
       </c>
       <c r="D195" t="s">
-        <v>715</v>
+        <v>735</v>
       </c>
       <c r="E195" t="s">
-        <v>716</v>
+        <v>736</v>
       </c>
       <c r="F195" t="s">
         <v>15</v>
       </c>
       <c r="G195" t="s">
         <v>16</v>
       </c>
       <c r="H195" t="s">
-        <v>251</v>
+        <v>126</v>
       </c>
       <c r="I195" t="s">
-        <v>69</v>
+        <v>737</v>
       </c>
       <c r="J195" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K195" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
         <v>11</v>
       </c>
       <c r="B196" t="s">
-        <v>717</v>
+        <v>591</v>
       </c>
       <c r="C196" t="s">
-        <v>717</v>
+        <v>738</v>
       </c>
       <c r="D196" t="s">
-        <v>718</v>
+        <v>739</v>
       </c>
       <c r="E196" t="s">
-        <v>719</v>
+        <v>740</v>
       </c>
       <c r="F196" t="s">
         <v>15</v>
       </c>
       <c r="G196" t="s">
         <v>16</v>
       </c>
       <c r="H196" t="s">
-        <v>251</v>
+        <v>107</v>
       </c>
       <c r="I196" t="s">
-        <v>57</v>
+        <v>595</v>
       </c>
       <c r="J196" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K196" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
         <v>11</v>
       </c>
       <c r="B197" t="s">
-        <v>720</v>
+        <v>71</v>
       </c>
       <c r="C197" t="s">
-        <v>720</v>
+        <v>741</v>
       </c>
       <c r="D197" t="s">
-        <v>721</v>
+        <v>742</v>
       </c>
       <c r="E197" t="s">
-        <v>722</v>
+        <v>743</v>
       </c>
       <c r="F197" t="s">
         <v>15</v>
       </c>
       <c r="G197" t="s">
         <v>16</v>
       </c>
       <c r="H197" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="I197" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="J197" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K197" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
         <v>11</v>
       </c>
       <c r="B198" t="s">
-        <v>723</v>
+        <v>744</v>
       </c>
       <c r="C198" t="s">
-        <v>723</v>
+        <v>744</v>
       </c>
       <c r="D198" t="s">
-        <v>724</v>
+        <v>745</v>
       </c>
       <c r="E198" t="s">
-        <v>725</v>
+        <v>746</v>
       </c>
       <c r="F198" t="s">
         <v>15</v>
       </c>
       <c r="G198" t="s">
         <v>16</v>
       </c>
       <c r="H198" t="s">
-        <v>24</v>
+        <v>408</v>
       </c>
       <c r="I198" t="s">
-        <v>69</v>
+        <v>747</v>
       </c>
       <c r="J198" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K198" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
         <v>11</v>
       </c>
       <c r="B199" t="s">
-        <v>726</v>
+        <v>748</v>
       </c>
       <c r="C199" t="s">
-        <v>726</v>
+        <v>749</v>
       </c>
       <c r="D199" t="s">
-        <v>727</v>
+        <v>750</v>
       </c>
       <c r="E199" t="s">
-        <v>728</v>
+        <v>751</v>
       </c>
       <c r="F199" t="s">
         <v>15</v>
       </c>
       <c r="G199" t="s">
         <v>16</v>
       </c>
       <c r="H199" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="I199" t="s">
-        <v>69</v>
+        <v>752</v>
       </c>
       <c r="J199" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K199" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
         <v>11</v>
       </c>
       <c r="B200" t="s">
-        <v>729</v>
+        <v>534</v>
       </c>
       <c r="C200" t="s">
-        <v>729</v>
+        <v>753</v>
       </c>
       <c r="D200" t="s">
-        <v>730</v>
+        <v>754</v>
       </c>
       <c r="E200" t="s">
-        <v>731</v>
+        <v>755</v>
       </c>
       <c r="F200" t="s">
         <v>15</v>
       </c>
       <c r="G200" t="s">
         <v>16</v>
       </c>
       <c r="H200" t="s">
-        <v>30</v>
+        <v>401</v>
       </c>
       <c r="I200" t="s">
-        <v>732</v>
+        <v>538</v>
       </c>
       <c r="J200" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K200" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
         <v>11</v>
       </c>
       <c r="B201" t="s">
-        <v>733</v>
+        <v>756</v>
       </c>
       <c r="C201" t="s">
-        <v>733</v>
+        <v>756</v>
       </c>
       <c r="D201" t="s">
-        <v>734</v>
+        <v>757</v>
       </c>
       <c r="E201" t="s">
-        <v>735</v>
+        <v>758</v>
       </c>
       <c r="F201" t="s">
         <v>15</v>
       </c>
       <c r="G201" t="s">
         <v>16</v>
       </c>
       <c r="H201" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="I201" t="s">
-        <v>736</v>
+        <v>184</v>
       </c>
       <c r="J201" t="s">
         <v>19</v>
       </c>
       <c r="K201" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
         <v>11</v>
       </c>
       <c r="B202" t="s">
-        <v>737</v>
+        <v>759</v>
       </c>
       <c r="C202" t="s">
-        <v>737</v>
+        <v>759</v>
       </c>
       <c r="D202" t="s">
-        <v>738</v>
+        <v>760</v>
       </c>
       <c r="E202" t="s">
-        <v>739</v>
+        <v>761</v>
       </c>
       <c r="F202" t="s">
         <v>15</v>
       </c>
       <c r="G202" t="s">
         <v>16</v>
       </c>
       <c r="H202" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I202" t="s">
-        <v>651</v>
+        <v>184</v>
       </c>
       <c r="J202" t="s">
         <v>19</v>
       </c>
       <c r="K202" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
         <v>11</v>
       </c>
       <c r="B203" t="s">
-        <v>740</v>
+        <v>762</v>
       </c>
       <c r="C203" t="s">
-        <v>740</v>
+        <v>762</v>
       </c>
       <c r="D203" t="s">
-        <v>741</v>
+        <v>763</v>
       </c>
       <c r="E203" t="s">
-        <v>742</v>
+        <v>764</v>
       </c>
       <c r="F203" t="s">
         <v>15</v>
       </c>
       <c r="G203" t="s">
         <v>16</v>
       </c>
       <c r="H203" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I203" t="s">
-        <v>69</v>
+        <v>611</v>
       </c>
       <c r="J203" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K203" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
         <v>11</v>
       </c>
       <c r="B204" t="s">
-        <v>743</v>
+        <v>765</v>
       </c>
       <c r="C204" t="s">
-        <v>743</v>
+        <v>765</v>
       </c>
       <c r="D204" t="s">
-        <v>744</v>
+        <v>766</v>
       </c>
       <c r="E204" t="s">
-        <v>745</v>
+        <v>767</v>
       </c>
       <c r="F204" t="s">
         <v>15</v>
       </c>
       <c r="G204" t="s">
         <v>16</v>
       </c>
       <c r="H204" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="I204" t="s">
-        <v>746</v>
+        <v>184</v>
       </c>
       <c r="J204" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K204" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
         <v>11</v>
       </c>
       <c r="B205" t="s">
-        <v>747</v>
+        <v>768</v>
       </c>
       <c r="C205" t="s">
-        <v>747</v>
+        <v>768</v>
       </c>
       <c r="D205" t="s">
-        <v>748</v>
+        <v>769</v>
       </c>
       <c r="E205" t="s">
-        <v>749</v>
+        <v>770</v>
       </c>
       <c r="F205" t="s">
         <v>15</v>
       </c>
       <c r="G205" t="s">
         <v>16</v>
       </c>
       <c r="H205" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="I205" t="s">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="J205" t="s">
         <v>19</v>
       </c>
       <c r="K205" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
         <v>11</v>
       </c>
       <c r="B206" t="s">
-        <v>750</v>
+        <v>771</v>
       </c>
       <c r="C206" t="s">
-        <v>750</v>
+        <v>771</v>
       </c>
       <c r="D206" t="s">
-        <v>751</v>
+        <v>772</v>
       </c>
       <c r="E206" t="s">
-        <v>752</v>
+        <v>773</v>
       </c>
       <c r="F206" t="s">
         <v>15</v>
       </c>
       <c r="G206" t="s">
         <v>16</v>
       </c>
       <c r="H206" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="I206" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J206" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K206" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
         <v>11</v>
       </c>
       <c r="B207" t="s">
-        <v>753</v>
+        <v>774</v>
       </c>
       <c r="C207" t="s">
-        <v>753</v>
+        <v>774</v>
       </c>
       <c r="D207" t="s">
-        <v>754</v>
+        <v>775</v>
       </c>
       <c r="E207" t="s">
-        <v>755</v>
+        <v>776</v>
       </c>
       <c r="F207" t="s">
         <v>15</v>
       </c>
       <c r="G207" t="s">
         <v>16</v>
       </c>
       <c r="H207" t="s">
-        <v>56</v>
+        <v>107</v>
       </c>
       <c r="I207" t="s">
-        <v>507</v>
+        <v>777</v>
       </c>
       <c r="J207" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K207" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>11</v>
       </c>
       <c r="B208" t="s">
-        <v>756</v>
+        <v>778</v>
       </c>
       <c r="C208" t="s">
-        <v>756</v>
+        <v>778</v>
       </c>
       <c r="D208" t="s">
-        <v>757</v>
+        <v>779</v>
       </c>
       <c r="E208" t="s">
-        <v>758</v>
+        <v>780</v>
       </c>
       <c r="F208" t="s">
         <v>15</v>
       </c>
       <c r="G208" t="s">
         <v>16</v>
       </c>
       <c r="H208" t="s">
-        <v>56</v>
+        <v>256</v>
       </c>
       <c r="I208" t="s">
-        <v>759</v>
+        <v>781</v>
       </c>
       <c r="J208" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K208" t="s">
-        <v>77</v>
+        <v>278</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>11</v>
       </c>
       <c r="B209" t="s">
-        <v>760</v>
+        <v>782</v>
       </c>
       <c r="C209" t="s">
-        <v>760</v>
+        <v>782</v>
       </c>
       <c r="D209" t="s">
-        <v>761</v>
+        <v>783</v>
       </c>
       <c r="E209" t="s">
-        <v>762</v>
+        <v>784</v>
       </c>
       <c r="F209" t="s">
         <v>15</v>
       </c>
       <c r="G209" t="s">
         <v>16</v>
       </c>
       <c r="H209" t="s">
-        <v>56</v>
+        <v>785</v>
       </c>
       <c r="I209" t="s">
-        <v>57</v>
+        <v>786</v>
       </c>
       <c r="J209" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K209" t="s">
-        <v>77</v>
+        <v>278</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
         <v>11</v>
       </c>
       <c r="B210" t="s">
-        <v>763</v>
+        <v>787</v>
       </c>
       <c r="C210" t="s">
-        <v>763</v>
+        <v>787</v>
       </c>
       <c r="D210" t="s">
-        <v>764</v>
+        <v>788</v>
       </c>
       <c r="E210" t="s">
-        <v>765</v>
+        <v>789</v>
       </c>
       <c r="F210" t="s">
         <v>15</v>
       </c>
       <c r="G210" t="s">
         <v>16</v>
       </c>
       <c r="H210" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="I210" t="s">
-        <v>35</v>
+        <v>282</v>
       </c>
       <c r="J210" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K210" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
         <v>11</v>
       </c>
       <c r="B211" t="s">
-        <v>766</v>
+        <v>790</v>
       </c>
       <c r="C211" t="s">
-        <v>766</v>
+        <v>790</v>
       </c>
       <c r="D211" t="s">
-        <v>767</v>
+        <v>791</v>
       </c>
       <c r="E211" t="s">
-        <v>768</v>
+        <v>792</v>
       </c>
       <c r="F211" t="s">
         <v>15</v>
       </c>
       <c r="G211" t="s">
         <v>16</v>
       </c>
       <c r="H211" t="s">
-        <v>291</v>
+        <v>126</v>
       </c>
       <c r="I211" t="s">
-        <v>769</v>
+        <v>18</v>
       </c>
       <c r="J211" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K211" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
         <v>11</v>
       </c>
       <c r="B212" t="s">
-        <v>770</v>
+        <v>793</v>
       </c>
       <c r="C212" t="s">
-        <v>770</v>
+        <v>793</v>
       </c>
       <c r="D212" t="s">
-        <v>771</v>
+        <v>794</v>
       </c>
       <c r="E212" t="s">
-        <v>772</v>
+        <v>795</v>
       </c>
       <c r="F212" t="s">
         <v>15</v>
       </c>
       <c r="G212" t="s">
         <v>16</v>
       </c>
       <c r="H212" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="I212" t="s">
-        <v>773</v>
+        <v>18</v>
       </c>
       <c r="J212" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K212" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
         <v>11</v>
       </c>
       <c r="B213" t="s">
-        <v>774</v>
+        <v>796</v>
       </c>
       <c r="C213" t="s">
-        <v>774</v>
+        <v>796</v>
       </c>
       <c r="D213" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="E213" t="s">
-        <v>776</v>
+        <v>798</v>
       </c>
       <c r="F213" t="s">
         <v>15</v>
       </c>
       <c r="G213" t="s">
         <v>16</v>
       </c>
       <c r="H213" t="s">
-        <v>777</v>
+        <v>126</v>
       </c>
       <c r="I213" t="s">
-        <v>778</v>
+        <v>18</v>
       </c>
       <c r="J213" t="s">
         <v>19</v>
       </c>
       <c r="K213" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
         <v>11</v>
       </c>
       <c r="B214" t="s">
-        <v>779</v>
+        <v>799</v>
       </c>
       <c r="C214" t="s">
-        <v>779</v>
+        <v>799</v>
       </c>
       <c r="D214" t="s">
-        <v>780</v>
+        <v>800</v>
       </c>
       <c r="E214" t="s">
-        <v>781</v>
+        <v>801</v>
       </c>
       <c r="F214" t="s">
         <v>15</v>
       </c>
       <c r="G214" t="s">
         <v>16</v>
       </c>
       <c r="H214" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="I214" t="s">
-        <v>782</v>
+        <v>282</v>
       </c>
       <c r="J214" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K214" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
         <v>11</v>
       </c>
       <c r="B215" t="s">
-        <v>783</v>
+        <v>802</v>
       </c>
       <c r="C215" t="s">
-        <v>783</v>
+        <v>802</v>
       </c>
       <c r="D215" t="s">
-        <v>784</v>
+        <v>803</v>
       </c>
       <c r="E215" t="s">
-        <v>785</v>
+        <v>804</v>
       </c>
       <c r="F215" t="s">
         <v>15</v>
       </c>
       <c r="G215" t="s">
         <v>16</v>
       </c>
       <c r="H215" t="s">
-        <v>113</v>
+        <v>380</v>
       </c>
       <c r="I215" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J215" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K215" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
         <v>11</v>
       </c>
       <c r="B216" t="s">
-        <v>786</v>
+        <v>805</v>
       </c>
       <c r="C216" t="s">
-        <v>786</v>
+        <v>805</v>
       </c>
       <c r="D216" t="s">
-        <v>787</v>
+        <v>806</v>
       </c>
       <c r="E216" t="s">
-        <v>788</v>
+        <v>807</v>
       </c>
       <c r="F216" t="s">
         <v>15</v>
       </c>
       <c r="G216" t="s">
         <v>16</v>
       </c>
       <c r="H216" t="s">
-        <v>84</v>
+        <v>380</v>
       </c>
       <c r="I216" t="s">
-        <v>789</v>
+        <v>18</v>
       </c>
       <c r="J216" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K216" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
         <v>11</v>
       </c>
       <c r="B217" t="s">
-        <v>790</v>
+        <v>808</v>
       </c>
       <c r="C217" t="s">
-        <v>790</v>
+        <v>808</v>
       </c>
       <c r="D217" t="s">
-        <v>791</v>
+        <v>809</v>
       </c>
       <c r="E217" t="s">
-        <v>792</v>
+        <v>810</v>
       </c>
       <c r="F217" t="s">
         <v>15</v>
       </c>
       <c r="G217" t="s">
         <v>16</v>
       </c>
       <c r="H217" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="I217" t="s">
-        <v>793</v>
+        <v>18</v>
       </c>
       <c r="J217" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K217" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
         <v>11</v>
       </c>
       <c r="B218" t="s">
-        <v>794</v>
+        <v>811</v>
       </c>
       <c r="C218" t="s">
-        <v>794</v>
+        <v>811</v>
       </c>
       <c r="D218" t="s">
-        <v>795</v>
+        <v>812</v>
       </c>
       <c r="E218" t="s">
-        <v>796</v>
+        <v>813</v>
       </c>
       <c r="F218" t="s">
         <v>15</v>
       </c>
       <c r="G218" t="s">
         <v>16</v>
       </c>
       <c r="H218" t="s">
-        <v>73</v>
+        <v>97</v>
       </c>
       <c r="I218" t="s">
-        <v>69</v>
+        <v>814</v>
       </c>
       <c r="J218" t="s">
         <v>19</v>
       </c>
       <c r="K218" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
         <v>11</v>
       </c>
       <c r="B219" t="s">
-        <v>797</v>
+        <v>815</v>
       </c>
       <c r="C219" t="s">
-        <v>797</v>
+        <v>815</v>
       </c>
       <c r="D219" t="s">
-        <v>798</v>
+        <v>816</v>
       </c>
       <c r="E219" t="s">
-        <v>799</v>
+        <v>817</v>
       </c>
       <c r="F219" t="s">
         <v>15</v>
       </c>
       <c r="G219" t="s">
         <v>16</v>
       </c>
       <c r="H219" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="I219" t="s">
-        <v>278</v>
+        <v>818</v>
       </c>
       <c r="J219" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K219" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
         <v>11</v>
       </c>
       <c r="B220" t="s">
-        <v>800</v>
+        <v>819</v>
       </c>
       <c r="C220" t="s">
-        <v>800</v>
+        <v>819</v>
       </c>
       <c r="D220" t="s">
-        <v>801</v>
+        <v>820</v>
       </c>
       <c r="E220" t="s">
-        <v>802</v>
+        <v>821</v>
       </c>
       <c r="F220" t="s">
         <v>15</v>
       </c>
       <c r="G220" t="s">
         <v>16</v>
       </c>
       <c r="H220" t="s">
-        <v>191</v>
+        <v>97</v>
       </c>
       <c r="I220" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J220" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K220" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
         <v>11</v>
       </c>
       <c r="B221" t="s">
-        <v>803</v>
+        <v>822</v>
       </c>
       <c r="C221" t="s">
-        <v>803</v>
+        <v>822</v>
       </c>
       <c r="D221" t="s">
-        <v>804</v>
+        <v>823</v>
       </c>
       <c r="E221" t="s">
-        <v>805</v>
+        <v>824</v>
       </c>
       <c r="F221" t="s">
         <v>15</v>
       </c>
       <c r="G221" t="s">
         <v>16</v>
       </c>
       <c r="H221" t="s">
-        <v>132</v>
+        <v>34</v>
       </c>
       <c r="I221" t="s">
+        <v>825</v>
+      </c>
+      <c r="J221" t="s">
+        <v>19</v>
+      </c>
+      <c r="K221" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
         <v>11</v>
       </c>
       <c r="B222" t="s">
-        <v>806</v>
+        <v>826</v>
       </c>
       <c r="C222" t="s">
-        <v>806</v>
+        <v>826</v>
       </c>
       <c r="D222" t="s">
-        <v>807</v>
+        <v>827</v>
       </c>
       <c r="E222" t="s">
-        <v>808</v>
+        <v>828</v>
       </c>
       <c r="F222" t="s">
         <v>15</v>
       </c>
       <c r="G222" t="s">
         <v>16</v>
       </c>
       <c r="H222" t="s">
-        <v>16</v>
+        <v>401</v>
       </c>
       <c r="I222" t="s">
-        <v>809</v>
+        <v>18</v>
       </c>
       <c r="J222" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K222" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
         <v>11</v>
       </c>
       <c r="B223" t="s">
-        <v>810</v>
+        <v>829</v>
       </c>
       <c r="C223" t="s">
-        <v>810</v>
+        <v>829</v>
       </c>
       <c r="D223" t="s">
-        <v>811</v>
+        <v>830</v>
       </c>
       <c r="E223" t="s">
-        <v>812</v>
+        <v>831</v>
       </c>
       <c r="F223" t="s">
         <v>15</v>
       </c>
       <c r="G223" t="s">
         <v>16</v>
       </c>
       <c r="H223" t="s">
-        <v>191</v>
+        <v>401</v>
       </c>
       <c r="I223" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J223" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K223" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
         <v>11</v>
       </c>
       <c r="B224" t="s">
-        <v>813</v>
+        <v>832</v>
       </c>
       <c r="C224" t="s">
-        <v>813</v>
+        <v>832</v>
       </c>
       <c r="D224" t="s">
-        <v>814</v>
+        <v>833</v>
       </c>
       <c r="E224" t="s">
-        <v>815</v>
+        <v>834</v>
       </c>
       <c r="F224" t="s">
         <v>15</v>
       </c>
       <c r="G224" t="s">
         <v>16</v>
       </c>
       <c r="H224" t="s">
-        <v>132</v>
+        <v>401</v>
       </c>
       <c r="I224" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J224" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K224" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
         <v>11</v>
       </c>
       <c r="B225" t="s">
-        <v>816</v>
+        <v>835</v>
       </c>
       <c r="C225" t="s">
-        <v>816</v>
+        <v>835</v>
       </c>
       <c r="D225" t="s">
-        <v>817</v>
+        <v>836</v>
       </c>
       <c r="E225" t="s">
-        <v>818</v>
+        <v>837</v>
       </c>
       <c r="F225" t="s">
         <v>15</v>
       </c>
       <c r="G225" t="s">
         <v>16</v>
       </c>
       <c r="H225" t="s">
-        <v>73</v>
+        <v>401</v>
       </c>
       <c r="I225" t="s">
-        <v>69</v>
+        <v>518</v>
       </c>
       <c r="J225" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K225" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
         <v>11</v>
       </c>
       <c r="B226" t="s">
-        <v>819</v>
+        <v>838</v>
       </c>
       <c r="C226" t="s">
-        <v>819</v>
+        <v>838</v>
       </c>
       <c r="D226" t="s">
-        <v>820</v>
+        <v>839</v>
       </c>
       <c r="E226" t="s">
-        <v>821</v>
+        <v>840</v>
       </c>
       <c r="F226" t="s">
         <v>15</v>
       </c>
       <c r="G226" t="s">
         <v>16</v>
       </c>
       <c r="H226" t="s">
-        <v>73</v>
+        <v>401</v>
       </c>
       <c r="I226" t="s">
-        <v>69</v>
+        <v>841</v>
       </c>
       <c r="J226" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K226" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
         <v>11</v>
       </c>
       <c r="B227" t="s">
-        <v>162</v>
+        <v>842</v>
       </c>
       <c r="C227" t="s">
-        <v>822</v>
+        <v>842</v>
       </c>
       <c r="D227" t="s">
-        <v>823</v>
+        <v>843</v>
       </c>
       <c r="E227" t="s">
-        <v>824</v>
+        <v>844</v>
       </c>
       <c r="F227" t="s">
         <v>15</v>
       </c>
       <c r="G227" t="s">
         <v>16</v>
       </c>
       <c r="H227" t="s">
-        <v>16</v>
+        <v>401</v>
       </c>
       <c r="I227" t="s">
-        <v>166</v>
+        <v>282</v>
       </c>
       <c r="J227" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K227" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
         <v>11</v>
       </c>
       <c r="B228" t="s">
-        <v>162</v>
+        <v>845</v>
       </c>
       <c r="C228" t="s">
-        <v>825</v>
+        <v>845</v>
       </c>
       <c r="D228" t="s">
-        <v>826</v>
+        <v>846</v>
       </c>
       <c r="E228" t="s">
-        <v>827</v>
+        <v>847</v>
       </c>
       <c r="F228" t="s">
         <v>15</v>
       </c>
       <c r="G228" t="s">
         <v>16</v>
       </c>
       <c r="H228" t="s">
-        <v>16</v>
+        <v>401</v>
       </c>
       <c r="I228" t="s">
-        <v>166</v>
+        <v>418</v>
       </c>
       <c r="J228" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K228" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
         <v>11</v>
       </c>
       <c r="B229" t="s">
-        <v>476</v>
+        <v>848</v>
       </c>
       <c r="C229" t="s">
-        <v>828</v>
+        <v>848</v>
       </c>
       <c r="D229" t="s">
-        <v>829</v>
+        <v>849</v>
       </c>
       <c r="E229" t="s">
-        <v>830</v>
+        <v>850</v>
       </c>
       <c r="F229" t="s">
         <v>15</v>
       </c>
       <c r="G229" t="s">
         <v>16</v>
       </c>
       <c r="H229" t="s">
-        <v>160</v>
+        <v>16</v>
       </c>
       <c r="I229" t="s">
-        <v>171</v>
+        <v>851</v>
       </c>
       <c r="J229" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K229" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
         <v>11</v>
       </c>
       <c r="B230" t="s">
-        <v>483</v>
+        <v>852</v>
       </c>
       <c r="C230" t="s">
-        <v>831</v>
+        <v>852</v>
       </c>
       <c r="D230" t="s">
-        <v>832</v>
+        <v>853</v>
       </c>
       <c r="E230" t="s">
-        <v>833</v>
+        <v>854</v>
       </c>
       <c r="F230" t="s">
         <v>15</v>
       </c>
       <c r="G230" t="s">
         <v>16</v>
       </c>
       <c r="H230" t="s">
-        <v>496</v>
+        <v>855</v>
       </c>
       <c r="I230" t="s">
-        <v>488</v>
+        <v>856</v>
       </c>
       <c r="J230" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K230" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
         <v>11</v>
       </c>
       <c r="B231" t="s">
-        <v>217</v>
+        <v>857</v>
       </c>
       <c r="C231" t="s">
-        <v>834</v>
+        <v>857</v>
       </c>
       <c r="D231" t="s">
-        <v>835</v>
+        <v>858</v>
       </c>
       <c r="E231" t="s">
-        <v>836</v>
+        <v>859</v>
       </c>
       <c r="F231" t="s">
         <v>15</v>
       </c>
       <c r="G231" t="s">
         <v>16</v>
       </c>
       <c r="H231" t="s">
-        <v>353</v>
+        <v>16</v>
       </c>
       <c r="I231" t="s">
-        <v>222</v>
+        <v>860</v>
       </c>
       <c r="J231" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K231" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
         <v>11</v>
       </c>
       <c r="B232" t="s">
-        <v>162</v>
+        <v>861</v>
       </c>
       <c r="C232" t="s">
-        <v>837</v>
+        <v>861</v>
       </c>
       <c r="D232" t="s">
-        <v>838</v>
+        <v>862</v>
       </c>
       <c r="E232" t="s">
-        <v>839</v>
+        <v>863</v>
       </c>
       <c r="F232" t="s">
         <v>15</v>
       </c>
       <c r="G232" t="s">
         <v>16</v>
       </c>
       <c r="H232" t="s">
-        <v>16</v>
+        <v>179</v>
       </c>
       <c r="I232" t="s">
-        <v>166</v>
+        <v>864</v>
       </c>
       <c r="J232" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K232" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
         <v>11</v>
       </c>
       <c r="B233" t="s">
-        <v>162</v>
+        <v>865</v>
       </c>
       <c r="C233" t="s">
-        <v>840</v>
+        <v>865</v>
       </c>
       <c r="D233" t="s">
-        <v>841</v>
+        <v>866</v>
       </c>
       <c r="E233" t="s">
-        <v>842</v>
+        <v>867</v>
       </c>
       <c r="F233" t="s">
         <v>15</v>
       </c>
       <c r="G233" t="s">
         <v>16</v>
       </c>
       <c r="H233" t="s">
-        <v>16</v>
+        <v>247</v>
       </c>
       <c r="I233" t="s">
-        <v>166</v>
+        <v>184</v>
       </c>
       <c r="J233" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K233" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
         <v>11</v>
       </c>
       <c r="B234" t="s">
-        <v>843</v>
+        <v>868</v>
       </c>
       <c r="C234" t="s">
-        <v>844</v>
+        <v>868</v>
       </c>
       <c r="D234" t="s">
-        <v>845</v>
+        <v>869</v>
       </c>
       <c r="E234" t="s">
-        <v>846</v>
+        <v>870</v>
       </c>
       <c r="F234" t="s">
         <v>15</v>
       </c>
       <c r="G234" t="s">
         <v>16</v>
       </c>
       <c r="H234" t="s">
-        <v>847</v>
+        <v>92</v>
       </c>
       <c r="I234" t="s">
-        <v>848</v>
+        <v>871</v>
       </c>
       <c r="J234" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K234" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
         <v>11</v>
       </c>
       <c r="B235" t="s">
-        <v>187</v>
+        <v>872</v>
       </c>
       <c r="C235" t="s">
-        <v>849</v>
+        <v>872</v>
       </c>
       <c r="D235" t="s">
-        <v>850</v>
+        <v>873</v>
       </c>
       <c r="E235" t="s">
-        <v>851</v>
+        <v>874</v>
       </c>
       <c r="F235" t="s">
         <v>15</v>
       </c>
       <c r="G235" t="s">
         <v>16</v>
       </c>
       <c r="H235" t="s">
-        <v>191</v>
+        <v>16</v>
       </c>
       <c r="I235" t="s">
-        <v>192</v>
+        <v>875</v>
       </c>
       <c r="J235" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K235" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
         <v>11</v>
       </c>
       <c r="B236" t="s">
-        <v>852</v>
+        <v>876</v>
       </c>
       <c r="C236" t="s">
-        <v>853</v>
+        <v>876</v>
       </c>
       <c r="D236" t="s">
-        <v>854</v>
+        <v>877</v>
       </c>
       <c r="E236" t="s">
-        <v>855</v>
+        <v>878</v>
       </c>
       <c r="F236" t="s">
         <v>15</v>
       </c>
       <c r="G236" t="s">
         <v>16</v>
       </c>
       <c r="H236" t="s">
-        <v>251</v>
+        <v>17</v>
       </c>
       <c r="I236" t="s">
-        <v>856</v>
+        <v>18</v>
       </c>
       <c r="J236" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K236" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
         <v>11</v>
       </c>
       <c r="B237" t="s">
-        <v>577</v>
+        <v>879</v>
       </c>
       <c r="C237" t="s">
-        <v>857</v>
+        <v>879</v>
       </c>
       <c r="D237" t="s">
-        <v>858</v>
+        <v>880</v>
       </c>
       <c r="E237" t="s">
-        <v>859</v>
+        <v>881</v>
       </c>
       <c r="F237" t="s">
         <v>15</v>
       </c>
       <c r="G237" t="s">
         <v>16</v>
       </c>
       <c r="H237" t="s">
-        <v>95</v>
+        <v>221</v>
       </c>
       <c r="I237" t="s">
-        <v>581</v>
+        <v>113</v>
       </c>
       <c r="J237" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K237" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
         <v>11</v>
       </c>
       <c r="B238" t="s">
-        <v>162</v>
+        <v>882</v>
       </c>
       <c r="C238" t="s">
-        <v>860</v>
+        <v>882</v>
       </c>
       <c r="D238" t="s">
-        <v>861</v>
+        <v>883</v>
       </c>
       <c r="E238" t="s">
-        <v>862</v>
+        <v>884</v>
       </c>
       <c r="F238" t="s">
         <v>15</v>
       </c>
       <c r="G238" t="s">
         <v>16</v>
       </c>
       <c r="H238" t="s">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="I238" t="s">
-        <v>166</v>
+        <v>18</v>
       </c>
       <c r="J238" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K238" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
         <v>11</v>
       </c>
       <c r="B239" t="s">
-        <v>863</v>
+        <v>885</v>
       </c>
       <c r="C239" t="s">
-        <v>863</v>
+        <v>885</v>
       </c>
       <c r="D239" t="s">
-        <v>864</v>
+        <v>886</v>
       </c>
       <c r="E239" t="s">
-        <v>865</v>
+        <v>887</v>
       </c>
       <c r="F239" t="s">
         <v>15</v>
       </c>
       <c r="G239" t="s">
         <v>16</v>
       </c>
       <c r="H239" t="s">
-        <v>136</v>
+        <v>86</v>
       </c>
       <c r="I239" t="s">
-        <v>866</v>
+        <v>113</v>
       </c>
       <c r="J239" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K239" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
         <v>11</v>
       </c>
       <c r="B240" t="s">
-        <v>867</v>
+        <v>888</v>
       </c>
       <c r="C240" t="s">
-        <v>868</v>
+        <v>888</v>
       </c>
       <c r="D240" t="s">
-        <v>869</v>
+        <v>889</v>
       </c>
       <c r="E240" t="s">
-        <v>870</v>
+        <v>890</v>
       </c>
       <c r="F240" t="s">
         <v>15</v>
       </c>
       <c r="G240" t="s">
         <v>16</v>
       </c>
       <c r="H240" t="s">
-        <v>73</v>
+        <v>16</v>
       </c>
       <c r="I240" t="s">
-        <v>871</v>
+        <v>891</v>
       </c>
       <c r="J240" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K240" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
         <v>11</v>
       </c>
       <c r="B241" t="s">
-        <v>521</v>
+        <v>133</v>
       </c>
       <c r="C241" t="s">
-        <v>872</v>
+        <v>892</v>
       </c>
       <c r="D241" t="s">
-        <v>873</v>
+        <v>893</v>
       </c>
       <c r="E241" t="s">
-        <v>874</v>
+        <v>894</v>
       </c>
       <c r="F241" t="s">
         <v>15</v>
       </c>
       <c r="G241" t="s">
         <v>16</v>
       </c>
       <c r="H241" t="s">
-        <v>56</v>
+        <v>97</v>
       </c>
       <c r="I241" t="s">
-        <v>525</v>
+        <v>137</v>
       </c>
       <c r="J241" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K241" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
         <v>11</v>
       </c>
       <c r="B242" t="s">
-        <v>875</v>
+        <v>895</v>
       </c>
       <c r="C242" t="s">
-        <v>876</v>
+        <v>895</v>
       </c>
       <c r="D242" t="s">
-        <v>877</v>
+        <v>896</v>
       </c>
       <c r="E242" t="s">
-        <v>878</v>
+        <v>897</v>
       </c>
       <c r="F242" t="s">
         <v>15</v>
       </c>
       <c r="G242" t="s">
         <v>16</v>
       </c>
       <c r="H242" t="s">
-        <v>30</v>
+        <v>212</v>
       </c>
       <c r="I242" t="s">
-        <v>879</v>
+        <v>898</v>
       </c>
       <c r="J242" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K242" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
         <v>11</v>
       </c>
       <c r="B243" t="s">
-        <v>880</v>
+        <v>899</v>
       </c>
       <c r="C243" t="s">
-        <v>880</v>
+        <v>899</v>
       </c>
       <c r="D243" t="s">
-        <v>881</v>
+        <v>900</v>
       </c>
       <c r="E243" t="s">
-        <v>882</v>
+        <v>901</v>
       </c>
       <c r="F243" t="s">
         <v>15</v>
       </c>
       <c r="G243" t="s">
         <v>16</v>
       </c>
       <c r="H243" t="s">
-        <v>68</v>
+        <v>86</v>
       </c>
       <c r="I243" t="s">
-        <v>883</v>
+        <v>18</v>
       </c>
       <c r="J243" t="s">
         <v>19</v>
       </c>
       <c r="K243" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
         <v>11</v>
       </c>
       <c r="B244" t="s">
-        <v>884</v>
+        <v>39</v>
       </c>
       <c r="C244" t="s">
-        <v>884</v>
+        <v>902</v>
       </c>
       <c r="D244" t="s">
-        <v>885</v>
+        <v>903</v>
       </c>
       <c r="E244" t="s">
-        <v>886</v>
+        <v>904</v>
       </c>
       <c r="F244" t="s">
         <v>15</v>
       </c>
       <c r="G244" t="s">
         <v>16</v>
       </c>
       <c r="H244" t="s">
-        <v>132</v>
+        <v>43</v>
       </c>
       <c r="I244" t="s">
-        <v>69</v>
+        <v>44</v>
       </c>
       <c r="J244" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K244" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
         <v>11</v>
       </c>
       <c r="B245" t="s">
-        <v>476</v>
+        <v>45</v>
       </c>
       <c r="C245" t="s">
-        <v>887</v>
+        <v>905</v>
       </c>
       <c r="D245" t="s">
-        <v>888</v>
+        <v>906</v>
       </c>
       <c r="E245" t="s">
-        <v>889</v>
+        <v>907</v>
       </c>
       <c r="F245" t="s">
         <v>15</v>
       </c>
       <c r="G245" t="s">
         <v>16</v>
       </c>
       <c r="H245" t="s">
-        <v>160</v>
+        <v>49</v>
       </c>
       <c r="I245" t="s">
-        <v>171</v>
+        <v>44</v>
       </c>
       <c r="J245" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K245" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
         <v>11</v>
       </c>
       <c r="B246" t="s">
-        <v>476</v>
+        <v>45</v>
       </c>
       <c r="C246" t="s">
-        <v>890</v>
+        <v>908</v>
       </c>
       <c r="D246" t="s">
-        <v>891</v>
+        <v>909</v>
       </c>
       <c r="E246" t="s">
-        <v>892</v>
+        <v>910</v>
       </c>
       <c r="F246" t="s">
         <v>15</v>
       </c>
       <c r="G246" t="s">
         <v>16</v>
       </c>
       <c r="H246" t="s">
-        <v>160</v>
+        <v>49</v>
       </c>
       <c r="I246" t="s">
-        <v>171</v>
+        <v>44</v>
       </c>
       <c r="J246" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K246" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
         <v>11</v>
       </c>
       <c r="B247" t="s">
-        <v>893</v>
+        <v>911</v>
       </c>
       <c r="C247" t="s">
-        <v>893</v>
+        <v>911</v>
       </c>
       <c r="D247" t="s">
-        <v>894</v>
+        <v>912</v>
       </c>
       <c r="E247" t="s">
-        <v>895</v>
+        <v>913</v>
       </c>
       <c r="F247" t="s">
         <v>15</v>
       </c>
       <c r="G247" t="s">
         <v>16</v>
       </c>
       <c r="H247" t="s">
-        <v>291</v>
+        <v>179</v>
       </c>
       <c r="I247" t="s">
-        <v>896</v>
+        <v>914</v>
       </c>
       <c r="J247" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K247" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
         <v>11</v>
       </c>
       <c r="B248" t="s">
-        <v>897</v>
+        <v>915</v>
       </c>
       <c r="C248" t="s">
-        <v>897</v>
+        <v>915</v>
       </c>
       <c r="D248" t="s">
-        <v>898</v>
+        <v>916</v>
       </c>
       <c r="E248" t="s">
-        <v>899</v>
+        <v>917</v>
       </c>
       <c r="F248" t="s">
         <v>15</v>
       </c>
       <c r="G248" t="s">
         <v>16</v>
       </c>
       <c r="H248" t="s">
-        <v>140</v>
+        <v>918</v>
       </c>
       <c r="I248" t="s">
-        <v>900</v>
+        <v>919</v>
       </c>
       <c r="J248" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K248" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
         <v>11</v>
       </c>
       <c r="B249" t="s">
-        <v>901</v>
+        <v>920</v>
       </c>
       <c r="C249" t="s">
-        <v>901</v>
+        <v>920</v>
       </c>
       <c r="D249" t="s">
-        <v>902</v>
+        <v>921</v>
       </c>
       <c r="E249" t="s">
-        <v>903</v>
+        <v>922</v>
       </c>
       <c r="F249" t="s">
         <v>15</v>
       </c>
       <c r="G249" t="s">
         <v>16</v>
       </c>
       <c r="H249" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I249" t="s">
+        <v>113</v>
+      </c>
+      <c r="J249" t="s">
+        <v>19</v>
+      </c>
+      <c r="K249" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
         <v>11</v>
       </c>
       <c r="B250" t="s">
-        <v>904</v>
+        <v>175</v>
       </c>
       <c r="C250" t="s">
-        <v>905</v>
+        <v>923</v>
       </c>
       <c r="D250" t="s">
-        <v>906</v>
+        <v>924</v>
       </c>
       <c r="E250" t="s">
-        <v>907</v>
+        <v>925</v>
       </c>
       <c r="F250" t="s">
         <v>15</v>
       </c>
       <c r="G250" t="s">
         <v>16</v>
       </c>
       <c r="H250" t="s">
-        <v>291</v>
+        <v>179</v>
       </c>
       <c r="I250" t="s">
-        <v>908</v>
+        <v>180</v>
       </c>
       <c r="J250" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K250" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
         <v>11</v>
       </c>
       <c r="B251" t="s">
-        <v>909</v>
+        <v>926</v>
       </c>
       <c r="C251" t="s">
-        <v>909</v>
+        <v>926</v>
       </c>
       <c r="D251" t="s">
-        <v>910</v>
+        <v>927</v>
       </c>
       <c r="E251" t="s">
-        <v>911</v>
+        <v>928</v>
       </c>
       <c r="F251" t="s">
         <v>15</v>
       </c>
       <c r="G251" t="s">
         <v>16</v>
       </c>
       <c r="H251" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I251" t="s">
-        <v>278</v>
+        <v>113</v>
       </c>
       <c r="J251" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K251" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
         <v>11</v>
       </c>
       <c r="B252" t="s">
-        <v>912</v>
+        <v>929</v>
       </c>
       <c r="C252" t="s">
-        <v>912</v>
+        <v>929</v>
       </c>
       <c r="D252" t="s">
-        <v>913</v>
+        <v>930</v>
       </c>
       <c r="E252" t="s">
-        <v>914</v>
+        <v>931</v>
       </c>
       <c r="F252" t="s">
         <v>15</v>
       </c>
       <c r="G252" t="s">
         <v>16</v>
       </c>
       <c r="H252" t="s">
-        <v>915</v>
+        <v>69</v>
       </c>
       <c r="I252" t="s">
-        <v>916</v>
+        <v>932</v>
       </c>
       <c r="J252" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K252" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
         <v>11</v>
       </c>
       <c r="B253" t="s">
-        <v>917</v>
+        <v>933</v>
       </c>
       <c r="C253" t="s">
-        <v>917</v>
+        <v>933</v>
       </c>
       <c r="D253" t="s">
-        <v>918</v>
+        <v>934</v>
       </c>
       <c r="E253" t="s">
-        <v>919</v>
+        <v>935</v>
       </c>
       <c r="F253" t="s">
         <v>15</v>
       </c>
       <c r="G253" t="s">
         <v>16</v>
       </c>
       <c r="H253" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I253" t="s">
-        <v>920</v>
+        <v>936</v>
       </c>
       <c r="J253" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K253" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
         <v>11</v>
       </c>
       <c r="B254" t="s">
-        <v>921</v>
+        <v>937</v>
       </c>
       <c r="C254" t="s">
-        <v>921</v>
+        <v>937</v>
       </c>
       <c r="D254" t="s">
-        <v>922</v>
+        <v>938</v>
       </c>
       <c r="E254" t="s">
-        <v>923</v>
+        <v>939</v>
       </c>
       <c r="F254" t="s">
         <v>15</v>
       </c>
       <c r="G254" t="s">
         <v>16</v>
       </c>
       <c r="H254" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I254" t="s">
-        <v>924</v>
+        <v>940</v>
       </c>
       <c r="J254" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K254" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
         <v>11</v>
       </c>
       <c r="B255" t="s">
-        <v>925</v>
+        <v>941</v>
       </c>
       <c r="C255" t="s">
-        <v>925</v>
+        <v>941</v>
       </c>
       <c r="D255" t="s">
-        <v>926</v>
+        <v>942</v>
       </c>
       <c r="E255" t="s">
-        <v>927</v>
+        <v>943</v>
       </c>
       <c r="F255" t="s">
         <v>15</v>
       </c>
       <c r="G255" t="s">
         <v>16</v>
       </c>
       <c r="H255" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="I255" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J255" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K255" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
         <v>11</v>
       </c>
       <c r="B256" t="s">
-        <v>193</v>
+        <v>519</v>
       </c>
       <c r="C256" t="s">
-        <v>928</v>
+        <v>944</v>
       </c>
       <c r="D256" t="s">
-        <v>929</v>
+        <v>945</v>
       </c>
       <c r="E256" t="s">
-        <v>930</v>
+        <v>946</v>
       </c>
       <c r="F256" t="s">
         <v>15</v>
       </c>
       <c r="G256" t="s">
         <v>16</v>
       </c>
       <c r="H256" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I256" t="s">
-        <v>197</v>
+        <v>523</v>
       </c>
       <c r="J256" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K256" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
         <v>11</v>
       </c>
       <c r="B257" t="s">
-        <v>476</v>
+        <v>45</v>
       </c>
       <c r="C257" t="s">
-        <v>931</v>
+        <v>947</v>
       </c>
       <c r="D257" t="s">
-        <v>932</v>
+        <v>948</v>
       </c>
       <c r="E257" t="s">
-        <v>933</v>
+        <v>949</v>
       </c>
       <c r="F257" t="s">
         <v>15</v>
       </c>
       <c r="G257" t="s">
         <v>16</v>
       </c>
       <c r="H257" t="s">
-        <v>160</v>
+        <v>49</v>
       </c>
       <c r="I257" t="s">
-        <v>171</v>
+        <v>44</v>
       </c>
       <c r="J257" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K257" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
         <v>11</v>
       </c>
       <c r="B258" t="s">
-        <v>934</v>
+        <v>950</v>
       </c>
       <c r="C258" t="s">
-        <v>934</v>
+        <v>950</v>
       </c>
       <c r="D258" t="s">
-        <v>935</v>
+        <v>951</v>
       </c>
       <c r="E258" t="s">
-        <v>936</v>
+        <v>952</v>
       </c>
       <c r="F258" t="s">
         <v>15</v>
       </c>
       <c r="G258" t="s">
         <v>16</v>
       </c>
       <c r="H258" t="s">
-        <v>345</v>
+        <v>64</v>
       </c>
       <c r="I258" t="s">
-        <v>937</v>
+        <v>141</v>
       </c>
       <c r="J258" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K258" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
         <v>11</v>
       </c>
       <c r="B259" t="s">
-        <v>562</v>
+        <v>577</v>
       </c>
       <c r="C259" t="s">
-        <v>938</v>
+        <v>953</v>
       </c>
       <c r="D259" t="s">
-        <v>939</v>
+        <v>954</v>
       </c>
       <c r="E259" t="s">
-        <v>940</v>
+        <v>955</v>
       </c>
       <c r="F259" t="s">
         <v>15</v>
       </c>
       <c r="G259" t="s">
         <v>16</v>
       </c>
       <c r="H259" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I259" t="s">
-        <v>566</v>
+        <v>581</v>
       </c>
       <c r="J259" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K259" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
         <v>11</v>
       </c>
       <c r="B260" t="s">
-        <v>217</v>
+        <v>713</v>
       </c>
       <c r="C260" t="s">
-        <v>941</v>
+        <v>956</v>
       </c>
       <c r="D260" t="s">
-        <v>942</v>
+        <v>957</v>
       </c>
       <c r="E260" t="s">
-        <v>943</v>
+        <v>958</v>
       </c>
       <c r="F260" t="s">
         <v>15</v>
       </c>
       <c r="G260" t="s">
         <v>16</v>
       </c>
       <c r="H260" t="s">
-        <v>944</v>
+        <v>959</v>
       </c>
       <c r="I260" t="s">
-        <v>222</v>
+        <v>717</v>
       </c>
       <c r="J260" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K260" t="s">
-        <v>77</v>
+        <v>278</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
         <v>11</v>
       </c>
       <c r="B261" t="s">
-        <v>945</v>
+        <v>960</v>
       </c>
       <c r="C261" t="s">
-        <v>945</v>
+        <v>960</v>
       </c>
       <c r="D261" t="s">
-        <v>946</v>
+        <v>961</v>
       </c>
       <c r="E261" t="s">
-        <v>947</v>
+        <v>962</v>
       </c>
       <c r="F261" t="s">
         <v>15</v>
       </c>
       <c r="G261" t="s">
         <v>16</v>
       </c>
       <c r="H261" t="s">
-        <v>847</v>
+        <v>728</v>
       </c>
       <c r="I261" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J261" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K261" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
         <v>11</v>
       </c>
       <c r="B262" t="s">
-        <v>948</v>
+        <v>963</v>
       </c>
       <c r="C262" t="s">
-        <v>948</v>
+        <v>963</v>
       </c>
       <c r="D262" t="s">
-        <v>949</v>
+        <v>964</v>
       </c>
       <c r="E262" t="s">
-        <v>950</v>
+        <v>965</v>
       </c>
       <c r="F262" t="s">
         <v>15</v>
       </c>
       <c r="G262" t="s">
         <v>16</v>
       </c>
       <c r="H262" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I262" t="s">
-        <v>42</v>
+        <v>966</v>
       </c>
       <c r="J262" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K262" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
         <v>11</v>
       </c>
       <c r="B263" t="s">
-        <v>951</v>
+        <v>967</v>
       </c>
       <c r="C263" t="s">
-        <v>952</v>
+        <v>968</v>
       </c>
       <c r="D263" t="s">
-        <v>953</v>
+        <v>969</v>
       </c>
       <c r="E263" t="s">
-        <v>954</v>
+        <v>970</v>
       </c>
       <c r="F263" t="s">
         <v>15</v>
       </c>
       <c r="G263" t="s">
         <v>16</v>
       </c>
       <c r="H263" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="I263" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
       <c r="J263" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K263" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
         <v>11</v>
       </c>
       <c r="B264" t="s">
-        <v>955</v>
+        <v>971</v>
       </c>
       <c r="C264" t="s">
-        <v>955</v>
+        <v>971</v>
       </c>
       <c r="D264" t="s">
-        <v>956</v>
+        <v>972</v>
       </c>
       <c r="E264" t="s">
-        <v>957</v>
+        <v>973</v>
       </c>
       <c r="F264" t="s">
         <v>15</v>
       </c>
       <c r="G264" t="s">
         <v>16</v>
       </c>
       <c r="H264" t="s">
         <v>16</v>
       </c>
       <c r="I264" t="s">
-        <v>503</v>
+        <v>514</v>
       </c>
       <c r="J264" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K264" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
         <v>11</v>
       </c>
       <c r="B265" t="s">
-        <v>958</v>
+        <v>974</v>
       </c>
       <c r="C265" t="s">
-        <v>958</v>
+        <v>974</v>
       </c>
       <c r="D265" t="s">
-        <v>959</v>
+        <v>975</v>
       </c>
       <c r="E265" t="s">
-        <v>960</v>
+        <v>976</v>
       </c>
       <c r="F265" t="s">
         <v>15</v>
       </c>
       <c r="G265" t="s">
         <v>16</v>
       </c>
       <c r="H265" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="I265" t="s">
-        <v>25</v>
+        <v>977</v>
       </c>
       <c r="J265" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K265" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
         <v>11</v>
       </c>
       <c r="B266" t="s">
-        <v>961</v>
+        <v>978</v>
       </c>
       <c r="C266" t="s">
-        <v>961</v>
+        <v>978</v>
       </c>
       <c r="D266" t="s">
-        <v>962</v>
+        <v>979</v>
       </c>
       <c r="E266" t="s">
-        <v>963</v>
+        <v>980</v>
       </c>
       <c r="F266" t="s">
         <v>15</v>
       </c>
       <c r="G266" t="s">
         <v>16</v>
       </c>
       <c r="H266" t="s">
-        <v>24</v>
+        <v>380</v>
       </c>
       <c r="I266" t="s">
-        <v>964</v>
+        <v>981</v>
       </c>
       <c r="J266" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K266" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
         <v>11</v>
       </c>
       <c r="B267" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="C267" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="D267" t="s">
-        <v>966</v>
+        <v>983</v>
       </c>
       <c r="E267" t="s">
-        <v>967</v>
+        <v>984</v>
       </c>
       <c r="F267" t="s">
         <v>15</v>
       </c>
       <c r="G267" t="s">
         <v>16</v>
       </c>
       <c r="H267" t="s">
         <v>16</v>
       </c>
       <c r="I267" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J267" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K267" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
         <v>11</v>
       </c>
       <c r="B268" t="s">
-        <v>968</v>
+        <v>985</v>
       </c>
       <c r="C268" t="s">
-        <v>968</v>
+        <v>985</v>
       </c>
       <c r="D268" t="s">
-        <v>969</v>
+        <v>986</v>
       </c>
       <c r="E268" t="s">
-        <v>970</v>
+        <v>987</v>
       </c>
       <c r="F268" t="s">
         <v>15</v>
       </c>
       <c r="G268" t="s">
         <v>16</v>
       </c>
       <c r="H268" t="s">
-        <v>132</v>
+        <v>16</v>
       </c>
       <c r="I268" t="s">
+        <v>18</v>
+      </c>
+      <c r="J268" t="s">
+        <v>19</v>
+      </c>
+      <c r="K268" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
         <v>11</v>
       </c>
       <c r="B269" t="s">
-        <v>971</v>
+        <v>988</v>
       </c>
       <c r="C269" t="s">
-        <v>971</v>
+        <v>988</v>
       </c>
       <c r="D269" t="s">
-        <v>972</v>
+        <v>989</v>
       </c>
       <c r="E269" t="s">
-        <v>973</v>
+        <v>990</v>
       </c>
       <c r="F269" t="s">
         <v>15</v>
       </c>
       <c r="G269" t="s">
         <v>16</v>
       </c>
       <c r="H269" t="s">
+        <v>86</v>
+      </c>
+      <c r="I269" t="s">
         <v>113</v>
       </c>
-      <c r="I269" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J269" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K269" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
         <v>11</v>
       </c>
       <c r="B270" t="s">
-        <v>974</v>
+        <v>991</v>
       </c>
       <c r="C270" t="s">
-        <v>974</v>
+        <v>991</v>
       </c>
       <c r="D270" t="s">
-        <v>975</v>
+        <v>992</v>
       </c>
       <c r="E270" t="s">
-        <v>976</v>
+        <v>993</v>
       </c>
       <c r="F270" t="s">
         <v>15</v>
       </c>
       <c r="G270" t="s">
         <v>16</v>
       </c>
       <c r="H270" t="s">
-        <v>132</v>
+        <v>247</v>
       </c>
       <c r="I270" t="s">
-        <v>69</v>
+        <v>514</v>
       </c>
       <c r="J270" t="s">
         <v>19</v>
       </c>
       <c r="K270" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
         <v>11</v>
       </c>
       <c r="B271" t="s">
-        <v>162</v>
+        <v>994</v>
       </c>
       <c r="C271" t="s">
-        <v>977</v>
+        <v>994</v>
       </c>
       <c r="D271" t="s">
-        <v>978</v>
+        <v>995</v>
       </c>
       <c r="E271" t="s">
-        <v>979</v>
+        <v>996</v>
       </c>
       <c r="F271" t="s">
         <v>15</v>
       </c>
       <c r="G271" t="s">
         <v>16</v>
       </c>
       <c r="H271" t="s">
-        <v>16</v>
+        <v>86</v>
       </c>
       <c r="I271" t="s">
-        <v>166</v>
+        <v>18</v>
       </c>
       <c r="J271" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K271" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
         <v>11</v>
       </c>
       <c r="B272" t="s">
-        <v>217</v>
+        <v>71</v>
       </c>
       <c r="C272" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="D272" t="s">
-        <v>981</v>
+        <v>998</v>
       </c>
       <c r="E272" t="s">
-        <v>982</v>
+        <v>999</v>
       </c>
       <c r="F272" t="s">
         <v>15</v>
       </c>
       <c r="G272" t="s">
         <v>16</v>
       </c>
       <c r="H272" t="s">
-        <v>983</v>
+        <v>16</v>
       </c>
       <c r="I272" t="s">
-        <v>222</v>
+        <v>75</v>
       </c>
       <c r="J272" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K272" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
         <v>11</v>
       </c>
       <c r="B273" t="s">
-        <v>984</v>
+        <v>713</v>
       </c>
       <c r="C273" t="s">
-        <v>984</v>
+        <v>1000</v>
       </c>
       <c r="D273" t="s">
-        <v>985</v>
+        <v>1001</v>
       </c>
       <c r="E273" t="s">
-        <v>986</v>
+        <v>1002</v>
       </c>
       <c r="F273" t="s">
-        <v>607</v>
+        <v>15</v>
       </c>
       <c r="G273" t="s">
-        <v>608</v>
+        <v>16</v>
       </c>
       <c r="H273" t="s">
-        <v>987</v>
+        <v>251</v>
       </c>
       <c r="I273" t="s">
-        <v>988</v>
+        <v>717</v>
       </c>
       <c r="J273" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K273" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
         <v>11</v>
       </c>
       <c r="B274" t="s">
-        <v>989</v>
+        <v>1003</v>
       </c>
       <c r="C274" t="s">
-        <v>989</v>
+        <v>1003</v>
       </c>
       <c r="D274" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="E274" t="s">
-        <v>991</v>
+        <v>1005</v>
       </c>
       <c r="F274" t="s">
-        <v>607</v>
+        <v>171</v>
       </c>
       <c r="G274" t="s">
-        <v>608</v>
+        <v>172</v>
       </c>
       <c r="H274" t="s">
-        <v>992</v>
+        <v>1006</v>
       </c>
       <c r="I274" t="s">
-        <v>415</v>
+        <v>1007</v>
       </c>
       <c r="J274" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K274" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
         <v>11</v>
       </c>
       <c r="B275" t="s">
-        <v>993</v>
+        <v>1008</v>
       </c>
       <c r="C275" t="s">
-        <v>993</v>
+        <v>1008</v>
       </c>
       <c r="D275" t="s">
-        <v>994</v>
+        <v>1009</v>
       </c>
       <c r="E275" t="s">
-        <v>995</v>
+        <v>1010</v>
       </c>
       <c r="F275" t="s">
-        <v>607</v>
+        <v>171</v>
       </c>
       <c r="G275" t="s">
-        <v>608</v>
+        <v>172</v>
       </c>
       <c r="H275" t="s">
-        <v>996</v>
+        <v>1011</v>
       </c>
       <c r="I275" t="s">
-        <v>371</v>
+        <v>430</v>
       </c>
       <c r="J275" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K275" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
         <v>11</v>
       </c>
       <c r="B276" t="s">
-        <v>997</v>
+        <v>1012</v>
       </c>
       <c r="C276" t="s">
-        <v>997</v>
+        <v>1012</v>
       </c>
       <c r="D276" t="s">
-        <v>998</v>
+        <v>1013</v>
       </c>
       <c r="E276" t="s">
-        <v>999</v>
+        <v>1014</v>
       </c>
       <c r="F276" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="G276" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
       <c r="H276" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="I276" t="s">
-        <v>69</v>
+        <v>381</v>
       </c>
       <c r="J276" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K276" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
         <v>11</v>
       </c>
       <c r="B277" t="s">
-        <v>1000</v>
+        <v>1015</v>
       </c>
       <c r="C277" t="s">
-        <v>1000</v>
+        <v>1015</v>
       </c>
       <c r="D277" t="s">
-        <v>1001</v>
+        <v>1016</v>
       </c>
       <c r="E277" t="s">
-        <v>1002</v>
+        <v>1017</v>
       </c>
       <c r="F277" t="s">
         <v>15</v>
       </c>
       <c r="G277" t="s">
         <v>16</v>
       </c>
       <c r="H277" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I277" t="s">
-        <v>1003</v>
+        <v>18</v>
       </c>
       <c r="J277" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K277" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
         <v>11</v>
       </c>
       <c r="B278" t="s">
-        <v>179</v>
+        <v>1018</v>
       </c>
       <c r="C278" t="s">
-        <v>1004</v>
+        <v>1018</v>
       </c>
       <c r="D278" t="s">
-        <v>1005</v>
+        <v>1019</v>
       </c>
       <c r="E278" t="s">
-        <v>1006</v>
+        <v>1020</v>
       </c>
       <c r="F278" t="s">
         <v>15</v>
       </c>
       <c r="G278" t="s">
         <v>16</v>
       </c>
       <c r="H278" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I278" t="s">
-        <v>183</v>
+        <v>160</v>
       </c>
       <c r="J278" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K278" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
         <v>11</v>
       </c>
       <c r="B279" t="s">
-        <v>262</v>
+        <v>82</v>
       </c>
       <c r="C279" t="s">
-        <v>262</v>
+        <v>1021</v>
       </c>
       <c r="D279" t="s">
-        <v>1007</v>
+        <v>1022</v>
       </c>
       <c r="E279" t="s">
-        <v>1008</v>
+        <v>1023</v>
       </c>
       <c r="F279" t="s">
         <v>15</v>
       </c>
       <c r="G279" t="s">
         <v>16</v>
       </c>
       <c r="H279" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I279" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
       <c r="J279" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K279" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
         <v>11</v>
       </c>
       <c r="B280" t="s">
-        <v>1009</v>
+        <v>275</v>
       </c>
       <c r="C280" t="s">
-        <v>1009</v>
+        <v>275</v>
       </c>
       <c r="D280" t="s">
-        <v>1010</v>
+        <v>1024</v>
       </c>
       <c r="E280" t="s">
-        <v>1011</v>
+        <v>1025</v>
       </c>
       <c r="F280" t="s">
         <v>15</v>
       </c>
       <c r="G280" t="s">
         <v>16</v>
       </c>
       <c r="H280" t="s">
-        <v>16</v>
+        <v>86</v>
       </c>
       <c r="I280" t="s">
-        <v>57</v>
+        <v>108</v>
       </c>
       <c r="J280" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K280" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
         <v>11</v>
       </c>
       <c r="B281" t="s">
-        <v>1012</v>
+        <v>1026</v>
       </c>
       <c r="C281" t="s">
-        <v>1012</v>
+        <v>1026</v>
       </c>
       <c r="D281" t="s">
-        <v>1013</v>
+        <v>1027</v>
       </c>
       <c r="E281" t="s">
-        <v>1014</v>
+        <v>1028</v>
       </c>
       <c r="F281" t="s">
         <v>15</v>
       </c>
       <c r="G281" t="s">
         <v>16</v>
       </c>
       <c r="H281" t="s">
         <v>16</v>
       </c>
       <c r="I281" t="s">
-        <v>46</v>
+        <v>282</v>
       </c>
       <c r="J281" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K281" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
         <v>11</v>
       </c>
       <c r="B282" t="s">
-        <v>1015</v>
+        <v>1029</v>
       </c>
       <c r="C282" t="s">
-        <v>1015</v>
+        <v>1029</v>
       </c>
       <c r="D282" t="s">
-        <v>1016</v>
+        <v>1030</v>
       </c>
       <c r="E282" t="s">
-        <v>1017</v>
+        <v>1031</v>
       </c>
       <c r="F282" t="s">
         <v>15</v>
       </c>
       <c r="G282" t="s">
         <v>16</v>
       </c>
       <c r="H282" t="s">
         <v>16</v>
       </c>
       <c r="I282" t="s">
-        <v>46</v>
+        <v>184</v>
       </c>
       <c r="J282" t="s">
         <v>19</v>
       </c>
       <c r="K282" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
         <v>11</v>
       </c>
       <c r="B283" t="s">
-        <v>1018</v>
+        <v>1032</v>
       </c>
       <c r="C283" t="s">
-        <v>1018</v>
+        <v>1032</v>
       </c>
       <c r="D283" t="s">
-        <v>1019</v>
+        <v>1033</v>
       </c>
       <c r="E283" t="s">
-        <v>1020</v>
+        <v>1034</v>
       </c>
       <c r="F283" t="s">
         <v>15</v>
       </c>
       <c r="G283" t="s">
         <v>16</v>
       </c>
       <c r="H283" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
       <c r="I283" t="s">
-        <v>69</v>
+        <v>184</v>
       </c>
       <c r="J283" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K283" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
         <v>11</v>
       </c>
       <c r="B284" t="s">
-        <v>1021</v>
+        <v>1035</v>
       </c>
       <c r="C284" t="s">
-        <v>1021</v>
+        <v>1035</v>
       </c>
       <c r="D284" t="s">
-        <v>1022</v>
+        <v>1036</v>
       </c>
       <c r="E284" t="s">
-        <v>1023</v>
+        <v>1037</v>
       </c>
       <c r="F284" t="s">
         <v>15</v>
       </c>
       <c r="G284" t="s">
         <v>16</v>
       </c>
       <c r="H284" t="s">
-        <v>100</v>
+        <v>396</v>
       </c>
       <c r="I284" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J284" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K284" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
         <v>11</v>
       </c>
       <c r="B285" t="s">
-        <v>1024</v>
+        <v>1038</v>
       </c>
       <c r="C285" t="s">
-        <v>1024</v>
+        <v>1038</v>
       </c>
       <c r="D285" t="s">
-        <v>1025</v>
+        <v>1039</v>
       </c>
       <c r="E285" t="s">
-        <v>1026</v>
+        <v>1040</v>
       </c>
       <c r="F285" t="s">
         <v>15</v>
       </c>
       <c r="G285" t="s">
         <v>16</v>
       </c>
       <c r="H285" t="s">
-        <v>291</v>
+        <v>43</v>
       </c>
       <c r="I285" t="s">
-        <v>1027</v>
+        <v>18</v>
       </c>
       <c r="J285" t="s">
         <v>19</v>
       </c>
       <c r="K285" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
         <v>11</v>
       </c>
       <c r="B286" t="s">
-        <v>1028</v>
+        <v>1041</v>
       </c>
       <c r="C286" t="s">
-        <v>1029</v>
+        <v>1041</v>
       </c>
       <c r="D286" t="s">
-        <v>1030</v>
+        <v>1042</v>
       </c>
       <c r="E286" t="s">
-        <v>1031</v>
+        <v>1043</v>
       </c>
       <c r="F286" t="s">
         <v>15</v>
       </c>
       <c r="G286" t="s">
         <v>16</v>
       </c>
       <c r="H286" t="s">
-        <v>84</v>
+        <v>179</v>
       </c>
       <c r="I286" t="s">
-        <v>1032</v>
+        <v>1044</v>
       </c>
       <c r="J286" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K286" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
         <v>11</v>
       </c>
       <c r="B287" t="s">
-        <v>1033</v>
+        <v>88</v>
       </c>
       <c r="C287" t="s">
-        <v>1033</v>
+        <v>1045</v>
       </c>
       <c r="D287" t="s">
-        <v>1034</v>
+        <v>1046</v>
       </c>
       <c r="E287" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
       <c r="F287" t="s">
         <v>15</v>
       </c>
       <c r="G287" t="s">
         <v>16</v>
       </c>
       <c r="H287" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I287" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="J287" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K287" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
         <v>11</v>
       </c>
       <c r="B288" t="s">
-        <v>1036</v>
+        <v>1048</v>
       </c>
       <c r="C288" t="s">
-        <v>1036</v>
+        <v>1048</v>
       </c>
       <c r="D288" t="s">
-        <v>1037</v>
+        <v>1049</v>
       </c>
       <c r="E288" t="s">
-        <v>1038</v>
+        <v>1050</v>
       </c>
       <c r="F288" t="s">
         <v>15</v>
       </c>
       <c r="G288" t="s">
         <v>16</v>
       </c>
       <c r="H288" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I288" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J288" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K288" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
         <v>11</v>
       </c>
       <c r="B289" t="s">
-        <v>1039</v>
+        <v>1051</v>
       </c>
       <c r="C289" t="s">
-        <v>1039</v>
+        <v>1051</v>
       </c>
       <c r="D289" t="s">
-        <v>1040</v>
+        <v>1052</v>
       </c>
       <c r="E289" t="s">
-        <v>1041</v>
+        <v>1053</v>
       </c>
       <c r="F289" t="s">
         <v>15</v>
       </c>
       <c r="G289" t="s">
         <v>16</v>
       </c>
       <c r="H289" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I289" t="s">
-        <v>69</v>
+        <v>184</v>
       </c>
       <c r="J289" t="s">
         <v>19</v>
       </c>
       <c r="K289" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
         <v>11</v>
       </c>
       <c r="B290" t="s">
-        <v>1042</v>
+        <v>1054</v>
       </c>
       <c r="C290" t="s">
-        <v>1042</v>
+        <v>1054</v>
       </c>
       <c r="D290" t="s">
-        <v>1043</v>
+        <v>1055</v>
       </c>
       <c r="E290" t="s">
-        <v>1044</v>
+        <v>1056</v>
       </c>
       <c r="F290" t="s">
         <v>15</v>
       </c>
       <c r="G290" t="s">
         <v>16</v>
       </c>
       <c r="H290" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I290" t="s">
         <v>18</v>
       </c>
       <c r="J290" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K290" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
         <v>11</v>
       </c>
       <c r="B291" t="s">
-        <v>1045</v>
+        <v>1057</v>
       </c>
       <c r="C291" t="s">
-        <v>1045</v>
+        <v>1057</v>
       </c>
       <c r="D291" t="s">
-        <v>1046</v>
+        <v>1058</v>
       </c>
       <c r="E291" t="s">
-        <v>1047</v>
+        <v>1059</v>
       </c>
       <c r="F291" t="s">
         <v>15</v>
       </c>
       <c r="G291" t="s">
         <v>16</v>
       </c>
       <c r="H291" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I291" t="s">
-        <v>69</v>
+        <v>841</v>
       </c>
       <c r="J291" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K291" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
         <v>11</v>
       </c>
       <c r="B292" t="s">
-        <v>1048</v>
+        <v>1060</v>
       </c>
       <c r="C292" t="s">
-        <v>1048</v>
+        <v>1060</v>
       </c>
       <c r="D292" t="s">
-        <v>1049</v>
+        <v>1061</v>
       </c>
       <c r="E292" t="s">
-        <v>1050</v>
+        <v>1062</v>
       </c>
       <c r="F292" t="s">
         <v>15</v>
       </c>
       <c r="G292" t="s">
         <v>16</v>
       </c>
       <c r="H292" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I292" t="s">
-        <v>69</v>
+        <v>108</v>
       </c>
       <c r="J292" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K292" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
         <v>11</v>
       </c>
       <c r="B293" t="s">
-        <v>1051</v>
+        <v>1063</v>
       </c>
       <c r="C293" t="s">
-        <v>1051</v>
+        <v>1063</v>
       </c>
       <c r="D293" t="s">
-        <v>1052</v>
+        <v>1064</v>
       </c>
       <c r="E293" t="s">
-        <v>1053</v>
+        <v>1065</v>
       </c>
       <c r="F293" t="s">
         <v>15</v>
       </c>
       <c r="G293" t="s">
         <v>16</v>
       </c>
       <c r="H293" t="s">
-        <v>68</v>
+        <v>221</v>
       </c>
       <c r="I293" t="s">
-        <v>379</v>
+        <v>18</v>
       </c>
       <c r="J293" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K293" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
         <v>11</v>
       </c>
       <c r="B294" t="s">
-        <v>1054</v>
+        <v>1066</v>
       </c>
       <c r="C294" t="s">
-        <v>1054</v>
+        <v>1066</v>
       </c>
       <c r="D294" t="s">
-        <v>1055</v>
+        <v>1067</v>
       </c>
       <c r="E294" t="s">
-        <v>1056</v>
+        <v>1068</v>
       </c>
       <c r="F294" t="s">
         <v>15</v>
       </c>
       <c r="G294" t="s">
         <v>16</v>
       </c>
       <c r="H294" t="s">
-        <v>100</v>
+        <v>221</v>
       </c>
       <c r="I294" t="s">
-        <v>1027</v>
+        <v>18</v>
       </c>
       <c r="J294" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K294" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
         <v>11</v>
       </c>
       <c r="B295" t="s">
-        <v>1057</v>
+        <v>1069</v>
       </c>
       <c r="C295" t="s">
-        <v>1057</v>
+        <v>1069</v>
       </c>
       <c r="D295" t="s">
-        <v>1058</v>
+        <v>1070</v>
       </c>
       <c r="E295" t="s">
-        <v>1059</v>
+        <v>1071</v>
       </c>
       <c r="F295" t="s">
         <v>15</v>
       </c>
       <c r="G295" t="s">
         <v>16</v>
       </c>
       <c r="H295" t="s">
-        <v>100</v>
+        <v>212</v>
       </c>
       <c r="I295" t="s">
-        <v>69</v>
+        <v>198</v>
       </c>
       <c r="J295" t="s">
         <v>19</v>
       </c>
       <c r="K295" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
         <v>11</v>
       </c>
       <c r="B296" t="s">
-        <v>1060</v>
+        <v>1072</v>
       </c>
       <c r="C296" t="s">
-        <v>1060</v>
+        <v>1072</v>
       </c>
       <c r="D296" t="s">
-        <v>1061</v>
+        <v>1073</v>
       </c>
       <c r="E296" t="s">
-        <v>1062</v>
+        <v>1074</v>
       </c>
       <c r="F296" t="s">
         <v>15</v>
       </c>
       <c r="G296" t="s">
         <v>16</v>
       </c>
       <c r="H296" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I296" t="s">
-        <v>46</v>
+        <v>1044</v>
       </c>
       <c r="J296" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K296" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
         <v>11</v>
       </c>
       <c r="B297" t="s">
-        <v>1063</v>
+        <v>1075</v>
       </c>
       <c r="C297" t="s">
-        <v>1063</v>
+        <v>1075</v>
       </c>
       <c r="D297" t="s">
-        <v>1064</v>
+        <v>1076</v>
       </c>
       <c r="E297" t="s">
-        <v>1065</v>
+        <v>1077</v>
       </c>
       <c r="F297" t="s">
         <v>15</v>
       </c>
       <c r="G297" t="s">
         <v>16</v>
       </c>
       <c r="H297" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I297" t="s">
         <v>18</v>
       </c>
       <c r="J297" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K297" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
         <v>11</v>
       </c>
       <c r="B298" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
       <c r="C298" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
       <c r="D298" t="s">
-        <v>1067</v>
+        <v>1079</v>
       </c>
       <c r="E298" t="s">
-        <v>1068</v>
+        <v>1080</v>
       </c>
       <c r="F298" t="s">
         <v>15</v>
       </c>
       <c r="G298" t="s">
         <v>16</v>
       </c>
       <c r="H298" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I298" t="s">
-        <v>18</v>
+        <v>184</v>
       </c>
       <c r="J298" t="s">
         <v>19</v>
       </c>
       <c r="K298" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
         <v>11</v>
       </c>
       <c r="B299" t="s">
-        <v>1069</v>
+        <v>1081</v>
       </c>
       <c r="C299" t="s">
-        <v>1069</v>
+        <v>1081</v>
       </c>
       <c r="D299" t="s">
-        <v>1070</v>
+        <v>1082</v>
       </c>
       <c r="E299" t="s">
-        <v>1071</v>
+        <v>1083</v>
       </c>
       <c r="F299" t="s">
         <v>15</v>
       </c>
       <c r="G299" t="s">
         <v>16</v>
       </c>
       <c r="H299" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I299" t="s">
-        <v>278</v>
+        <v>108</v>
       </c>
       <c r="J299" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K299" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
         <v>11</v>
       </c>
       <c r="B300" t="s">
-        <v>1072</v>
+        <v>1084</v>
       </c>
       <c r="C300" t="s">
-        <v>1072</v>
+        <v>1084</v>
       </c>
       <c r="D300" t="s">
-        <v>1073</v>
+        <v>1085</v>
       </c>
       <c r="E300" t="s">
-        <v>1074</v>
+        <v>1086</v>
       </c>
       <c r="F300" t="s">
         <v>15</v>
       </c>
       <c r="G300" t="s">
         <v>16</v>
       </c>
       <c r="H300" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I300" t="s">
-        <v>69</v>
+        <v>108</v>
       </c>
       <c r="J300" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K300" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
         <v>11</v>
       </c>
       <c r="B301" t="s">
-        <v>1075</v>
+        <v>1087</v>
       </c>
       <c r="C301" t="s">
-        <v>1075</v>
+        <v>1087</v>
       </c>
       <c r="D301" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="E301" t="s">
-        <v>1077</v>
+        <v>1089</v>
       </c>
       <c r="F301" t="s">
         <v>15</v>
       </c>
       <c r="G301" t="s">
         <v>16</v>
       </c>
       <c r="H301" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I301" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J301" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K301" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
         <v>11</v>
       </c>
       <c r="B302" t="s">
-        <v>1078</v>
+        <v>1090</v>
       </c>
       <c r="C302" t="s">
-        <v>1078</v>
+        <v>1090</v>
       </c>
       <c r="D302" t="s">
-        <v>1079</v>
+        <v>1091</v>
       </c>
       <c r="E302" t="s">
-        <v>1080</v>
+        <v>1092</v>
       </c>
       <c r="F302" t="s">
         <v>15</v>
       </c>
       <c r="G302" t="s">
         <v>16</v>
       </c>
       <c r="H302" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="I302" t="s">
-        <v>1081</v>
+        <v>18</v>
       </c>
       <c r="J302" t="s">
         <v>19</v>
       </c>
       <c r="K302" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
         <v>11</v>
       </c>
       <c r="B303" t="s">
-        <v>1082</v>
+        <v>1093</v>
       </c>
       <c r="C303" t="s">
-        <v>1082</v>
+        <v>1093</v>
       </c>
       <c r="D303" t="s">
-        <v>1083</v>
+        <v>1094</v>
       </c>
       <c r="E303" t="s">
-        <v>1084</v>
+        <v>1095</v>
       </c>
       <c r="F303" t="s">
         <v>15</v>
       </c>
       <c r="G303" t="s">
         <v>16</v>
       </c>
       <c r="H303" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="I303" t="s">
-        <v>46</v>
+        <v>1096</v>
       </c>
       <c r="J303" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K303" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
         <v>11</v>
       </c>
       <c r="B304" t="s">
-        <v>1085</v>
+        <v>1097</v>
       </c>
       <c r="C304" t="s">
-        <v>1085</v>
+        <v>1097</v>
       </c>
       <c r="D304" t="s">
-        <v>1086</v>
+        <v>1098</v>
       </c>
       <c r="E304" t="s">
-        <v>1087</v>
+        <v>1099</v>
       </c>
       <c r="F304" t="s">
         <v>15</v>
       </c>
       <c r="G304" t="s">
         <v>16</v>
       </c>
       <c r="H304" t="s">
-        <v>113</v>
+        <v>247</v>
       </c>
       <c r="I304" t="s">
-        <v>69</v>
+        <v>184</v>
       </c>
       <c r="J304" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K304" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
         <v>11</v>
       </c>
       <c r="B305" t="s">
-        <v>1088</v>
+        <v>1100</v>
       </c>
       <c r="C305" t="s">
-        <v>1088</v>
+        <v>1100</v>
       </c>
       <c r="D305" t="s">
-        <v>1089</v>
+        <v>1101</v>
       </c>
       <c r="E305" t="s">
-        <v>1090</v>
+        <v>1102</v>
       </c>
       <c r="F305" t="s">
         <v>15</v>
       </c>
       <c r="G305" t="s">
         <v>16</v>
       </c>
       <c r="H305" t="s">
-        <v>113</v>
+        <v>247</v>
       </c>
       <c r="I305" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J305" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K305" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
         <v>11</v>
       </c>
       <c r="B306" t="s">
-        <v>1091</v>
+        <v>1103</v>
       </c>
       <c r="C306" t="s">
-        <v>1091</v>
+        <v>1103</v>
       </c>
       <c r="D306" t="s">
-        <v>1092</v>
+        <v>1104</v>
       </c>
       <c r="E306" t="s">
-        <v>1093</v>
+        <v>1105</v>
       </c>
       <c r="F306" t="s">
         <v>15</v>
       </c>
       <c r="G306" t="s">
         <v>16</v>
       </c>
       <c r="H306" t="s">
-        <v>113</v>
+        <v>247</v>
       </c>
       <c r="I306" t="s">
-        <v>69</v>
+        <v>184</v>
       </c>
       <c r="J306" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K306" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s">
         <v>11</v>
       </c>
       <c r="B307" t="s">
-        <v>1094</v>
+        <v>1106</v>
       </c>
       <c r="C307" t="s">
-        <v>1094</v>
+        <v>1106</v>
       </c>
       <c r="D307" t="s">
-        <v>1095</v>
+        <v>1107</v>
       </c>
       <c r="E307" t="s">
-        <v>1096</v>
+        <v>1108</v>
       </c>
       <c r="F307" t="s">
         <v>15</v>
       </c>
       <c r="G307" t="s">
         <v>16</v>
       </c>
       <c r="H307" t="s">
-        <v>100</v>
+        <v>247</v>
       </c>
       <c r="I307" t="s">
-        <v>96</v>
+        <v>18</v>
       </c>
       <c r="J307" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K307" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
         <v>11</v>
       </c>
       <c r="B308" t="s">
-        <v>1097</v>
+        <v>1109</v>
       </c>
       <c r="C308" t="s">
-        <v>1097</v>
+        <v>1109</v>
       </c>
       <c r="D308" t="s">
-        <v>1098</v>
+        <v>1110</v>
       </c>
       <c r="E308" t="s">
-        <v>1099</v>
+        <v>1111</v>
       </c>
       <c r="F308" t="s">
         <v>15</v>
       </c>
       <c r="G308" t="s">
         <v>16</v>
       </c>
       <c r="H308" t="s">
-        <v>160</v>
+        <v>43</v>
       </c>
       <c r="I308" t="s">
-        <v>278</v>
+        <v>1112</v>
       </c>
       <c r="J308" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K308" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
         <v>11</v>
       </c>
       <c r="B309" t="s">
-        <v>1100</v>
+        <v>1113</v>
       </c>
       <c r="C309" t="s">
-        <v>1100</v>
+        <v>1113</v>
       </c>
       <c r="D309" t="s">
-        <v>1101</v>
+        <v>1114</v>
       </c>
       <c r="E309" t="s">
-        <v>1102</v>
+        <v>1115</v>
       </c>
       <c r="F309" t="s">
         <v>15</v>
       </c>
       <c r="G309" t="s">
         <v>16</v>
       </c>
       <c r="H309" t="s">
-        <v>160</v>
+        <v>49</v>
       </c>
       <c r="I309" t="s">
-        <v>651</v>
+        <v>113</v>
       </c>
       <c r="J309" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K309" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
         <v>11</v>
       </c>
       <c r="B310" t="s">
-        <v>1103</v>
+        <v>1116</v>
       </c>
       <c r="C310" t="s">
-        <v>1103</v>
+        <v>1116</v>
       </c>
       <c r="D310" t="s">
-        <v>1104</v>
+        <v>1117</v>
       </c>
       <c r="E310" t="s">
-        <v>1105</v>
+        <v>1118</v>
       </c>
       <c r="F310" t="s">
         <v>15</v>
       </c>
       <c r="G310" t="s">
         <v>16</v>
       </c>
       <c r="H310" t="s">
-        <v>251</v>
+        <v>49</v>
       </c>
       <c r="I310" t="s">
-        <v>69</v>
+        <v>260</v>
       </c>
       <c r="J310" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K310" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
         <v>11</v>
       </c>
       <c r="B311" t="s">
-        <v>1106</v>
+        <v>1119</v>
       </c>
       <c r="C311" t="s">
-        <v>1106</v>
+        <v>1119</v>
       </c>
       <c r="D311" t="s">
-        <v>1107</v>
+        <v>1120</v>
       </c>
       <c r="E311" t="s">
-        <v>1108</v>
+        <v>1121</v>
       </c>
       <c r="F311" t="s">
         <v>15</v>
       </c>
       <c r="G311" t="s">
         <v>16</v>
       </c>
       <c r="H311" t="s">
-        <v>251</v>
+        <v>126</v>
       </c>
       <c r="I311" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J311" t="s">
         <v>19</v>
       </c>
       <c r="K311" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
         <v>11</v>
       </c>
       <c r="B312" t="s">
-        <v>1109</v>
+        <v>1122</v>
       </c>
       <c r="C312" t="s">
-        <v>1109</v>
+        <v>1122</v>
       </c>
       <c r="D312" t="s">
-        <v>1110</v>
+        <v>1123</v>
       </c>
       <c r="E312" t="s">
-        <v>1111</v>
+        <v>1124</v>
       </c>
       <c r="F312" t="s">
         <v>15</v>
       </c>
       <c r="G312" t="s">
         <v>16</v>
       </c>
       <c r="H312" t="s">
-        <v>251</v>
+        <v>126</v>
       </c>
       <c r="I312" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J312" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K312" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
         <v>11</v>
       </c>
       <c r="B313" t="s">
-        <v>1112</v>
+        <v>1125</v>
       </c>
       <c r="C313" t="s">
-        <v>1112</v>
+        <v>1125</v>
       </c>
       <c r="D313" t="s">
-        <v>1113</v>
+        <v>1126</v>
       </c>
       <c r="E313" t="s">
-        <v>1114</v>
+        <v>1127</v>
       </c>
       <c r="F313" t="s">
         <v>15</v>
       </c>
       <c r="G313" t="s">
         <v>16</v>
       </c>
       <c r="H313" t="s">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="I313" t="s">
-        <v>1115</v>
+        <v>18</v>
       </c>
       <c r="J313" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K313" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
         <v>11</v>
       </c>
       <c r="B314" t="s">
-        <v>1116</v>
+        <v>1128</v>
       </c>
       <c r="C314" t="s">
-        <v>1116</v>
+        <v>1128</v>
       </c>
       <c r="D314" t="s">
-        <v>1117</v>
+        <v>1129</v>
       </c>
       <c r="E314" t="s">
-        <v>1118</v>
+        <v>1130</v>
       </c>
       <c r="F314" t="s">
         <v>15</v>
       </c>
       <c r="G314" t="s">
         <v>16</v>
       </c>
       <c r="H314" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I314" t="s">
-        <v>1119</v>
+        <v>1131</v>
       </c>
       <c r="J314" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K314" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
         <v>11</v>
       </c>
       <c r="B315" t="s">
-        <v>1120</v>
+        <v>1132</v>
       </c>
       <c r="C315" t="s">
-        <v>1120</v>
+        <v>1132</v>
       </c>
       <c r="D315" t="s">
-        <v>1121</v>
+        <v>1133</v>
       </c>
       <c r="E315" t="s">
-        <v>1122</v>
+        <v>1134</v>
       </c>
       <c r="F315" t="s">
         <v>15</v>
       </c>
       <c r="G315" t="s">
         <v>16</v>
       </c>
       <c r="H315" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="I315" t="s">
-        <v>1123</v>
+        <v>1135</v>
       </c>
       <c r="J315" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K315" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
         <v>11</v>
       </c>
       <c r="B316" t="s">
-        <v>1124</v>
+        <v>1136</v>
       </c>
       <c r="C316" t="s">
-        <v>1124</v>
+        <v>1136</v>
       </c>
       <c r="D316" t="s">
-        <v>1125</v>
+        <v>1137</v>
       </c>
       <c r="E316" t="s">
-        <v>1126</v>
+        <v>1138</v>
       </c>
       <c r="F316" t="s">
         <v>15</v>
       </c>
       <c r="G316" t="s">
         <v>16</v>
       </c>
       <c r="H316" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="I316" t="s">
-        <v>1127</v>
+        <v>1139</v>
       </c>
       <c r="J316" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K316" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
         <v>11</v>
       </c>
       <c r="B317" t="s">
-        <v>1128</v>
+        <v>1140</v>
       </c>
       <c r="C317" t="s">
-        <v>1128</v>
+        <v>1140</v>
       </c>
       <c r="D317" t="s">
-        <v>1129</v>
+        <v>1141</v>
       </c>
       <c r="E317" t="s">
-        <v>1130</v>
+        <v>1142</v>
       </c>
       <c r="F317" t="s">
         <v>15</v>
       </c>
       <c r="G317" t="s">
         <v>16</v>
       </c>
       <c r="H317" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="I317" t="s">
-        <v>25</v>
+        <v>1143</v>
       </c>
       <c r="J317" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K317" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
         <v>11</v>
       </c>
       <c r="B318" t="s">
-        <v>1131</v>
+        <v>1144</v>
       </c>
       <c r="C318" t="s">
-        <v>1131</v>
+        <v>1144</v>
       </c>
       <c r="D318" t="s">
-        <v>1132</v>
+        <v>1145</v>
       </c>
       <c r="E318" t="s">
-        <v>1133</v>
+        <v>1146</v>
       </c>
       <c r="F318" t="s">
         <v>15</v>
       </c>
       <c r="G318" t="s">
         <v>16</v>
       </c>
       <c r="H318" t="s">
-        <v>68</v>
+        <v>401</v>
       </c>
       <c r="I318" t="s">
-        <v>35</v>
+        <v>977</v>
       </c>
       <c r="J318" t="s">
         <v>19</v>
       </c>
       <c r="K318" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
         <v>11</v>
       </c>
       <c r="B319" t="s">
-        <v>1134</v>
+        <v>1147</v>
       </c>
       <c r="C319" t="s">
-        <v>1134</v>
+        <v>1147</v>
       </c>
       <c r="D319" t="s">
-        <v>1135</v>
+        <v>1148</v>
       </c>
       <c r="E319" t="s">
-        <v>1136</v>
+        <v>1149</v>
       </c>
       <c r="F319" t="s">
         <v>15</v>
       </c>
       <c r="G319" t="s">
         <v>16</v>
       </c>
       <c r="H319" t="s">
-        <v>73</v>
+        <v>212</v>
       </c>
       <c r="I319" t="s">
-        <v>69</v>
+        <v>418</v>
       </c>
       <c r="J319" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K319" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
         <v>11</v>
       </c>
       <c r="B320" t="s">
-        <v>1137</v>
+        <v>1150</v>
       </c>
       <c r="C320" t="s">
-        <v>1137</v>
+        <v>1150</v>
       </c>
       <c r="D320" t="s">
-        <v>1138</v>
+        <v>1151</v>
       </c>
       <c r="E320" t="s">
-        <v>1139</v>
+        <v>1152</v>
       </c>
       <c r="F320" t="s">
         <v>15</v>
       </c>
       <c r="G320" t="s">
         <v>16</v>
       </c>
       <c r="H320" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="I320" t="s">
-        <v>1027</v>
+        <v>18</v>
       </c>
       <c r="J320" t="s">
         <v>19</v>
       </c>
       <c r="K320" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
         <v>11</v>
       </c>
       <c r="B321" t="s">
-        <v>1140</v>
+        <v>1153</v>
       </c>
       <c r="C321" t="s">
-        <v>1140</v>
+        <v>1153</v>
       </c>
       <c r="D321" t="s">
-        <v>1141</v>
+        <v>1154</v>
       </c>
       <c r="E321" t="s">
-        <v>1142</v>
+        <v>1155</v>
       </c>
       <c r="F321" t="s">
         <v>15</v>
       </c>
       <c r="G321" t="s">
         <v>16</v>
       </c>
       <c r="H321" t="s">
-        <v>132</v>
+        <v>401</v>
       </c>
       <c r="I321" t="s">
-        <v>1143</v>
+        <v>1044</v>
       </c>
       <c r="J321" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K321" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
         <v>11</v>
       </c>
       <c r="B322" t="s">
-        <v>1144</v>
+        <v>1156</v>
       </c>
       <c r="C322" t="s">
-        <v>1144</v>
+        <v>1156</v>
       </c>
       <c r="D322" t="s">
-        <v>1145</v>
+        <v>1157</v>
       </c>
       <c r="E322" t="s">
-        <v>1146</v>
+        <v>1158</v>
       </c>
       <c r="F322" t="s">
         <v>15</v>
       </c>
       <c r="G322" t="s">
         <v>16</v>
       </c>
       <c r="H322" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="I322" t="s">
-        <v>1147</v>
+        <v>1159</v>
       </c>
       <c r="J322" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K322" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
         <v>11</v>
       </c>
       <c r="B323" t="s">
-        <v>1148</v>
+        <v>1160</v>
       </c>
       <c r="C323" t="s">
-        <v>1148</v>
+        <v>1160</v>
       </c>
       <c r="D323" t="s">
-        <v>1149</v>
+        <v>1161</v>
       </c>
       <c r="E323" t="s">
-        <v>1150</v>
+        <v>1162</v>
       </c>
       <c r="F323" t="s">
         <v>15</v>
       </c>
       <c r="G323" t="s">
         <v>16</v>
       </c>
       <c r="H323" t="s">
-        <v>160</v>
+        <v>43</v>
       </c>
       <c r="I323" t="s">
-        <v>1151</v>
+        <v>1163</v>
       </c>
       <c r="J323" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K323" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
         <v>11</v>
       </c>
       <c r="B324" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="C324" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="D324" t="s">
-        <v>1153</v>
+        <v>1165</v>
       </c>
       <c r="E324" t="s">
-        <v>1154</v>
+        <v>1166</v>
       </c>
       <c r="F324" t="s">
         <v>15</v>
       </c>
       <c r="G324" t="s">
         <v>16</v>
       </c>
       <c r="H324" t="s">
-        <v>73</v>
+        <v>49</v>
       </c>
       <c r="I324" t="s">
-        <v>69</v>
+        <v>1167</v>
       </c>
       <c r="J324" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K324" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
         <v>11</v>
       </c>
       <c r="B325" t="s">
-        <v>1155</v>
+        <v>1168</v>
       </c>
       <c r="C325" t="s">
-        <v>1155</v>
+        <v>1168</v>
       </c>
       <c r="D325" t="s">
-        <v>1156</v>
+        <v>1169</v>
       </c>
       <c r="E325" t="s">
-        <v>1157</v>
+        <v>1170</v>
       </c>
       <c r="F325" t="s">
         <v>15</v>
       </c>
       <c r="G325" t="s">
         <v>16</v>
       </c>
       <c r="H325" t="s">
-        <v>91</v>
+        <v>49</v>
       </c>
       <c r="I325" t="s">
-        <v>1158</v>
+        <v>1171</v>
       </c>
       <c r="J325" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K325" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
         <v>11</v>
       </c>
       <c r="B326" t="s">
-        <v>1159</v>
+        <v>1172</v>
       </c>
       <c r="C326" t="s">
-        <v>1159</v>
+        <v>1172</v>
       </c>
       <c r="D326" t="s">
-        <v>1160</v>
+        <v>1173</v>
       </c>
       <c r="E326" t="s">
-        <v>1161</v>
+        <v>1174</v>
       </c>
       <c r="F326" t="s">
         <v>15</v>
       </c>
       <c r="G326" t="s">
         <v>16</v>
       </c>
       <c r="H326" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="I326" t="s">
-        <v>900</v>
+        <v>18</v>
       </c>
       <c r="J326" t="s">
         <v>19</v>
       </c>
       <c r="K326" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s">
         <v>11</v>
       </c>
       <c r="B327" t="s">
-        <v>1162</v>
+        <v>1175</v>
       </c>
       <c r="C327" t="s">
-        <v>1162</v>
+        <v>1175</v>
       </c>
       <c r="D327" t="s">
-        <v>1163</v>
+        <v>1176</v>
       </c>
       <c r="E327" t="s">
-        <v>1164</v>
+        <v>1177</v>
       </c>
       <c r="F327" t="s">
         <v>15</v>
       </c>
       <c r="G327" t="s">
         <v>16</v>
       </c>
       <c r="H327" t="s">
-        <v>73</v>
+        <v>221</v>
       </c>
       <c r="I327" t="s">
-        <v>69</v>
+        <v>1178</v>
       </c>
       <c r="J327" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K327" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s">
         <v>11</v>
       </c>
       <c r="B328" t="s">
-        <v>1165</v>
+        <v>1179</v>
       </c>
       <c r="C328" t="s">
-        <v>1165</v>
+        <v>1179</v>
       </c>
       <c r="D328" t="s">
-        <v>1166</v>
+        <v>1180</v>
       </c>
       <c r="E328" t="s">
-        <v>1167</v>
+        <v>1181</v>
       </c>
       <c r="F328" t="s">
         <v>15</v>
       </c>
       <c r="G328" t="s">
         <v>16</v>
       </c>
       <c r="H328" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="I328" t="s">
-        <v>69</v>
+        <v>919</v>
       </c>
       <c r="J328" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K328" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s">
         <v>11</v>
       </c>
       <c r="B329" t="s">
-        <v>1168</v>
+        <v>1182</v>
       </c>
       <c r="C329" t="s">
-        <v>1168</v>
+        <v>1182</v>
       </c>
       <c r="D329" t="s">
-        <v>1169</v>
+        <v>1183</v>
       </c>
       <c r="E329" t="s">
-        <v>1170</v>
+        <v>1184</v>
       </c>
       <c r="F329" t="s">
         <v>15</v>
       </c>
       <c r="G329" t="s">
         <v>16</v>
       </c>
       <c r="H329" t="s">
-        <v>132</v>
+        <v>17</v>
       </c>
       <c r="I329" t="s">
-        <v>278</v>
+        <v>18</v>
       </c>
       <c r="J329" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K329" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s">
         <v>11</v>
       </c>
       <c r="B330" t="s">
-        <v>1171</v>
+        <v>1185</v>
       </c>
       <c r="C330" t="s">
-        <v>1171</v>
+        <v>1185</v>
       </c>
       <c r="D330" t="s">
-        <v>1172</v>
+        <v>1186</v>
       </c>
       <c r="E330" t="s">
-        <v>1173</v>
+        <v>1187</v>
       </c>
       <c r="F330" t="s">
         <v>15</v>
       </c>
       <c r="G330" t="s">
         <v>16</v>
       </c>
       <c r="H330" t="s">
-        <v>73</v>
+        <v>34</v>
       </c>
       <c r="I330" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J330" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K330" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s">
         <v>11</v>
       </c>
       <c r="B331" t="s">
-        <v>1174</v>
+        <v>1188</v>
       </c>
       <c r="C331" t="s">
-        <v>1174</v>
+        <v>1188</v>
       </c>
       <c r="D331" t="s">
-        <v>1175</v>
+        <v>1189</v>
       </c>
       <c r="E331" t="s">
-        <v>1176</v>
+        <v>1190</v>
       </c>
       <c r="F331" t="s">
         <v>15</v>
       </c>
       <c r="G331" t="s">
         <v>16</v>
       </c>
       <c r="H331" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="I331" t="s">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="J331" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K331" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s">
         <v>11</v>
       </c>
       <c r="B332" t="s">
-        <v>1177</v>
+        <v>1191</v>
       </c>
       <c r="C332" t="s">
-        <v>1177</v>
+        <v>1191</v>
       </c>
       <c r="D332" t="s">
-        <v>1178</v>
+        <v>1192</v>
       </c>
       <c r="E332" t="s">
-        <v>1179</v>
+        <v>1193</v>
       </c>
       <c r="F332" t="s">
         <v>15</v>
       </c>
       <c r="G332" t="s">
         <v>16</v>
       </c>
       <c r="H332" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="I332" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J332" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K332" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s">
         <v>11</v>
       </c>
       <c r="B333" t="s">
-        <v>1180</v>
+        <v>1194</v>
       </c>
       <c r="C333" t="s">
-        <v>1180</v>
+        <v>1194</v>
       </c>
       <c r="D333" t="s">
-        <v>1181</v>
+        <v>1195</v>
       </c>
       <c r="E333" t="s">
-        <v>1182</v>
+        <v>1196</v>
       </c>
       <c r="F333" t="s">
         <v>15</v>
       </c>
       <c r="G333" t="s">
         <v>16</v>
       </c>
       <c r="H333" t="s">
-        <v>1183</v>
+        <v>17</v>
       </c>
       <c r="I333" t="s">
-        <v>1184</v>
+        <v>18</v>
       </c>
       <c r="J333" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K333" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s">
         <v>11</v>
       </c>
       <c r="B334" t="s">
-        <v>162</v>
+        <v>1197</v>
       </c>
       <c r="C334" t="s">
-        <v>1185</v>
+        <v>1197</v>
       </c>
       <c r="D334" t="s">
-        <v>1186</v>
+        <v>1198</v>
       </c>
       <c r="E334" t="s">
-        <v>1187</v>
+        <v>1199</v>
       </c>
       <c r="F334" t="s">
         <v>15</v>
       </c>
       <c r="G334" t="s">
         <v>16</v>
       </c>
       <c r="H334" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I334" t="s">
-        <v>166</v>
+        <v>18</v>
       </c>
       <c r="J334" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K334" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
         <v>11</v>
       </c>
       <c r="B335" t="s">
-        <v>1188</v>
+        <v>1200</v>
       </c>
       <c r="C335" t="s">
-        <v>1188</v>
+        <v>1200</v>
       </c>
       <c r="D335" t="s">
-        <v>1189</v>
+        <v>1201</v>
       </c>
       <c r="E335" t="s">
-        <v>1190</v>
+        <v>1202</v>
       </c>
       <c r="F335" t="s">
         <v>15</v>
       </c>
       <c r="G335" t="s">
         <v>16</v>
       </c>
       <c r="H335" t="s">
-        <v>100</v>
+        <v>54</v>
       </c>
       <c r="I335" t="s">
-        <v>69</v>
+        <v>1203</v>
       </c>
       <c r="J335" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K335" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s">
         <v>11</v>
       </c>
       <c r="B336" t="s">
-        <v>217</v>
+        <v>71</v>
       </c>
       <c r="C336" t="s">
-        <v>1191</v>
+        <v>1204</v>
       </c>
       <c r="D336" t="s">
-        <v>1192</v>
+        <v>1205</v>
       </c>
       <c r="E336" t="s">
-        <v>1193</v>
+        <v>1206</v>
       </c>
       <c r="F336" t="s">
         <v>15</v>
       </c>
       <c r="G336" t="s">
         <v>16</v>
       </c>
       <c r="H336" t="s">
-        <v>944</v>
+        <v>16</v>
       </c>
       <c r="I336" t="s">
-        <v>222</v>
+        <v>75</v>
       </c>
       <c r="J336" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K336" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s">
         <v>11</v>
       </c>
       <c r="B337" t="s">
-        <v>1194</v>
+        <v>1207</v>
       </c>
       <c r="C337" t="s">
-        <v>1194</v>
+        <v>1207</v>
       </c>
       <c r="D337" t="s">
-        <v>1195</v>
+        <v>1208</v>
       </c>
       <c r="E337" t="s">
-        <v>1196</v>
+        <v>1209</v>
       </c>
       <c r="F337" t="s">
         <v>15</v>
       </c>
       <c r="G337" t="s">
         <v>16</v>
       </c>
       <c r="H337" t="s">
-        <v>251</v>
+        <v>43</v>
       </c>
       <c r="I337" t="s">
-        <v>1197</v>
+        <v>18</v>
       </c>
       <c r="J337" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K337" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s">
         <v>11</v>
       </c>
       <c r="B338" t="s">
-        <v>179</v>
+        <v>713</v>
       </c>
       <c r="C338" t="s">
-        <v>1198</v>
+        <v>1210</v>
       </c>
       <c r="D338" t="s">
-        <v>1199</v>
+        <v>1211</v>
       </c>
       <c r="E338" t="s">
-        <v>1200</v>
+        <v>1212</v>
       </c>
       <c r="F338" t="s">
         <v>15</v>
       </c>
       <c r="G338" t="s">
         <v>16</v>
       </c>
       <c r="H338" t="s">
-        <v>132</v>
+        <v>959</v>
       </c>
       <c r="I338" t="s">
-        <v>183</v>
+        <v>717</v>
       </c>
       <c r="J338" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K338" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s">
         <v>11</v>
       </c>
       <c r="B339" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
       <c r="C339" t="s">
-        <v>1202</v>
+        <v>1213</v>
       </c>
       <c r="D339" t="s">
-        <v>1203</v>
+        <v>1214</v>
       </c>
       <c r="E339" t="s">
-        <v>1204</v>
+        <v>1215</v>
       </c>
       <c r="F339" t="s">
         <v>15</v>
       </c>
       <c r="G339" t="s">
         <v>16</v>
       </c>
       <c r="H339" t="s">
-        <v>915</v>
+        <v>126</v>
       </c>
       <c r="I339" t="s">
-        <v>1205</v>
+        <v>1216</v>
       </c>
       <c r="J339" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K339" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s">
         <v>11</v>
       </c>
       <c r="B340" t="s">
-        <v>1206</v>
+        <v>82</v>
       </c>
       <c r="C340" t="s">
-        <v>1206</v>
+        <v>1217</v>
       </c>
       <c r="D340" t="s">
-        <v>1207</v>
+        <v>1218</v>
       </c>
       <c r="E340" t="s">
-        <v>1208</v>
+        <v>1219</v>
       </c>
       <c r="F340" t="s">
         <v>15</v>
       </c>
       <c r="G340" t="s">
         <v>16</v>
       </c>
       <c r="H340" t="s">
-        <v>915</v>
+        <v>86</v>
       </c>
       <c r="I340" t="s">
-        <v>1209</v>
+        <v>87</v>
       </c>
       <c r="J340" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K340" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s">
         <v>11</v>
       </c>
       <c r="B341" t="s">
-        <v>1210</v>
+        <v>65</v>
       </c>
       <c r="C341" t="s">
-        <v>1210</v>
+        <v>1220</v>
       </c>
       <c r="D341" t="s">
-        <v>1211</v>
+        <v>1221</v>
       </c>
       <c r="E341" t="s">
-        <v>1212</v>
+        <v>1222</v>
       </c>
       <c r="F341" t="s">
         <v>15</v>
       </c>
       <c r="G341" t="s">
         <v>16</v>
       </c>
       <c r="H341" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="I341" t="s">
-        <v>364</v>
+        <v>70</v>
       </c>
       <c r="J341" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K341" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s">
         <v>11</v>
       </c>
       <c r="B342" t="s">
-        <v>1213</v>
+        <v>1223</v>
       </c>
       <c r="C342" t="s">
-        <v>1213</v>
+        <v>1223</v>
       </c>
       <c r="D342" t="s">
-        <v>1214</v>
+        <v>1224</v>
       </c>
       <c r="E342" t="s">
-        <v>1215</v>
+        <v>1225</v>
       </c>
       <c r="F342" t="s">
         <v>15</v>
       </c>
       <c r="G342" t="s">
         <v>16</v>
       </c>
       <c r="H342" t="s">
-        <v>1216</v>
+        <v>69</v>
       </c>
       <c r="I342" t="s">
-        <v>503</v>
+        <v>392</v>
       </c>
       <c r="J342" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K342" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s">
         <v>11</v>
       </c>
       <c r="B343" t="s">
-        <v>1217</v>
+        <v>1226</v>
       </c>
       <c r="C343" t="s">
-        <v>1217</v>
+        <v>1226</v>
       </c>
       <c r="D343" t="s">
-        <v>1218</v>
+        <v>1227</v>
       </c>
       <c r="E343" t="s">
-        <v>1219</v>
+        <v>1228</v>
       </c>
       <c r="F343" t="s">
         <v>15</v>
       </c>
       <c r="G343" t="s">
         <v>16</v>
       </c>
       <c r="H343" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="I343" t="s">
-        <v>1220</v>
+        <v>373</v>
       </c>
       <c r="J343" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K343" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s">
         <v>11</v>
       </c>
       <c r="B344" t="s">
-        <v>167</v>
+        <v>1229</v>
       </c>
       <c r="C344" t="s">
-        <v>1221</v>
+        <v>1229</v>
       </c>
       <c r="D344" t="s">
-        <v>1222</v>
+        <v>1230</v>
       </c>
       <c r="E344" t="s">
-        <v>1223</v>
+        <v>1231</v>
       </c>
       <c r="F344" t="s">
         <v>15</v>
       </c>
       <c r="G344" t="s">
         <v>16</v>
       </c>
       <c r="H344" t="s">
-        <v>100</v>
+        <v>1232</v>
       </c>
       <c r="I344" t="s">
-        <v>171</v>
+        <v>514</v>
       </c>
       <c r="J344" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K344" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s">
         <v>11</v>
       </c>
       <c r="B345" t="s">
-        <v>1224</v>
+        <v>1233</v>
       </c>
       <c r="C345" t="s">
-        <v>1225</v>
+        <v>1233</v>
       </c>
       <c r="D345" t="s">
-        <v>1226</v>
+        <v>1234</v>
       </c>
       <c r="E345" t="s">
-        <v>1227</v>
+        <v>1235</v>
       </c>
       <c r="F345" t="s">
         <v>15</v>
       </c>
       <c r="G345" t="s">
         <v>16</v>
       </c>
       <c r="H345" t="s">
-        <v>1183</v>
+        <v>17</v>
       </c>
       <c r="I345" t="s">
-        <v>1228</v>
+        <v>1236</v>
       </c>
       <c r="J345" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K345" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s">
         <v>11</v>
       </c>
       <c r="B346" t="s">
-        <v>179</v>
+        <v>39</v>
       </c>
       <c r="C346" t="s">
-        <v>1229</v>
+        <v>1237</v>
       </c>
       <c r="D346" t="s">
-        <v>1230</v>
+        <v>1238</v>
       </c>
       <c r="E346" t="s">
-        <v>1231</v>
+        <v>1239</v>
       </c>
       <c r="F346" t="s">
         <v>15</v>
       </c>
       <c r="G346" t="s">
         <v>16</v>
       </c>
       <c r="H346" t="s">
-        <v>132</v>
+        <v>43</v>
       </c>
       <c r="I346" t="s">
-        <v>183</v>
+        <v>44</v>
       </c>
       <c r="J346" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K346" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s">
         <v>11</v>
       </c>
       <c r="B347" t="s">
-        <v>1232</v>
+        <v>50</v>
       </c>
       <c r="C347" t="s">
-        <v>1232</v>
+        <v>1240</v>
       </c>
       <c r="D347" t="s">
-        <v>1233</v>
+        <v>1241</v>
       </c>
       <c r="E347" t="s">
-        <v>1234</v>
+        <v>1242</v>
       </c>
       <c r="F347" t="s">
         <v>15</v>
       </c>
       <c r="G347" t="s">
         <v>16</v>
       </c>
       <c r="H347" t="s">
-        <v>132</v>
+        <v>54</v>
       </c>
       <c r="I347" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="J347" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K347" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s">
         <v>11</v>
       </c>
       <c r="B348" t="s">
-        <v>1235</v>
+        <v>82</v>
       </c>
       <c r="C348" t="s">
-        <v>1235</v>
+        <v>1243</v>
       </c>
       <c r="D348" t="s">
-        <v>1236</v>
+        <v>1244</v>
       </c>
       <c r="E348" t="s">
-        <v>1237</v>
+        <v>1245</v>
       </c>
       <c r="F348" t="s">
         <v>15</v>
       </c>
       <c r="G348" t="s">
         <v>16</v>
       </c>
       <c r="H348" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I348" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
       <c r="J348" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K348" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s">
         <v>11</v>
       </c>
       <c r="B349" t="s">
-        <v>1238</v>
+        <v>1246</v>
       </c>
       <c r="C349" t="s">
-        <v>1238</v>
+        <v>1246</v>
       </c>
       <c r="D349" t="s">
-        <v>1239</v>
+        <v>1247</v>
       </c>
       <c r="E349" t="s">
-        <v>1240</v>
+        <v>1248</v>
       </c>
       <c r="F349" t="s">
         <v>15</v>
       </c>
       <c r="G349" t="s">
         <v>16</v>
       </c>
       <c r="H349" t="s">
-        <v>68</v>
+        <v>86</v>
       </c>
       <c r="I349" t="s">
-        <v>503</v>
+        <v>18</v>
       </c>
       <c r="J349" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K349" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s">
         <v>11</v>
       </c>
       <c r="B350" t="s">
-        <v>1241</v>
+        <v>1249</v>
       </c>
       <c r="C350" t="s">
-        <v>1241</v>
+        <v>1249</v>
       </c>
       <c r="D350" t="s">
-        <v>1242</v>
+        <v>1250</v>
       </c>
       <c r="E350" t="s">
-        <v>1243</v>
+        <v>1251</v>
       </c>
       <c r="F350" t="s">
         <v>15</v>
       </c>
       <c r="G350" t="s">
         <v>16</v>
       </c>
       <c r="H350" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="I350" t="s">
-        <v>1244</v>
+        <v>18</v>
       </c>
       <c r="J350" t="s">
         <v>19</v>
       </c>
       <c r="K350" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s">
         <v>11</v>
       </c>
       <c r="B351" t="s">
-        <v>1245</v>
+        <v>1252</v>
       </c>
       <c r="C351" t="s">
-        <v>1245</v>
+        <v>1252</v>
       </c>
       <c r="D351" t="s">
-        <v>1246</v>
+        <v>1253</v>
       </c>
       <c r="E351" t="s">
-        <v>1247</v>
+        <v>1254</v>
       </c>
       <c r="F351" t="s">
         <v>15</v>
       </c>
       <c r="G351" t="s">
         <v>16</v>
       </c>
       <c r="H351" t="s">
-        <v>100</v>
+        <v>212</v>
       </c>
       <c r="I351" t="s">
-        <v>1248</v>
+        <v>514</v>
       </c>
       <c r="J351" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K351" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s">
         <v>11</v>
       </c>
       <c r="B352" t="s">
-        <v>1249</v>
+        <v>1255</v>
       </c>
       <c r="C352" t="s">
-        <v>1249</v>
+        <v>1255</v>
       </c>
       <c r="D352" t="s">
-        <v>1250</v>
+        <v>1256</v>
       </c>
       <c r="E352" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
       <c r="F352" t="s">
         <v>15</v>
       </c>
       <c r="G352" t="s">
         <v>16</v>
       </c>
       <c r="H352" t="s">
-        <v>113</v>
+        <v>221</v>
       </c>
       <c r="I352" t="s">
-        <v>69</v>
+        <v>1258</v>
       </c>
       <c r="J352" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K352" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s">
         <v>11</v>
       </c>
       <c r="B353" t="s">
-        <v>1252</v>
+        <v>1259</v>
       </c>
       <c r="C353" t="s">
-        <v>1252</v>
+        <v>1259</v>
       </c>
       <c r="D353" t="s">
-        <v>1253</v>
+        <v>1260</v>
       </c>
       <c r="E353" t="s">
-        <v>1254</v>
+        <v>1261</v>
       </c>
       <c r="F353" t="s">
         <v>15</v>
       </c>
       <c r="G353" t="s">
         <v>16</v>
       </c>
       <c r="H353" t="s">
-        <v>191</v>
+        <v>43</v>
       </c>
       <c r="I353" t="s">
-        <v>69</v>
+        <v>208</v>
       </c>
       <c r="J353" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K353" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s">
         <v>11</v>
       </c>
       <c r="B354" t="s">
-        <v>904</v>
+        <v>1262</v>
       </c>
       <c r="C354" t="s">
-        <v>1255</v>
+        <v>1262</v>
       </c>
       <c r="D354" t="s">
-        <v>1256</v>
+        <v>1263</v>
       </c>
       <c r="E354" t="s">
-        <v>1257</v>
+        <v>1264</v>
       </c>
       <c r="F354" t="s">
         <v>15</v>
       </c>
       <c r="G354" t="s">
         <v>16</v>
       </c>
       <c r="H354" t="s">
-        <v>291</v>
+        <v>247</v>
       </c>
       <c r="I354" t="s">
-        <v>908</v>
+        <v>18</v>
       </c>
       <c r="J354" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K354" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s">
         <v>11</v>
       </c>
       <c r="B355" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
       <c r="C355" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
       <c r="D355" t="s">
-        <v>1259</v>
+        <v>1266</v>
       </c>
       <c r="E355" t="s">
-        <v>1260</v>
+        <v>1267</v>
       </c>
       <c r="F355" t="s">
         <v>15</v>
       </c>
       <c r="G355" t="s">
         <v>16</v>
       </c>
       <c r="H355" t="s">
-        <v>251</v>
+        <v>80</v>
       </c>
       <c r="I355" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J355" t="s">
         <v>19</v>
       </c>
       <c r="K355" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s">
         <v>11</v>
       </c>
       <c r="B356" t="s">
-        <v>1261</v>
+        <v>175</v>
       </c>
       <c r="C356" t="s">
-        <v>1261</v>
+        <v>1268</v>
       </c>
       <c r="D356" t="s">
-        <v>1262</v>
+        <v>1269</v>
       </c>
       <c r="E356" t="s">
-        <v>1263</v>
+        <v>1270</v>
       </c>
       <c r="F356" t="s">
         <v>15</v>
       </c>
       <c r="G356" t="s">
         <v>16</v>
       </c>
       <c r="H356" t="s">
-        <v>30</v>
+        <v>179</v>
       </c>
       <c r="I356" t="s">
-        <v>69</v>
+        <v>180</v>
       </c>
       <c r="J356" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K356" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s">
         <v>11</v>
       </c>
       <c r="B357" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="C357" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="D357" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
       <c r="E357" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="F357" t="s">
         <v>15</v>
       </c>
       <c r="G357" t="s">
         <v>16</v>
       </c>
       <c r="H357" t="s">
-        <v>24</v>
+        <v>126</v>
       </c>
       <c r="I357" t="s">
-        <v>1267</v>
+        <v>18</v>
       </c>
       <c r="J357" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K357" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s">
         <v>11</v>
       </c>
       <c r="B358" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="C358" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="D358" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="E358" t="s">
-        <v>1270</v>
+        <v>1276</v>
       </c>
       <c r="F358" t="s">
         <v>15</v>
       </c>
       <c r="G358" t="s">
         <v>16</v>
       </c>
       <c r="H358" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="I358" t="s">
-        <v>1271</v>
+        <v>18</v>
       </c>
       <c r="J358" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K358" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s">
         <v>11</v>
       </c>
       <c r="B359" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="C359" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="D359" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
       <c r="E359" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="F359" t="s">
         <v>15</v>
       </c>
       <c r="G359" t="s">
         <v>16</v>
       </c>
       <c r="H359" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="I359" t="s">
-        <v>1275</v>
+        <v>113</v>
       </c>
       <c r="J359" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K359" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s">
         <v>11</v>
       </c>
       <c r="B360" t="s">
-        <v>162</v>
+        <v>1280</v>
       </c>
       <c r="C360" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="D360" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="E360" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="F360" t="s">
         <v>15</v>
       </c>
       <c r="G360" t="s">
         <v>16</v>
       </c>
       <c r="H360" t="s">
-        <v>16</v>
+        <v>380</v>
       </c>
       <c r="I360" t="s">
-        <v>166</v>
+        <v>1283</v>
       </c>
       <c r="J360" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K360" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s">
         <v>11</v>
       </c>
       <c r="B361" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
       <c r="C361" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
       <c r="D361" t="s">
-        <v>1280</v>
+        <v>1285</v>
       </c>
       <c r="E361" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
       <c r="F361" t="s">
         <v>15</v>
       </c>
       <c r="G361" t="s">
         <v>16</v>
       </c>
       <c r="H361" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="I361" t="s">
-        <v>69</v>
+        <v>1287</v>
       </c>
       <c r="J361" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K361" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s">
         <v>11</v>
       </c>
       <c r="B362" t="s">
-        <v>1282</v>
+        <v>71</v>
       </c>
       <c r="C362" t="s">
-        <v>1283</v>
+        <v>1288</v>
       </c>
       <c r="D362" t="s">
-        <v>1284</v>
+        <v>1289</v>
       </c>
       <c r="E362" t="s">
-        <v>1285</v>
+        <v>1290</v>
       </c>
       <c r="F362" t="s">
         <v>15</v>
       </c>
       <c r="G362" t="s">
         <v>16</v>
       </c>
       <c r="H362" t="s">
-        <v>113</v>
+        <v>16</v>
       </c>
       <c r="I362" t="s">
-        <v>1286</v>
+        <v>75</v>
       </c>
       <c r="J362" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K362" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s">
         <v>11</v>
       </c>
       <c r="B363" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="C363" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="D363" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="E363" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="F363" t="s">
         <v>15</v>
       </c>
       <c r="G363" t="s">
         <v>16</v>
       </c>
       <c r="H363" t="s">
-        <v>291</v>
+        <v>221</v>
       </c>
       <c r="I363" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J363" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K363" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s">
         <v>11</v>
       </c>
       <c r="B364" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="C364" t="s">
-        <v>1290</v>
+        <v>1295</v>
       </c>
       <c r="D364" t="s">
-        <v>1291</v>
+        <v>1296</v>
       </c>
       <c r="E364" t="s">
-        <v>1292</v>
+        <v>1297</v>
       </c>
       <c r="F364" t="s">
         <v>15</v>
       </c>
       <c r="G364" t="s">
         <v>16</v>
       </c>
       <c r="H364" t="s">
-        <v>1293</v>
+        <v>247</v>
       </c>
       <c r="I364" t="s">
-        <v>503</v>
+        <v>217</v>
       </c>
       <c r="J364" t="s">
         <v>19</v>
       </c>
       <c r="K364" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s">
         <v>11</v>
       </c>
       <c r="B365" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="C365" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="D365" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="E365" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="F365" t="s">
         <v>15</v>
       </c>
       <c r="G365" t="s">
         <v>16</v>
       </c>
       <c r="H365" t="s">
-        <v>16</v>
+        <v>179</v>
       </c>
       <c r="I365" t="s">
-        <v>1297</v>
+        <v>18</v>
       </c>
       <c r="J365" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K365" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s">
         <v>11</v>
       </c>
       <c r="B366" t="s">
-        <v>162</v>
+        <v>1301</v>
       </c>
       <c r="C366" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="D366" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="E366" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="F366" t="s">
         <v>15</v>
       </c>
       <c r="G366" t="s">
         <v>16</v>
       </c>
       <c r="H366" t="s">
-        <v>16</v>
+        <v>121</v>
       </c>
       <c r="I366" t="s">
-        <v>166</v>
+        <v>514</v>
       </c>
       <c r="J366" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K366" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s">
         <v>11</v>
       </c>
       <c r="B367" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="C367" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="D367" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="E367" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="F367" t="s">
         <v>15</v>
       </c>
       <c r="G367" t="s">
         <v>16</v>
       </c>
       <c r="H367" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="I367" t="s">
-        <v>278</v>
+        <v>1307</v>
       </c>
       <c r="J367" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K367" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s">
         <v>11</v>
       </c>
       <c r="B368" t="s">
-        <v>1304</v>
+        <v>71</v>
       </c>
       <c r="C368" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="D368" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="E368" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="F368" t="s">
         <v>15</v>
       </c>
       <c r="G368" t="s">
         <v>16</v>
       </c>
       <c r="H368" t="s">
-        <v>407</v>
+        <v>16</v>
       </c>
       <c r="I368" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="J368" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K368" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s">
         <v>11</v>
       </c>
       <c r="B369" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="C369" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="D369" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="E369" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="F369" t="s">
         <v>15</v>
       </c>
       <c r="G369" t="s">
         <v>16</v>
       </c>
       <c r="H369" t="s">
-        <v>777</v>
+        <v>107</v>
       </c>
       <c r="I369" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="J369" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K369" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s">
         <v>11</v>
       </c>
       <c r="B370" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="C370" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="D370" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="E370" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="F370" t="s">
         <v>15</v>
       </c>
       <c r="G370" t="s">
         <v>16</v>
       </c>
       <c r="H370" t="s">
-        <v>17</v>
+        <v>422</v>
       </c>
       <c r="I370" t="s">
-        <v>883</v>
+        <v>18</v>
       </c>
       <c r="J370" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K370" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s">
         <v>11</v>
       </c>
       <c r="B371" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="C371" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="D371" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="E371" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="F371" t="s">
         <v>15</v>
       </c>
       <c r="G371" t="s">
         <v>16</v>
       </c>
       <c r="H371" t="s">
-        <v>128</v>
+        <v>855</v>
       </c>
       <c r="I371" t="s">
-        <v>69</v>
+        <v>1320</v>
       </c>
       <c r="J371" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K371" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s">
         <v>11</v>
       </c>
       <c r="B372" t="s">
-        <v>1316</v>
+        <v>1321</v>
       </c>
       <c r="C372" t="s">
-        <v>1316</v>
+        <v>1321</v>
       </c>
       <c r="D372" t="s">
-        <v>1317</v>
+        <v>1322</v>
       </c>
       <c r="E372" t="s">
-        <v>1318</v>
+        <v>1323</v>
       </c>
       <c r="F372" t="s">
         <v>15</v>
       </c>
       <c r="G372" t="s">
         <v>16</v>
       </c>
       <c r="H372" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="I372" t="s">
-        <v>69</v>
+        <v>898</v>
       </c>
       <c r="J372" t="s">
         <v>19</v>
       </c>
       <c r="K372" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s">
         <v>11</v>
       </c>
       <c r="B373" t="s">
-        <v>1319</v>
+        <v>1324</v>
       </c>
       <c r="C373" t="s">
-        <v>1319</v>
+        <v>1324</v>
       </c>
       <c r="D373" t="s">
-        <v>1320</v>
+        <v>1325</v>
       </c>
       <c r="E373" t="s">
-        <v>1321</v>
+        <v>1326</v>
       </c>
       <c r="F373" t="s">
         <v>15</v>
       </c>
       <c r="G373" t="s">
         <v>16</v>
       </c>
       <c r="H373" t="s">
-        <v>132</v>
+        <v>396</v>
       </c>
       <c r="I373" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J373" t="s">
         <v>19</v>
       </c>
       <c r="K373" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s">
         <v>11</v>
       </c>
       <c r="B374" t="s">
-        <v>217</v>
+        <v>1327</v>
       </c>
       <c r="C374" t="s">
-        <v>1322</v>
+        <v>1327</v>
       </c>
       <c r="D374" t="s">
-        <v>1323</v>
+        <v>1328</v>
       </c>
       <c r="E374" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="F374" t="s">
         <v>15</v>
       </c>
       <c r="G374" t="s">
         <v>16</v>
       </c>
       <c r="H374" t="s">
-        <v>983</v>
+        <v>221</v>
       </c>
       <c r="I374" t="s">
-        <v>222</v>
+        <v>18</v>
       </c>
       <c r="J374" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K374" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s">
         <v>11</v>
       </c>
       <c r="B375" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
       <c r="C375" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
       <c r="D375" t="s">
-        <v>1326</v>
+        <v>1331</v>
       </c>
       <c r="E375" t="s">
-        <v>1327</v>
+        <v>1332</v>
       </c>
       <c r="F375" t="s">
-        <v>607</v>
+        <v>15</v>
       </c>
       <c r="G375" t="s">
-        <v>608</v>
+        <v>16</v>
       </c>
       <c r="H375" t="s">
-        <v>1328</v>
+        <v>86</v>
       </c>
       <c r="I375" t="s">
-        <v>1329</v>
+        <v>18</v>
       </c>
       <c r="J375" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K375" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s">
         <v>11</v>
       </c>
       <c r="B376" t="s">
-        <v>1330</v>
+        <v>713</v>
       </c>
       <c r="C376" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="D376" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="E376" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
       <c r="F376" t="s">
         <v>15</v>
       </c>
       <c r="G376" t="s">
         <v>16</v>
       </c>
       <c r="H376" t="s">
-        <v>132</v>
+        <v>251</v>
       </c>
       <c r="I376" t="s">
-        <v>18</v>
+        <v>717</v>
       </c>
       <c r="J376" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K376" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s">
         <v>11</v>
       </c>
       <c r="B377" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="C377" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="D377" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
       <c r="E377" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="F377" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="G377" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
       <c r="H377" t="s">
-        <v>132</v>
+        <v>1339</v>
       </c>
       <c r="I377" t="s">
-        <v>69</v>
+        <v>1340</v>
       </c>
       <c r="J377" t="s">
         <v>19</v>
       </c>
       <c r="K377" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s">
         <v>11</v>
       </c>
       <c r="B378" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="C378" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="D378" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="E378" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="F378" t="s">
         <v>15</v>
       </c>
       <c r="G378" t="s">
         <v>16</v>
       </c>
       <c r="H378" t="s">
-        <v>631</v>
+        <v>86</v>
       </c>
       <c r="I378" t="s">
-        <v>18</v>
+        <v>108</v>
       </c>
       <c r="J378" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K378" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="s">
         <v>11</v>
       </c>
       <c r="B379" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="C379" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="D379" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="E379" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="F379" t="s">
         <v>15</v>
       </c>
       <c r="G379" t="s">
         <v>16</v>
       </c>
       <c r="H379" t="s">
-        <v>16</v>
+        <v>86</v>
       </c>
       <c r="I379" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J379" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K379" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s">
         <v>11</v>
       </c>
       <c r="B380" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="C380" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="D380" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
       <c r="E380" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="F380" t="s">
         <v>15</v>
       </c>
       <c r="G380" t="s">
         <v>16</v>
       </c>
       <c r="H380" t="s">
-        <v>16</v>
+        <v>640</v>
       </c>
       <c r="I380" t="s">
-        <v>69</v>
+        <v>108</v>
       </c>
       <c r="J380" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K380" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s">
         <v>11</v>
       </c>
       <c r="B381" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
       <c r="C381" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
       <c r="D381" t="s">
-        <v>1346</v>
+        <v>1351</v>
       </c>
       <c r="E381" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="F381" t="s">
         <v>15</v>
       </c>
       <c r="G381" t="s">
         <v>16</v>
       </c>
       <c r="H381" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="I381" t="s">
-        <v>69</v>
+        <v>184</v>
       </c>
       <c r="J381" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K381" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="s">
         <v>11</v>
       </c>
       <c r="B382" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="C382" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="D382" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="E382" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="F382" t="s">
         <v>15</v>
       </c>
       <c r="G382" t="s">
         <v>16</v>
       </c>
       <c r="H382" t="s">
-        <v>191</v>
+        <v>16</v>
       </c>
       <c r="I382" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J382" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K382" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="s">
         <v>11</v>
       </c>
       <c r="B383" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="C383" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="D383" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="E383" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="F383" t="s">
         <v>15</v>
       </c>
       <c r="G383" t="s">
         <v>16</v>
       </c>
       <c r="H383" t="s">
-        <v>91</v>
+        <v>212</v>
       </c>
       <c r="I383" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J383" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K383" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="s">
         <v>11</v>
       </c>
       <c r="B384" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="C384" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="D384" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="E384" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="F384" t="s">
         <v>15</v>
       </c>
       <c r="G384" t="s">
         <v>16</v>
       </c>
       <c r="H384" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="I384" t="s">
-        <v>278</v>
+        <v>184</v>
       </c>
       <c r="J384" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K384" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s">
         <v>11</v>
       </c>
       <c r="B385" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="C385" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="D385" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="E385" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="F385" t="s">
         <v>15</v>
       </c>
       <c r="G385" t="s">
         <v>16</v>
       </c>
       <c r="H385" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I385" t="s">
-        <v>651</v>
+        <v>18</v>
       </c>
       <c r="J385" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K385" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s">
         <v>11</v>
       </c>
       <c r="B386" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="C386" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="D386" t="s">
-        <v>1361</v>
+        <v>1366</v>
       </c>
       <c r="E386" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="F386" t="s">
         <v>15</v>
       </c>
       <c r="G386" t="s">
         <v>16</v>
       </c>
       <c r="H386" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I386" t="s">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="J386" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K386" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s">
         <v>11</v>
       </c>
       <c r="B387" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
       <c r="C387" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
       <c r="D387" t="s">
-        <v>1364</v>
+        <v>1369</v>
       </c>
       <c r="E387" t="s">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="F387" t="s">
         <v>15</v>
       </c>
       <c r="G387" t="s">
         <v>16</v>
       </c>
       <c r="H387" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I387" t="s">
-        <v>69</v>
+        <v>260</v>
       </c>
       <c r="J387" t="s">
         <v>19</v>
       </c>
       <c r="K387" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s">
         <v>11</v>
       </c>
       <c r="B388" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
       <c r="C388" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
       <c r="D388" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="E388" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="F388" t="s">
         <v>15</v>
       </c>
       <c r="G388" t="s">
         <v>16</v>
       </c>
       <c r="H388" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I388" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J388" t="s">
         <v>19</v>
       </c>
       <c r="K388" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s">
         <v>11</v>
       </c>
       <c r="B389" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="C389" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="D389" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="E389" t="s">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="F389" t="s">
         <v>15</v>
       </c>
       <c r="G389" t="s">
         <v>16</v>
       </c>
       <c r="H389" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I389" t="s">
-        <v>364</v>
+        <v>18</v>
       </c>
       <c r="J389" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K389" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s">
         <v>11</v>
       </c>
       <c r="B390" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
       <c r="C390" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
       <c r="D390" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="E390" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="F390" t="s">
         <v>15</v>
       </c>
       <c r="G390" t="s">
         <v>16</v>
       </c>
       <c r="H390" t="s">
-        <v>100</v>
+        <v>221</v>
       </c>
       <c r="I390" t="s">
-        <v>704</v>
+        <v>18</v>
       </c>
       <c r="J390" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K390" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s">
         <v>11</v>
       </c>
       <c r="B391" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="C391" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="D391" t="s">
-        <v>1376</v>
+        <v>1381</v>
       </c>
       <c r="E391" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="F391" t="s">
         <v>15</v>
       </c>
       <c r="G391" t="s">
         <v>16</v>
       </c>
       <c r="H391" t="s">
-        <v>100</v>
+        <v>221</v>
       </c>
       <c r="I391" t="s">
-        <v>46</v>
+        <v>373</v>
       </c>
       <c r="J391" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K391" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s">
         <v>11</v>
       </c>
       <c r="B392" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="C392" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="D392" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
       <c r="E392" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
       <c r="F392" t="s">
         <v>15</v>
       </c>
       <c r="G392" t="s">
         <v>16</v>
       </c>
       <c r="H392" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I392" t="s">
-        <v>46</v>
+        <v>786</v>
       </c>
       <c r="J392" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K392" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s">
         <v>11</v>
       </c>
       <c r="B393" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="C393" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="D393" t="s">
-        <v>1382</v>
+        <v>1387</v>
       </c>
       <c r="E393" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="F393" t="s">
         <v>15</v>
       </c>
       <c r="G393" t="s">
         <v>16</v>
       </c>
       <c r="H393" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I393" t="s">
-        <v>278</v>
+        <v>184</v>
       </c>
       <c r="J393" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K393" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="s">
         <v>11</v>
       </c>
       <c r="B394" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
       <c r="C394" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
       <c r="D394" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
       <c r="E394" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="F394" t="s">
         <v>15</v>
       </c>
       <c r="G394" t="s">
         <v>16</v>
       </c>
       <c r="H394" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I394" t="s">
-        <v>704</v>
+        <v>184</v>
       </c>
       <c r="J394" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K394" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="s">
         <v>11</v>
       </c>
       <c r="B395" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="C395" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="D395" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="E395" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="F395" t="s">
         <v>15</v>
       </c>
       <c r="G395" t="s">
         <v>16</v>
       </c>
       <c r="H395" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I395" t="s">
-        <v>1390</v>
+        <v>113</v>
       </c>
       <c r="J395" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K395" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="s">
         <v>11</v>
       </c>
       <c r="B396" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C396" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="D396" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="E396" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="F396" t="s">
         <v>15</v>
       </c>
       <c r="G396" t="s">
         <v>16</v>
       </c>
       <c r="H396" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I396" t="s">
-        <v>1003</v>
+        <v>786</v>
       </c>
       <c r="J396" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K396" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="s">
         <v>11</v>
       </c>
       <c r="B397" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="C397" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="D397" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
       <c r="E397" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="F397" t="s">
         <v>15</v>
       </c>
       <c r="G397" t="s">
         <v>16</v>
       </c>
       <c r="H397" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I397" t="s">
-        <v>69</v>
+        <v>160</v>
       </c>
       <c r="J397" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K397" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="s">
         <v>11</v>
       </c>
       <c r="B398" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="C398" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="D398" t="s">
-        <v>1398</v>
+        <v>1402</v>
       </c>
       <c r="E398" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
       <c r="F398" t="s">
         <v>15</v>
       </c>
       <c r="G398" t="s">
         <v>16</v>
       </c>
       <c r="H398" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="I398" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
       <c r="J398" t="s">
         <v>19</v>
       </c>
       <c r="K398" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="s">
         <v>11</v>
       </c>
       <c r="B399" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="C399" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="D399" t="s">
-        <v>1402</v>
+        <v>1406</v>
       </c>
       <c r="E399" t="s">
-        <v>1403</v>
+        <v>1407</v>
       </c>
       <c r="F399" t="s">
         <v>15</v>
       </c>
       <c r="G399" t="s">
         <v>16</v>
       </c>
       <c r="H399" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="I399" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J399" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K399" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="s">
         <v>11</v>
       </c>
       <c r="B400" t="s">
-        <v>1404</v>
+        <v>1408</v>
       </c>
       <c r="C400" t="s">
-        <v>1404</v>
+        <v>1408</v>
       </c>
       <c r="D400" t="s">
-        <v>1405</v>
+        <v>1409</v>
       </c>
       <c r="E400" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="F400" t="s">
         <v>15</v>
       </c>
       <c r="G400" t="s">
         <v>16</v>
       </c>
       <c r="H400" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="I400" t="s">
-        <v>69</v>
+        <v>1411</v>
       </c>
       <c r="J400" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K400" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="s">
         <v>11</v>
       </c>
       <c r="B401" t="s">
-        <v>1407</v>
+        <v>1412</v>
       </c>
       <c r="C401" t="s">
-        <v>1407</v>
+        <v>1412</v>
       </c>
       <c r="D401" t="s">
-        <v>1408</v>
+        <v>1413</v>
       </c>
       <c r="E401" t="s">
-        <v>1409</v>
+        <v>1414</v>
       </c>
       <c r="F401" t="s">
         <v>15</v>
       </c>
       <c r="G401" t="s">
         <v>16</v>
       </c>
       <c r="H401" t="s">
-        <v>113</v>
+        <v>247</v>
       </c>
       <c r="I401" t="s">
         <v>18</v>
       </c>
       <c r="J401" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K401" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="s">
         <v>11</v>
       </c>
       <c r="B402" t="s">
-        <v>1410</v>
+        <v>1415</v>
       </c>
       <c r="C402" t="s">
-        <v>1410</v>
+        <v>1415</v>
       </c>
       <c r="D402" t="s">
-        <v>1411</v>
+        <v>1416</v>
       </c>
       <c r="E402" t="s">
-        <v>1412</v>
+        <v>1417</v>
       </c>
       <c r="F402" t="s">
         <v>15</v>
       </c>
       <c r="G402" t="s">
         <v>16</v>
       </c>
       <c r="H402" t="s">
-        <v>160</v>
+        <v>247</v>
       </c>
       <c r="I402" t="s">
         <v>18</v>
       </c>
       <c r="J402" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K402" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="s">
         <v>11</v>
       </c>
       <c r="B403" t="s">
-        <v>1413</v>
+        <v>1418</v>
       </c>
       <c r="C403" t="s">
-        <v>1413</v>
+        <v>1418</v>
       </c>
       <c r="D403" t="s">
-        <v>1414</v>
+        <v>1419</v>
       </c>
       <c r="E403" t="s">
-        <v>1415</v>
+        <v>1420</v>
       </c>
       <c r="F403" t="s">
         <v>15</v>
       </c>
       <c r="G403" t="s">
         <v>16</v>
       </c>
       <c r="H403" t="s">
-        <v>160</v>
+        <v>247</v>
       </c>
       <c r="I403" t="s">
-        <v>1416</v>
+        <v>108</v>
       </c>
       <c r="J403" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K403" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="s">
         <v>11</v>
       </c>
       <c r="B404" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="C404" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="D404" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="E404" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="F404" t="s">
         <v>15</v>
       </c>
       <c r="G404" t="s">
         <v>16</v>
       </c>
       <c r="H404" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="I404" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="J404" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K404" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="s">
         <v>11</v>
       </c>
       <c r="B405" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="C405" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="D405" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="E405" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="F405" t="s">
         <v>15</v>
       </c>
       <c r="G405" t="s">
         <v>16</v>
       </c>
       <c r="H405" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="I405" t="s">
-        <v>69</v>
+        <v>1427</v>
       </c>
       <c r="J405" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K405" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="s">
         <v>11</v>
       </c>
       <c r="B406" t="s">
-        <v>1423</v>
+        <v>1428</v>
       </c>
       <c r="C406" t="s">
-        <v>1423</v>
+        <v>1428</v>
       </c>
       <c r="D406" t="s">
-        <v>1424</v>
+        <v>1429</v>
       </c>
       <c r="E406" t="s">
-        <v>1425</v>
+        <v>1430</v>
       </c>
       <c r="F406" t="s">
         <v>15</v>
       </c>
       <c r="G406" t="s">
         <v>16</v>
       </c>
       <c r="H406" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="I406" t="s">
-        <v>1426</v>
+        <v>977</v>
       </c>
       <c r="J406" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K406" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="s">
         <v>11</v>
       </c>
       <c r="B407" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="C407" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="D407" t="s">
-        <v>1428</v>
+        <v>1432</v>
       </c>
       <c r="E407" t="s">
-        <v>1429</v>
+        <v>1433</v>
       </c>
       <c r="F407" t="s">
         <v>15</v>
       </c>
       <c r="G407" t="s">
         <v>16</v>
       </c>
       <c r="H407" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="I407" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="J407" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K407" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="s">
         <v>11</v>
       </c>
       <c r="B408" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="C408" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="D408" t="s">
-        <v>1431</v>
+        <v>1435</v>
       </c>
       <c r="E408" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
       <c r="F408" t="s">
         <v>15</v>
       </c>
       <c r="G408" t="s">
         <v>16</v>
       </c>
       <c r="H408" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="I408" t="s">
-        <v>25</v>
+        <v>1437</v>
       </c>
       <c r="J408" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K408" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="s">
         <v>11</v>
       </c>
       <c r="B409" t="s">
-        <v>1433</v>
+        <v>1438</v>
       </c>
       <c r="C409" t="s">
-        <v>1433</v>
+        <v>1438</v>
       </c>
       <c r="D409" t="s">
-        <v>1434</v>
+        <v>1439</v>
       </c>
       <c r="E409" t="s">
-        <v>1435</v>
+        <v>1440</v>
       </c>
       <c r="F409" t="s">
         <v>15</v>
       </c>
       <c r="G409" t="s">
         <v>16</v>
       </c>
       <c r="H409" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="I409" t="s">
-        <v>35</v>
+        <v>282</v>
       </c>
       <c r="J409" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K409" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="s">
         <v>11</v>
       </c>
       <c r="B410" t="s">
-        <v>1436</v>
+        <v>1441</v>
       </c>
       <c r="C410" t="s">
-        <v>1436</v>
+        <v>1441</v>
       </c>
       <c r="D410" t="s">
-        <v>1437</v>
+        <v>1442</v>
       </c>
       <c r="E410" t="s">
-        <v>1438</v>
+        <v>1443</v>
       </c>
       <c r="F410" t="s">
         <v>15</v>
       </c>
       <c r="G410" t="s">
         <v>16</v>
       </c>
       <c r="H410" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="I410" t="s">
-        <v>69</v>
+        <v>977</v>
       </c>
       <c r="J410" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K410" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="s">
         <v>11</v>
       </c>
       <c r="B411" t="s">
-        <v>1439</v>
+        <v>1444</v>
       </c>
       <c r="C411" t="s">
-        <v>1439</v>
+        <v>1444</v>
       </c>
       <c r="D411" t="s">
-        <v>1440</v>
+        <v>1445</v>
       </c>
       <c r="E411" t="s">
-        <v>1441</v>
+        <v>1446</v>
       </c>
       <c r="F411" t="s">
         <v>15</v>
       </c>
       <c r="G411" t="s">
         <v>16</v>
       </c>
       <c r="H411" t="s">
-        <v>56</v>
+        <v>401</v>
       </c>
       <c r="I411" t="s">
-        <v>35</v>
+        <v>418</v>
       </c>
       <c r="J411" t="s">
         <v>19</v>
       </c>
       <c r="K411" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="s">
         <v>11</v>
       </c>
       <c r="B412" t="s">
-        <v>1442</v>
+        <v>1447</v>
       </c>
       <c r="C412" t="s">
-        <v>1442</v>
+        <v>1447</v>
       </c>
       <c r="D412" t="s">
-        <v>1443</v>
+        <v>1448</v>
       </c>
       <c r="E412" t="s">
-        <v>1444</v>
+        <v>1449</v>
       </c>
       <c r="F412" t="s">
         <v>15</v>
       </c>
       <c r="G412" t="s">
         <v>16</v>
       </c>
       <c r="H412" t="s">
-        <v>56</v>
+        <v>401</v>
       </c>
       <c r="I412" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J412" t="s">
         <v>19</v>
       </c>
       <c r="K412" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="s">
         <v>11</v>
       </c>
       <c r="B413" t="s">
-        <v>1445</v>
+        <v>1450</v>
       </c>
       <c r="C413" t="s">
-        <v>1445</v>
+        <v>1450</v>
       </c>
       <c r="D413" t="s">
-        <v>1446</v>
+        <v>1451</v>
       </c>
       <c r="E413" t="s">
-        <v>1447</v>
+        <v>1452</v>
       </c>
       <c r="F413" t="s">
         <v>15</v>
       </c>
       <c r="G413" t="s">
         <v>16</v>
       </c>
       <c r="H413" t="s">
-        <v>84</v>
+        <v>401</v>
       </c>
       <c r="I413" t="s">
-        <v>651</v>
+        <v>418</v>
       </c>
       <c r="J413" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K413" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="s">
         <v>11</v>
       </c>
       <c r="B414" t="s">
-        <v>1448</v>
+        <v>1453</v>
       </c>
       <c r="C414" t="s">
-        <v>1448</v>
+        <v>1453</v>
       </c>
       <c r="D414" t="s">
-        <v>1449</v>
+        <v>1454</v>
       </c>
       <c r="E414" t="s">
-        <v>1450</v>
+        <v>1455</v>
       </c>
       <c r="F414" t="s">
         <v>15</v>
       </c>
       <c r="G414" t="s">
         <v>16</v>
       </c>
       <c r="H414" t="s">
-        <v>100</v>
+        <v>401</v>
       </c>
       <c r="I414" t="s">
-        <v>1451</v>
+        <v>18</v>
       </c>
       <c r="J414" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K414" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="s">
         <v>11</v>
       </c>
       <c r="B415" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="C415" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="D415" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
       <c r="E415" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="F415" t="s">
         <v>15</v>
       </c>
       <c r="G415" t="s">
         <v>16</v>
       </c>
       <c r="H415" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="I415" t="s">
-        <v>1455</v>
+        <v>260</v>
       </c>
       <c r="J415" t="s">
         <v>19</v>
       </c>
       <c r="K415" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="s">
         <v>11</v>
       </c>
       <c r="B416" t="s">
-        <v>1456</v>
+        <v>1459</v>
       </c>
       <c r="C416" t="s">
-        <v>1456</v>
+        <v>1459</v>
       </c>
       <c r="D416" t="s">
-        <v>1457</v>
+        <v>1460</v>
       </c>
       <c r="E416" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="F416" t="s">
         <v>15</v>
       </c>
       <c r="G416" t="s">
         <v>16</v>
       </c>
       <c r="H416" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="I416" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="J416" t="s">
         <v>19</v>
       </c>
       <c r="K416" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="s">
         <v>11</v>
       </c>
       <c r="B417" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="C417" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="D417" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="E417" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="F417" t="s">
         <v>15</v>
       </c>
       <c r="G417" t="s">
         <v>16</v>
       </c>
       <c r="H417" t="s">
-        <v>84</v>
+        <v>107</v>
       </c>
       <c r="I417" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="J417" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K417" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" t="s">
         <v>11</v>
       </c>
       <c r="B418" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="C418" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="D418" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="E418" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="F418" t="s">
         <v>15</v>
       </c>
       <c r="G418" t="s">
         <v>16</v>
       </c>
       <c r="H418" t="s">
-        <v>251</v>
+        <v>107</v>
       </c>
       <c r="I418" t="s">
-        <v>69</v>
+        <v>1470</v>
       </c>
       <c r="J418" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K418" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" t="s">
         <v>11</v>
       </c>
       <c r="B419" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="C419" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="D419" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="E419" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
       <c r="F419" t="s">
         <v>15</v>
       </c>
       <c r="G419" t="s">
         <v>16</v>
       </c>
       <c r="H419" t="s">
-        <v>251</v>
+        <v>16</v>
       </c>
       <c r="I419" t="s">
-        <v>69</v>
+        <v>1474</v>
       </c>
       <c r="J419" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K419" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="s">
         <v>11</v>
       </c>
       <c r="B420" t="s">
-        <v>1470</v>
+        <v>1475</v>
       </c>
       <c r="C420" t="s">
-        <v>1470</v>
+        <v>1475</v>
       </c>
       <c r="D420" t="s">
-        <v>1471</v>
+        <v>1476</v>
       </c>
       <c r="E420" t="s">
-        <v>1472</v>
+        <v>1477</v>
       </c>
       <c r="F420" t="s">
         <v>15</v>
       </c>
       <c r="G420" t="s">
         <v>16</v>
       </c>
       <c r="H420" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
       <c r="I420" t="s">
-        <v>1473</v>
+        <v>1478</v>
       </c>
       <c r="J420" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K420" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" t="s">
         <v>11</v>
       </c>
       <c r="B421" t="s">
-        <v>1474</v>
+        <v>1479</v>
       </c>
       <c r="C421" t="s">
-        <v>1474</v>
+        <v>1479</v>
       </c>
       <c r="D421" t="s">
-        <v>1475</v>
+        <v>1480</v>
       </c>
       <c r="E421" t="s">
-        <v>1476</v>
+        <v>1481</v>
       </c>
       <c r="F421" t="s">
         <v>15</v>
       </c>
       <c r="G421" t="s">
         <v>16</v>
       </c>
       <c r="H421" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="I421" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J421" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K421" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" t="s">
         <v>11</v>
       </c>
       <c r="B422" t="s">
-        <v>1477</v>
+        <v>1482</v>
       </c>
       <c r="C422" t="s">
-        <v>1477</v>
+        <v>1482</v>
       </c>
       <c r="D422" t="s">
-        <v>1478</v>
+        <v>1483</v>
       </c>
       <c r="E422" t="s">
-        <v>1479</v>
+        <v>1484</v>
       </c>
       <c r="F422" t="s">
         <v>15</v>
       </c>
       <c r="G422" t="s">
         <v>16</v>
       </c>
       <c r="H422" t="s">
-        <v>345</v>
+        <v>49</v>
       </c>
       <c r="I422" t="s">
-        <v>69</v>
+        <v>1485</v>
       </c>
       <c r="J422" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K422" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" t="s">
         <v>11</v>
       </c>
       <c r="B423" t="s">
-        <v>1480</v>
+        <v>1486</v>
       </c>
       <c r="C423" t="s">
-        <v>1480</v>
+        <v>1486</v>
       </c>
       <c r="D423" t="s">
-        <v>1481</v>
+        <v>1487</v>
       </c>
       <c r="E423" t="s">
-        <v>1482</v>
+        <v>1488</v>
       </c>
       <c r="F423" t="s">
         <v>15</v>
       </c>
       <c r="G423" t="s">
         <v>16</v>
       </c>
       <c r="H423" t="s">
-        <v>160</v>
+        <v>16</v>
       </c>
       <c r="I423" t="s">
-        <v>1483</v>
+        <v>184</v>
       </c>
       <c r="J423" t="s">
         <v>19</v>
       </c>
       <c r="K423" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" t="s">
         <v>11</v>
       </c>
       <c r="B424" t="s">
-        <v>1484</v>
+        <v>1489</v>
       </c>
       <c r="C424" t="s">
-        <v>1484</v>
+        <v>1489</v>
       </c>
       <c r="D424" t="s">
-        <v>1485</v>
+        <v>1490</v>
       </c>
       <c r="E424" t="s">
-        <v>1486</v>
+        <v>1491</v>
       </c>
       <c r="F424" t="s">
         <v>15</v>
       </c>
       <c r="G424" t="s">
         <v>16</v>
       </c>
       <c r="H424" t="s">
-        <v>191</v>
+        <v>64</v>
       </c>
       <c r="I424" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="J424" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K424" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" t="s">
         <v>11</v>
       </c>
       <c r="B425" t="s">
-        <v>1282</v>
+        <v>1492</v>
       </c>
       <c r="C425" t="s">
-        <v>1487</v>
+        <v>1492</v>
       </c>
       <c r="D425" t="s">
-        <v>1488</v>
+        <v>1493</v>
       </c>
       <c r="E425" t="s">
-        <v>1489</v>
+        <v>1494</v>
       </c>
       <c r="F425" t="s">
         <v>15</v>
       </c>
       <c r="G425" t="s">
         <v>16</v>
       </c>
       <c r="H425" t="s">
-        <v>113</v>
+        <v>49</v>
       </c>
       <c r="I425" t="s">
-        <v>1286</v>
+        <v>1495</v>
       </c>
       <c r="J425" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K425" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" t="s">
         <v>11</v>
       </c>
       <c r="B426" t="s">
-        <v>562</v>
+        <v>1496</v>
       </c>
       <c r="C426" t="s">
-        <v>1490</v>
+        <v>1496</v>
       </c>
       <c r="D426" t="s">
-        <v>1491</v>
+        <v>1497</v>
       </c>
       <c r="E426" t="s">
-        <v>1492</v>
+        <v>1498</v>
       </c>
       <c r="F426" t="s">
         <v>15</v>
       </c>
       <c r="G426" t="s">
         <v>16</v>
       </c>
       <c r="H426" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="I426" t="s">
-        <v>566</v>
+        <v>418</v>
       </c>
       <c r="J426" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K426" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" t="s">
         <v>11</v>
       </c>
       <c r="B427" t="s">
-        <v>162</v>
+        <v>1294</v>
       </c>
       <c r="C427" t="s">
-        <v>1493</v>
+        <v>1499</v>
       </c>
       <c r="D427" t="s">
-        <v>1494</v>
+        <v>1500</v>
       </c>
       <c r="E427" t="s">
-        <v>1495</v>
+        <v>1501</v>
       </c>
       <c r="F427" t="s">
         <v>15</v>
       </c>
       <c r="G427" t="s">
         <v>16</v>
       </c>
       <c r="H427" t="s">
-        <v>16</v>
+        <v>247</v>
       </c>
       <c r="I427" t="s">
-        <v>166</v>
+        <v>217</v>
       </c>
       <c r="J427" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K427" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" t="s">
         <v>11</v>
       </c>
       <c r="B428" t="s">
-        <v>162</v>
+        <v>577</v>
       </c>
       <c r="C428" t="s">
-        <v>1496</v>
+        <v>1502</v>
       </c>
       <c r="D428" t="s">
-        <v>1497</v>
+        <v>1503</v>
       </c>
       <c r="E428" t="s">
-        <v>1498</v>
+        <v>1504</v>
       </c>
       <c r="F428" t="s">
         <v>15</v>
       </c>
       <c r="G428" t="s">
         <v>16</v>
       </c>
       <c r="H428" t="s">
-        <v>16</v>
+        <v>221</v>
       </c>
       <c r="I428" t="s">
-        <v>166</v>
+        <v>581</v>
       </c>
       <c r="J428" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K428" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" t="s">
         <v>11</v>
       </c>
       <c r="B429" t="s">
-        <v>193</v>
+        <v>71</v>
       </c>
       <c r="C429" t="s">
-        <v>1499</v>
+        <v>1505</v>
       </c>
       <c r="D429" t="s">
-        <v>1500</v>
+        <v>1506</v>
       </c>
       <c r="E429" t="s">
-        <v>1501</v>
+        <v>1507</v>
       </c>
       <c r="F429" t="s">
         <v>15</v>
       </c>
       <c r="G429" t="s">
         <v>16</v>
       </c>
       <c r="H429" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="I429" t="s">
-        <v>197</v>
+        <v>75</v>
       </c>
       <c r="J429" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K429" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" t="s">
         <v>11</v>
       </c>
       <c r="B430" t="s">
-        <v>179</v>
+        <v>71</v>
       </c>
       <c r="C430" t="s">
-        <v>1502</v>
+        <v>1508</v>
       </c>
       <c r="D430" t="s">
-        <v>1503</v>
+        <v>1509</v>
       </c>
       <c r="E430" t="s">
-        <v>1504</v>
+        <v>1510</v>
       </c>
       <c r="F430" t="s">
         <v>15</v>
       </c>
       <c r="G430" t="s">
         <v>16</v>
       </c>
       <c r="H430" t="s">
-        <v>132</v>
+        <v>16</v>
       </c>
       <c r="I430" t="s">
-        <v>183</v>
+        <v>75</v>
       </c>
       <c r="J430" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K430" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" t="s">
         <v>11</v>
       </c>
       <c r="B431" t="s">
-        <v>1505</v>
+        <v>519</v>
       </c>
       <c r="C431" t="s">
-        <v>1505</v>
+        <v>1511</v>
       </c>
       <c r="D431" t="s">
-        <v>1506</v>
+        <v>1512</v>
       </c>
       <c r="E431" t="s">
-        <v>1507</v>
+        <v>1513</v>
       </c>
       <c r="F431" t="s">
         <v>15</v>
       </c>
       <c r="G431" t="s">
         <v>16</v>
       </c>
       <c r="H431" t="s">
-        <v>136</v>
+        <v>107</v>
       </c>
       <c r="I431" t="s">
-        <v>364</v>
+        <v>523</v>
       </c>
       <c r="J431" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K431" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" t="s">
         <v>11</v>
       </c>
       <c r="B432" t="s">
-        <v>1508</v>
+        <v>82</v>
       </c>
       <c r="C432" t="s">
-        <v>1508</v>
+        <v>1514</v>
       </c>
       <c r="D432" t="s">
-        <v>1509</v>
+        <v>1515</v>
       </c>
       <c r="E432" t="s">
-        <v>1510</v>
+        <v>1516</v>
       </c>
       <c r="F432" t="s">
         <v>15</v>
       </c>
       <c r="G432" t="s">
         <v>16</v>
       </c>
       <c r="H432" t="s">
-        <v>68</v>
+        <v>86</v>
       </c>
       <c r="I432" t="s">
-        <v>235</v>
+        <v>87</v>
       </c>
       <c r="J432" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K432" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" t="s">
         <v>11</v>
       </c>
       <c r="B433" t="s">
-        <v>1511</v>
+        <v>1517</v>
       </c>
       <c r="C433" t="s">
-        <v>1511</v>
+        <v>1517</v>
       </c>
       <c r="D433" t="s">
-        <v>1512</v>
+        <v>1518</v>
       </c>
       <c r="E433" t="s">
-        <v>1513</v>
+        <v>1519</v>
       </c>
       <c r="F433" t="s">
         <v>15</v>
       </c>
       <c r="G433" t="s">
         <v>16</v>
       </c>
       <c r="H433" t="s">
-        <v>30</v>
+        <v>408</v>
       </c>
       <c r="I433" t="s">
-        <v>871</v>
+        <v>373</v>
       </c>
       <c r="J433" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K433" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" t="s">
         <v>11</v>
       </c>
       <c r="B434" t="s">
-        <v>1514</v>
+        <v>1520</v>
       </c>
       <c r="C434" t="s">
-        <v>1514</v>
+        <v>1520</v>
       </c>
       <c r="D434" t="s">
-        <v>1515</v>
+        <v>1521</v>
       </c>
       <c r="E434" t="s">
-        <v>1516</v>
+        <v>1522</v>
       </c>
       <c r="F434" t="s">
         <v>15</v>
       </c>
       <c r="G434" t="s">
         <v>16</v>
       </c>
       <c r="H434" t="s">
-        <v>100</v>
+        <v>212</v>
       </c>
       <c r="I434" t="s">
-        <v>69</v>
+        <v>1523</v>
       </c>
       <c r="J434" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K434" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" t="s">
         <v>11</v>
       </c>
       <c r="B435" t="s">
-        <v>1517</v>
+        <v>1524</v>
       </c>
       <c r="C435" t="s">
-        <v>1517</v>
+        <v>1524</v>
       </c>
       <c r="D435" t="s">
-        <v>1518</v>
+        <v>1525</v>
       </c>
       <c r="E435" t="s">
-        <v>1519</v>
+        <v>1526</v>
       </c>
       <c r="F435" t="s">
         <v>15</v>
       </c>
       <c r="G435" t="s">
         <v>16</v>
       </c>
       <c r="H435" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="I435" t="s">
-        <v>46</v>
+        <v>752</v>
       </c>
       <c r="J435" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K435" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" t="s">
         <v>11</v>
       </c>
       <c r="B436" t="s">
-        <v>1520</v>
+        <v>1527</v>
       </c>
       <c r="C436" t="s">
-        <v>1520</v>
+        <v>1527</v>
       </c>
       <c r="D436" t="s">
-        <v>1521</v>
+        <v>1528</v>
       </c>
       <c r="E436" t="s">
-        <v>1522</v>
+        <v>1529</v>
       </c>
       <c r="F436" t="s">
         <v>15</v>
       </c>
       <c r="G436" t="s">
         <v>16</v>
       </c>
       <c r="H436" t="s">
-        <v>547</v>
+        <v>43</v>
       </c>
       <c r="I436" t="s">
         <v>18</v>
       </c>
       <c r="J436" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K436" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" t="s">
         <v>11</v>
       </c>
       <c r="B437" t="s">
-        <v>167</v>
+        <v>1530</v>
       </c>
       <c r="C437" t="s">
-        <v>1523</v>
+        <v>1530</v>
       </c>
       <c r="D437" t="s">
-        <v>1524</v>
+        <v>1531</v>
       </c>
       <c r="E437" t="s">
-        <v>1525</v>
+        <v>1532</v>
       </c>
       <c r="F437" t="s">
         <v>15</v>
       </c>
       <c r="G437" t="s">
         <v>16</v>
       </c>
       <c r="H437" t="s">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I437" t="s">
-        <v>171</v>
+        <v>184</v>
       </c>
       <c r="J437" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K437" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" t="s">
         <v>11</v>
       </c>
       <c r="B438" t="s">
-        <v>1526</v>
+        <v>39</v>
       </c>
       <c r="C438" t="s">
-        <v>1526</v>
+        <v>1533</v>
       </c>
       <c r="D438" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="E438" t="s">
-        <v>1528</v>
+        <v>1535</v>
       </c>
       <c r="F438" t="s">
         <v>15</v>
       </c>
       <c r="G438" t="s">
         <v>16</v>
       </c>
       <c r="H438" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I438" t="s">
-        <v>1529</v>
+        <v>44</v>
       </c>
       <c r="J438" t="s">
         <v>19</v>
       </c>
       <c r="K438" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" t="s">
         <v>11</v>
       </c>
       <c r="B439" t="s">
-        <v>483</v>
+        <v>1536</v>
       </c>
       <c r="C439" t="s">
-        <v>1530</v>
+        <v>1536</v>
       </c>
       <c r="D439" t="s">
-        <v>1531</v>
+        <v>1537</v>
       </c>
       <c r="E439" t="s">
-        <v>1532</v>
+        <v>1538</v>
       </c>
       <c r="F439" t="s">
         <v>15</v>
       </c>
       <c r="G439" t="s">
         <v>16</v>
       </c>
       <c r="H439" t="s">
-        <v>487</v>
+        <v>562</v>
       </c>
       <c r="I439" t="s">
-        <v>488</v>
+        <v>108</v>
       </c>
       <c r="J439" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K439" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" t="s">
         <v>11</v>
       </c>
       <c r="B440" t="s">
-        <v>179</v>
+        <v>39</v>
       </c>
       <c r="C440" t="s">
-        <v>1533</v>
+        <v>1539</v>
       </c>
       <c r="D440" t="s">
-        <v>1534</v>
+        <v>1540</v>
       </c>
       <c r="E440" t="s">
-        <v>1535</v>
+        <v>1541</v>
       </c>
       <c r="F440" t="s">
         <v>15</v>
       </c>
       <c r="G440" t="s">
         <v>16</v>
       </c>
       <c r="H440" t="s">
-        <v>132</v>
+        <v>43</v>
       </c>
       <c r="I440" t="s">
-        <v>183</v>
+        <v>44</v>
       </c>
       <c r="J440" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K440" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" t="s">
         <v>11</v>
       </c>
       <c r="B441" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="C441" t="s">
-        <v>1537</v>
+        <v>1542</v>
       </c>
       <c r="D441" t="s">
-        <v>1538</v>
+        <v>1543</v>
       </c>
       <c r="E441" t="s">
-        <v>1539</v>
+        <v>1544</v>
       </c>
       <c r="F441" t="s">
         <v>15</v>
       </c>
       <c r="G441" t="s">
         <v>16</v>
       </c>
       <c r="H441" t="s">
-        <v>1293</v>
+        <v>43</v>
       </c>
       <c r="I441" t="s">
-        <v>1540</v>
+        <v>1545</v>
       </c>
       <c r="J441" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K441" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" t="s">
         <v>11</v>
       </c>
       <c r="B442" t="s">
-        <v>562</v>
+        <v>56</v>
       </c>
       <c r="C442" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="D442" t="s">
-        <v>1542</v>
+        <v>1547</v>
       </c>
       <c r="E442" t="s">
-        <v>1543</v>
+        <v>1548</v>
       </c>
       <c r="F442" t="s">
         <v>15</v>
       </c>
       <c r="G442" t="s">
         <v>16</v>
       </c>
       <c r="H442" t="s">
-        <v>91</v>
+        <v>29</v>
       </c>
       <c r="I442" t="s">
-        <v>566</v>
+        <v>60</v>
       </c>
       <c r="J442" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K442" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" t="s">
         <v>11</v>
       </c>
       <c r="B443" t="s">
-        <v>562</v>
+        <v>82</v>
       </c>
       <c r="C443" t="s">
-        <v>1544</v>
+        <v>1549</v>
       </c>
       <c r="D443" t="s">
-        <v>1545</v>
+        <v>1550</v>
       </c>
       <c r="E443" t="s">
-        <v>1546</v>
+        <v>1551</v>
       </c>
       <c r="F443" t="s">
         <v>15</v>
       </c>
       <c r="G443" t="s">
         <v>16</v>
       </c>
       <c r="H443" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="I443" t="s">
-        <v>566</v>
+        <v>87</v>
       </c>
       <c r="J443" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K443" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" t="s">
         <v>11</v>
       </c>
       <c r="B444" t="s">
-        <v>572</v>
+        <v>117</v>
       </c>
       <c r="C444" t="s">
-        <v>1547</v>
+        <v>1552</v>
       </c>
       <c r="D444" t="s">
-        <v>1548</v>
+        <v>1553</v>
       </c>
       <c r="E444" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="F444" t="s">
         <v>15</v>
       </c>
       <c r="G444" t="s">
         <v>16</v>
       </c>
       <c r="H444" t="s">
         <v>121</v>
       </c>
       <c r="I444" t="s">
-        <v>576</v>
+        <v>122</v>
       </c>
       <c r="J444" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K444" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" t="s">
         <v>11</v>
       </c>
       <c r="B445" t="s">
-        <v>162</v>
+        <v>577</v>
       </c>
       <c r="C445" t="s">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="D445" t="s">
-        <v>1551</v>
+        <v>1556</v>
       </c>
       <c r="E445" t="s">
-        <v>1552</v>
+        <v>1557</v>
       </c>
       <c r="F445" t="s">
         <v>15</v>
       </c>
       <c r="G445" t="s">
         <v>16</v>
       </c>
       <c r="H445" t="s">
-        <v>16</v>
+        <v>221</v>
       </c>
       <c r="I445" t="s">
-        <v>166</v>
+        <v>581</v>
       </c>
       <c r="J445" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K445" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" t="s">
         <v>11</v>
       </c>
       <c r="B446" t="s">
-        <v>1553</v>
+        <v>577</v>
       </c>
       <c r="C446" t="s">
-        <v>1553</v>
+        <v>1558</v>
       </c>
       <c r="D446" t="s">
-        <v>1554</v>
+        <v>1559</v>
       </c>
       <c r="E446" t="s">
-        <v>1555</v>
+        <v>1560</v>
       </c>
       <c r="F446" t="s">
         <v>15</v>
       </c>
       <c r="G446" t="s">
         <v>16</v>
       </c>
       <c r="H446" t="s">
-        <v>16</v>
+        <v>221</v>
       </c>
       <c r="I446" t="s">
-        <v>18</v>
+        <v>581</v>
       </c>
       <c r="J446" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K446" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" t="s">
         <v>11</v>
       </c>
       <c r="B447" t="s">
-        <v>1556</v>
+        <v>586</v>
       </c>
       <c r="C447" t="s">
-        <v>1556</v>
+        <v>1561</v>
       </c>
       <c r="D447" t="s">
-        <v>1557</v>
+        <v>1562</v>
       </c>
       <c r="E447" t="s">
-        <v>1558</v>
+        <v>1563</v>
       </c>
       <c r="F447" t="s">
         <v>15</v>
       </c>
       <c r="G447" t="s">
         <v>16</v>
       </c>
       <c r="H447" t="s">
-        <v>68</v>
+        <v>256</v>
       </c>
       <c r="I447" t="s">
-        <v>69</v>
+        <v>590</v>
       </c>
       <c r="J447" t="s">
         <v>19</v>
       </c>
       <c r="K447" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" t="s">
         <v>11</v>
       </c>
       <c r="B448" t="s">
-        <v>1559</v>
+        <v>71</v>
       </c>
       <c r="C448" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="D448" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
       <c r="E448" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
       <c r="F448" t="s">
         <v>15</v>
       </c>
       <c r="G448" t="s">
         <v>16</v>
       </c>
       <c r="H448" t="s">
-        <v>291</v>
+        <v>16</v>
       </c>
       <c r="I448" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="J448" t="s">
         <v>19</v>
       </c>
       <c r="K448" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" t="s">
         <v>11</v>
       </c>
       <c r="B449" t="s">
-        <v>904</v>
+        <v>1567</v>
       </c>
       <c r="C449" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
       <c r="D449" t="s">
-        <v>1563</v>
+        <v>1568</v>
       </c>
       <c r="E449" t="s">
-        <v>1564</v>
+        <v>1569</v>
       </c>
       <c r="F449" t="s">
         <v>15</v>
       </c>
       <c r="G449" t="s">
         <v>16</v>
       </c>
       <c r="H449" t="s">
-        <v>291</v>
+        <v>16</v>
       </c>
       <c r="I449" t="s">
-        <v>908</v>
+        <v>108</v>
       </c>
       <c r="J449" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K449" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" t="s">
         <v>11</v>
       </c>
       <c r="B450" t="s">
-        <v>1565</v>
+        <v>1570</v>
       </c>
       <c r="C450" t="s">
-        <v>1565</v>
+        <v>1570</v>
       </c>
       <c r="D450" t="s">
-        <v>1566</v>
+        <v>1571</v>
       </c>
       <c r="E450" t="s">
-        <v>1567</v>
+        <v>1572</v>
       </c>
       <c r="F450" t="s">
         <v>15</v>
       </c>
       <c r="G450" t="s">
         <v>16</v>
       </c>
       <c r="H450" t="s">
-        <v>91</v>
+        <v>212</v>
       </c>
       <c r="I450" t="s">
-        <v>759</v>
+        <v>18</v>
       </c>
       <c r="J450" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K450" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" t="s">
         <v>11</v>
       </c>
       <c r="B451" t="s">
-        <v>1568</v>
+        <v>1573</v>
       </c>
       <c r="C451" t="s">
-        <v>1568</v>
+        <v>1573</v>
       </c>
       <c r="D451" t="s">
-        <v>1569</v>
+        <v>1574</v>
       </c>
       <c r="E451" t="s">
-        <v>1570</v>
+        <v>1575</v>
       </c>
       <c r="F451" t="s">
         <v>15</v>
       </c>
       <c r="G451" t="s">
         <v>16</v>
       </c>
       <c r="H451" t="s">
-        <v>128</v>
+        <v>179</v>
       </c>
       <c r="I451" t="s">
-        <v>1184</v>
+        <v>18</v>
       </c>
       <c r="J451" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K451" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" t="s">
         <v>11</v>
       </c>
       <c r="B452" t="s">
-        <v>1571</v>
+        <v>175</v>
       </c>
       <c r="C452" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="D452" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="E452" t="s">
-        <v>1573</v>
+        <v>1578</v>
       </c>
       <c r="F452" t="s">
         <v>15</v>
       </c>
       <c r="G452" t="s">
         <v>16</v>
       </c>
       <c r="H452" t="s">
-        <v>345</v>
+        <v>179</v>
       </c>
       <c r="I452" t="s">
-        <v>759</v>
+        <v>180</v>
       </c>
       <c r="J452" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K452" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" t="s">
         <v>11</v>
       </c>
       <c r="B453" t="s">
-        <v>951</v>
+        <v>1579</v>
       </c>
       <c r="C453" t="s">
-        <v>1574</v>
+        <v>1579</v>
       </c>
       <c r="D453" t="s">
-        <v>1575</v>
+        <v>1580</v>
       </c>
       <c r="E453" t="s">
-        <v>1576</v>
+        <v>1581</v>
       </c>
       <c r="F453" t="s">
         <v>15</v>
       </c>
       <c r="G453" t="s">
         <v>16</v>
       </c>
       <c r="H453" t="s">
-        <v>375</v>
+        <v>221</v>
       </c>
       <c r="I453" t="s">
-        <v>466</v>
+        <v>841</v>
       </c>
       <c r="J453" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K453" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" t="s">
         <v>11</v>
       </c>
       <c r="B454" t="s">
-        <v>1577</v>
+        <v>1582</v>
       </c>
       <c r="C454" t="s">
-        <v>1577</v>
+        <v>1582</v>
       </c>
       <c r="D454" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
       <c r="E454" t="s">
-        <v>1579</v>
+        <v>1584</v>
       </c>
       <c r="F454" t="s">
         <v>15</v>
       </c>
       <c r="G454" t="s">
         <v>16</v>
       </c>
       <c r="H454" t="s">
-        <v>570</v>
+        <v>396</v>
       </c>
       <c r="I454" t="s">
-        <v>18</v>
+        <v>1203</v>
       </c>
       <c r="J454" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K454" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" t="s">
         <v>11</v>
       </c>
       <c r="B455" t="s">
-        <v>1580</v>
+        <v>1585</v>
       </c>
       <c r="C455" t="s">
-        <v>1580</v>
+        <v>1585</v>
       </c>
       <c r="D455" t="s">
-        <v>1581</v>
+        <v>1586</v>
       </c>
       <c r="E455" t="s">
-        <v>1582</v>
+        <v>1587</v>
       </c>
       <c r="F455" t="s">
         <v>15</v>
       </c>
       <c r="G455" t="s">
         <v>16</v>
       </c>
       <c r="H455" t="s">
-        <v>291</v>
+        <v>64</v>
       </c>
       <c r="I455" t="s">
-        <v>69</v>
+        <v>841</v>
       </c>
       <c r="J455" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K455" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" t="s">
         <v>11</v>
       </c>
       <c r="B456" t="s">
-        <v>1583</v>
+        <v>967</v>
       </c>
       <c r="C456" t="s">
-        <v>1583</v>
+        <v>1588</v>
       </c>
       <c r="D456" t="s">
-        <v>1584</v>
+        <v>1589</v>
       </c>
       <c r="E456" t="s">
-        <v>1585</v>
+        <v>1590</v>
       </c>
       <c r="F456" t="s">
         <v>15</v>
       </c>
       <c r="G456" t="s">
         <v>16</v>
       </c>
       <c r="H456" t="s">
-        <v>128</v>
+        <v>385</v>
       </c>
       <c r="I456" t="s">
-        <v>18</v>
+        <v>481</v>
       </c>
       <c r="J456" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K456" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" t="s">
         <v>11</v>
       </c>
       <c r="B457" t="s">
-        <v>1586</v>
+        <v>1591</v>
       </c>
       <c r="C457" t="s">
-        <v>1586</v>
+        <v>1591</v>
       </c>
       <c r="D457" t="s">
-        <v>1587</v>
+        <v>1592</v>
       </c>
       <c r="E457" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
       <c r="F457" t="s">
         <v>15</v>
       </c>
       <c r="G457" t="s">
         <v>16</v>
       </c>
       <c r="H457" t="s">
-        <v>91</v>
+        <v>159</v>
       </c>
       <c r="I457" t="s">
-        <v>69</v>
+        <v>108</v>
       </c>
       <c r="J457" t="s">
         <v>19</v>
       </c>
       <c r="K457" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" t="s">
         <v>11</v>
       </c>
       <c r="B458" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
       <c r="C458" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
       <c r="D458" t="s">
-        <v>1590</v>
+        <v>1595</v>
       </c>
       <c r="E458" t="s">
-        <v>1591</v>
+        <v>1596</v>
       </c>
       <c r="F458" t="s">
         <v>15</v>
       </c>
       <c r="G458" t="s">
         <v>16</v>
       </c>
       <c r="H458" t="s">
-        <v>16</v>
+        <v>179</v>
       </c>
       <c r="I458" t="s">
         <v>18</v>
       </c>
       <c r="J458" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K458" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" t="s">
         <v>11</v>
       </c>
       <c r="B459" t="s">
-        <v>1592</v>
+        <v>1597</v>
       </c>
       <c r="C459" t="s">
-        <v>1592</v>
+        <v>1597</v>
       </c>
       <c r="D459" t="s">
-        <v>1593</v>
+        <v>1598</v>
       </c>
       <c r="E459" t="s">
-        <v>1594</v>
+        <v>1599</v>
       </c>
       <c r="F459" t="s">
         <v>15</v>
       </c>
       <c r="G459" t="s">
         <v>16</v>
       </c>
       <c r="H459" t="s">
-        <v>16</v>
+        <v>396</v>
       </c>
       <c r="I459" t="s">
-        <v>520</v>
+        <v>108</v>
       </c>
       <c r="J459" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K459" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" t="s">
         <v>11</v>
       </c>
       <c r="B460" t="s">
-        <v>1595</v>
+        <v>1600</v>
       </c>
       <c r="C460" t="s">
-        <v>1595</v>
+        <v>1600</v>
       </c>
       <c r="D460" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="E460" t="s">
-        <v>1597</v>
+        <v>1602</v>
       </c>
       <c r="F460" t="s">
         <v>15</v>
       </c>
       <c r="G460" t="s">
         <v>16</v>
       </c>
       <c r="H460" t="s">
-        <v>16</v>
+        <v>221</v>
       </c>
       <c r="I460" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="J460" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K460" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" t="s">
         <v>11</v>
       </c>
       <c r="B461" t="s">
-        <v>1598</v>
+        <v>1603</v>
       </c>
       <c r="C461" t="s">
-        <v>1598</v>
+        <v>1603</v>
       </c>
       <c r="D461" t="s">
-        <v>1599</v>
+        <v>1604</v>
       </c>
       <c r="E461" t="s">
-        <v>1600</v>
+        <v>1605</v>
       </c>
       <c r="F461" t="s">
         <v>15</v>
       </c>
       <c r="G461" t="s">
         <v>16</v>
       </c>
       <c r="H461" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I461" t="s">
-        <v>1601</v>
+        <v>108</v>
       </c>
       <c r="J461" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K461" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" t="s">
         <v>11</v>
       </c>
       <c r="B462" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
       <c r="C462" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
       <c r="D462" t="s">
-        <v>1603</v>
+        <v>1607</v>
       </c>
       <c r="E462" t="s">
-        <v>1604</v>
+        <v>1608</v>
       </c>
       <c r="F462" t="s">
         <v>15</v>
       </c>
       <c r="G462" t="s">
         <v>16</v>
       </c>
       <c r="H462" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="I462" t="s">
-        <v>69</v>
+        <v>533</v>
       </c>
       <c r="J462" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K462" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" t="s">
         <v>11</v>
       </c>
       <c r="B463" t="s">
-        <v>747</v>
+        <v>1609</v>
       </c>
       <c r="C463" t="s">
-        <v>747</v>
+        <v>1609</v>
       </c>
       <c r="D463" t="s">
-        <v>1605</v>
+        <v>1610</v>
       </c>
       <c r="E463" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
       <c r="F463" t="s">
         <v>15</v>
       </c>
       <c r="G463" t="s">
         <v>16</v>
       </c>
       <c r="H463" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="I463" t="s">
-        <v>69</v>
+        <v>966</v>
       </c>
       <c r="J463" t="s">
         <v>19</v>
       </c>
       <c r="K463" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" t="s">
         <v>11</v>
       </c>
       <c r="B464" t="s">
-        <v>1607</v>
+        <v>1612</v>
       </c>
       <c r="C464" t="s">
-        <v>1607</v>
+        <v>1612</v>
       </c>
       <c r="D464" t="s">
-        <v>1608</v>
+        <v>1613</v>
       </c>
       <c r="E464" t="s">
-        <v>1609</v>
+        <v>1614</v>
       </c>
       <c r="F464" t="s">
-        <v>607</v>
+        <v>15</v>
       </c>
       <c r="G464" t="s">
-        <v>608</v>
+        <v>16</v>
       </c>
       <c r="H464" t="s">
-        <v>1328</v>
+        <v>34</v>
       </c>
       <c r="I464" t="s">
-        <v>1610</v>
+        <v>1615</v>
       </c>
       <c r="J464" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K464" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" t="s">
         <v>11</v>
       </c>
       <c r="B465" t="s">
-        <v>1611</v>
+        <v>1616</v>
       </c>
       <c r="C465" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
       <c r="D465" t="s">
-        <v>1613</v>
+        <v>1617</v>
       </c>
       <c r="E465" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="F465" t="s">
-        <v>607</v>
+        <v>15</v>
       </c>
       <c r="G465" t="s">
-        <v>608</v>
+        <v>16</v>
       </c>
       <c r="H465" t="s">
-        <v>992</v>
+        <v>221</v>
       </c>
       <c r="I465" t="s">
-        <v>1615</v>
+        <v>18</v>
       </c>
       <c r="J465" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K465" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" t="s">
         <v>11</v>
       </c>
       <c r="B466" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
       <c r="C466" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
       <c r="D466" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="E466" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="F466" t="s">
-        <v>607</v>
+        <v>171</v>
       </c>
       <c r="G466" t="s">
-        <v>608</v>
+        <v>172</v>
       </c>
       <c r="H466" t="s">
-        <v>992</v>
+        <v>1339</v>
       </c>
       <c r="I466" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
       <c r="J466" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K466" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" t="s">
         <v>11</v>
       </c>
       <c r="B467" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="C467" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
       <c r="D467" t="s">
-        <v>1621</v>
+        <v>1625</v>
       </c>
       <c r="E467" t="s">
-        <v>1622</v>
+        <v>1626</v>
       </c>
       <c r="F467" t="s">
-        <v>607</v>
+        <v>171</v>
       </c>
       <c r="G467" t="s">
-        <v>608</v>
+        <v>172</v>
       </c>
       <c r="H467" t="s">
-        <v>996</v>
+        <v>1011</v>
       </c>
       <c r="I467" t="s">
-        <v>178</v>
+        <v>1627</v>
       </c>
       <c r="J467" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K467" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" t="s">
         <v>11</v>
       </c>
       <c r="B468" t="s">
-        <v>1623</v>
+        <v>1628</v>
       </c>
       <c r="C468" t="s">
-        <v>1623</v>
+        <v>1628</v>
       </c>
       <c r="D468" t="s">
-        <v>1624</v>
+        <v>1629</v>
       </c>
       <c r="E468" t="s">
-        <v>1625</v>
+        <v>1630</v>
       </c>
       <c r="F468" t="s">
-        <v>607</v>
+        <v>171</v>
       </c>
       <c r="G468" t="s">
-        <v>608</v>
+        <v>172</v>
       </c>
       <c r="H468" t="s">
-        <v>614</v>
+        <v>1011</v>
       </c>
       <c r="I468" t="s">
-        <v>1626</v>
+        <v>1631</v>
       </c>
       <c r="J468" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K468" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" t="s">
         <v>11</v>
       </c>
       <c r="B469" t="s">
-        <v>1627</v>
+        <v>1632</v>
       </c>
       <c r="C469" t="s">
-        <v>1627</v>
+        <v>1632</v>
       </c>
       <c r="D469" t="s">
-        <v>1628</v>
+        <v>1633</v>
       </c>
       <c r="E469" t="s">
-        <v>1629</v>
+        <v>1634</v>
       </c>
       <c r="F469" t="s">
-        <v>607</v>
+        <v>171</v>
       </c>
       <c r="G469" t="s">
-        <v>608</v>
+        <v>172</v>
       </c>
       <c r="H469" t="s">
-        <v>609</v>
+        <v>623</v>
       </c>
       <c r="I469" t="s">
-        <v>1630</v>
+        <v>213</v>
       </c>
       <c r="J469" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K469" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" t="s">
         <v>11</v>
       </c>
       <c r="B470" t="s">
-        <v>1631</v>
+        <v>1635</v>
       </c>
       <c r="C470" t="s">
-        <v>1631</v>
+        <v>1635</v>
       </c>
       <c r="D470" t="s">
-        <v>1632</v>
+        <v>1636</v>
       </c>
       <c r="E470" t="s">
-        <v>1633</v>
+        <v>1637</v>
       </c>
       <c r="F470" t="s">
-        <v>607</v>
+        <v>171</v>
       </c>
       <c r="G470" t="s">
-        <v>608</v>
+        <v>172</v>
       </c>
       <c r="H470" t="s">
-        <v>996</v>
+        <v>173</v>
       </c>
       <c r="I470" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="J470" t="s">
         <v>19</v>
       </c>
       <c r="K470" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" t="s">
         <v>11</v>
       </c>
       <c r="B471" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="C471" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="D471" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="E471" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
       <c r="F471" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="G471" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
       <c r="H471" t="s">
-        <v>631</v>
+        <v>618</v>
       </c>
       <c r="I471" t="s">
-        <v>46</v>
+        <v>1642</v>
       </c>
       <c r="J471" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K471" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" t="s">
         <v>11</v>
       </c>
       <c r="B472" t="s">
-        <v>1638</v>
+        <v>1643</v>
       </c>
       <c r="C472" t="s">
-        <v>1638</v>
+        <v>1643</v>
       </c>
       <c r="D472" t="s">
-        <v>1639</v>
+        <v>1644</v>
       </c>
       <c r="E472" t="s">
-        <v>1640</v>
+        <v>1645</v>
       </c>
       <c r="F472" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="G472" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
       <c r="H472" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="I472" t="s">
-        <v>1641</v>
+        <v>1646</v>
       </c>
       <c r="J472" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K472" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" t="s">
         <v>11</v>
       </c>
       <c r="B473" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="C473" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="D473" t="s">
-        <v>1643</v>
+        <v>1648</v>
       </c>
       <c r="E473" t="s">
-        <v>1644</v>
+        <v>1649</v>
       </c>
       <c r="F473" t="s">
         <v>15</v>
       </c>
       <c r="G473" t="s">
         <v>16</v>
       </c>
       <c r="H473" t="s">
-        <v>16</v>
+        <v>640</v>
       </c>
       <c r="I473" t="s">
-        <v>920</v>
+        <v>184</v>
       </c>
       <c r="J473" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K473" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" t="s">
         <v>11</v>
       </c>
       <c r="B474" t="s">
-        <v>1645</v>
+        <v>1650</v>
       </c>
       <c r="C474" t="s">
-        <v>1645</v>
+        <v>1650</v>
       </c>
       <c r="D474" t="s">
-        <v>1646</v>
+        <v>1651</v>
       </c>
       <c r="E474" t="s">
-        <v>1647</v>
+        <v>1652</v>
       </c>
       <c r="F474" t="s">
         <v>15</v>
       </c>
       <c r="G474" t="s">
         <v>16</v>
       </c>
       <c r="H474" t="s">
         <v>16</v>
       </c>
       <c r="I474" t="s">
-        <v>507</v>
+        <v>1653</v>
       </c>
       <c r="J474" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K474" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" t="s">
         <v>11</v>
       </c>
       <c r="B475" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="C475" t="s">
-        <v>1648</v>
+        <v>1654</v>
       </c>
       <c r="D475" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
       <c r="E475" t="s">
-        <v>1650</v>
+        <v>1656</v>
       </c>
       <c r="F475" t="s">
         <v>15</v>
       </c>
       <c r="G475" t="s">
         <v>16</v>
       </c>
       <c r="H475" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="I475" t="s">
-        <v>1651</v>
+        <v>18</v>
       </c>
       <c r="J475" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K475" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" t="s">
         <v>11</v>
       </c>
       <c r="B476" t="s">
-        <v>1652</v>
+        <v>1657</v>
       </c>
       <c r="C476" t="s">
-        <v>1652</v>
+        <v>1657</v>
       </c>
       <c r="D476" t="s">
-        <v>1653</v>
+        <v>1658</v>
       </c>
       <c r="E476" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
       <c r="F476" t="s">
         <v>15</v>
       </c>
       <c r="G476" t="s">
         <v>16</v>
       </c>
       <c r="H476" t="s">
         <v>16</v>
       </c>
       <c r="I476" t="s">
-        <v>1655</v>
+        <v>518</v>
       </c>
       <c r="J476" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K476" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" t="s">
         <v>11</v>
       </c>
       <c r="B477" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="C477" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="D477" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="E477" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
       <c r="F477" t="s">
         <v>15</v>
       </c>
       <c r="G477" t="s">
         <v>16</v>
       </c>
       <c r="H477" t="s">
         <v>16</v>
       </c>
       <c r="I477" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="J477" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K477" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" t="s">
         <v>11</v>
       </c>
       <c r="B478" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="C478" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="D478" t="s">
-        <v>1661</v>
+        <v>1665</v>
       </c>
       <c r="E478" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="F478" t="s">
         <v>15</v>
       </c>
       <c r="G478" t="s">
         <v>16</v>
       </c>
       <c r="H478" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="I478" t="s">
-        <v>69</v>
+        <v>1667</v>
       </c>
       <c r="J478" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K478" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" t="s">
         <v>11</v>
       </c>
       <c r="B479" t="s">
-        <v>1663</v>
+        <v>1668</v>
       </c>
       <c r="C479" t="s">
-        <v>1663</v>
+        <v>1668</v>
       </c>
       <c r="D479" t="s">
-        <v>1664</v>
+        <v>1669</v>
       </c>
       <c r="E479" t="s">
-        <v>1665</v>
+        <v>1670</v>
       </c>
       <c r="F479" t="s">
         <v>15</v>
       </c>
       <c r="G479" t="s">
         <v>16</v>
       </c>
       <c r="H479" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="I479" t="s">
-        <v>69</v>
+        <v>1671</v>
       </c>
       <c r="J479" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K479" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" t="s">
         <v>11</v>
       </c>
       <c r="B480" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="C480" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="D480" t="s">
-        <v>1667</v>
+        <v>1673</v>
       </c>
       <c r="E480" t="s">
-        <v>1668</v>
+        <v>1674</v>
       </c>
       <c r="F480" t="s">
         <v>15</v>
       </c>
       <c r="G480" t="s">
         <v>16</v>
       </c>
       <c r="H480" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I480" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J480" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K480" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" t="s">
         <v>11</v>
       </c>
       <c r="B481" t="s">
-        <v>1669</v>
+        <v>1675</v>
       </c>
       <c r="C481" t="s">
-        <v>1669</v>
+        <v>1675</v>
       </c>
       <c r="D481" t="s">
-        <v>1670</v>
+        <v>1676</v>
       </c>
       <c r="E481" t="s">
-        <v>1671</v>
+        <v>1677</v>
       </c>
       <c r="F481" t="s">
         <v>15</v>
       </c>
       <c r="G481" t="s">
         <v>16</v>
       </c>
       <c r="H481" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I481" t="s">
-        <v>759</v>
+        <v>18</v>
       </c>
       <c r="J481" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K481" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" t="s">
         <v>11</v>
       </c>
       <c r="B482" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
       <c r="C482" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
       <c r="D482" t="s">
-        <v>1673</v>
+        <v>1679</v>
       </c>
       <c r="E482" t="s">
-        <v>1674</v>
+        <v>1680</v>
       </c>
       <c r="F482" t="s">
         <v>15</v>
       </c>
       <c r="G482" t="s">
         <v>16</v>
       </c>
       <c r="H482" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I482" t="s">
-        <v>1675</v>
+        <v>18</v>
       </c>
       <c r="J482" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K482" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" t="s">
         <v>11</v>
       </c>
       <c r="B483" t="s">
-        <v>663</v>
+        <v>1681</v>
       </c>
       <c r="C483" t="s">
-        <v>663</v>
+        <v>1681</v>
       </c>
       <c r="D483" t="s">
-        <v>1676</v>
+        <v>1682</v>
       </c>
       <c r="E483" t="s">
-        <v>1677</v>
+        <v>1683</v>
       </c>
       <c r="F483" t="s">
         <v>15</v>
       </c>
       <c r="G483" t="s">
         <v>16</v>
       </c>
       <c r="H483" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I483" t="s">
-        <v>69</v>
+        <v>1684</v>
       </c>
       <c r="J483" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K483" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" t="s">
         <v>11</v>
       </c>
       <c r="B484" t="s">
-        <v>1678</v>
+        <v>671</v>
       </c>
       <c r="C484" t="s">
-        <v>1678</v>
+        <v>671</v>
       </c>
       <c r="D484" t="s">
-        <v>1679</v>
+        <v>1685</v>
       </c>
       <c r="E484" t="s">
-        <v>1680</v>
+        <v>1686</v>
       </c>
       <c r="F484" t="s">
         <v>15</v>
       </c>
       <c r="G484" t="s">
         <v>16</v>
       </c>
       <c r="H484" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I484" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J484" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K484" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" t="s">
         <v>11</v>
       </c>
       <c r="B485" t="s">
-        <v>1681</v>
+        <v>1687</v>
       </c>
       <c r="C485" t="s">
-        <v>1681</v>
+        <v>1687</v>
       </c>
       <c r="D485" t="s">
-        <v>1682</v>
+        <v>1688</v>
       </c>
       <c r="E485" t="s">
-        <v>1683</v>
+        <v>1689</v>
       </c>
       <c r="F485" t="s">
         <v>15</v>
       </c>
       <c r="G485" t="s">
         <v>16</v>
       </c>
       <c r="H485" t="s">
-        <v>100</v>
+        <v>221</v>
       </c>
       <c r="I485" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J485" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K485" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" t="s">
         <v>11</v>
       </c>
       <c r="B486" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="C486" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="D486" t="s">
-        <v>1685</v>
+        <v>1691</v>
       </c>
       <c r="E486" t="s">
-        <v>1686</v>
+        <v>1692</v>
       </c>
       <c r="F486" t="s">
         <v>15</v>
       </c>
       <c r="G486" t="s">
         <v>16</v>
       </c>
       <c r="H486" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I486" t="s">
-        <v>503</v>
+        <v>18</v>
       </c>
       <c r="J486" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K486" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" t="s">
         <v>11</v>
       </c>
       <c r="B487" t="s">
-        <v>1687</v>
+        <v>1693</v>
       </c>
       <c r="C487" t="s">
-        <v>1687</v>
+        <v>1693</v>
       </c>
       <c r="D487" t="s">
-        <v>1688</v>
+        <v>1694</v>
       </c>
       <c r="E487" t="s">
-        <v>1689</v>
+        <v>1695</v>
       </c>
       <c r="F487" t="s">
         <v>15</v>
       </c>
       <c r="G487" t="s">
         <v>16</v>
       </c>
       <c r="H487" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I487" t="s">
-        <v>18</v>
+        <v>514</v>
       </c>
       <c r="J487" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K487" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" t="s">
         <v>11</v>
       </c>
       <c r="B488" t="s">
-        <v>1690</v>
+        <v>1696</v>
       </c>
       <c r="C488" t="s">
-        <v>1690</v>
+        <v>1696</v>
       </c>
       <c r="D488" t="s">
-        <v>1691</v>
+        <v>1697</v>
       </c>
       <c r="E488" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
       <c r="F488" t="s">
         <v>15</v>
       </c>
       <c r="G488" t="s">
         <v>16</v>
       </c>
       <c r="H488" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I488" t="s">
-        <v>1693</v>
+        <v>108</v>
       </c>
       <c r="J488" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K488" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" t="s">
         <v>11</v>
       </c>
       <c r="B489" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="C489" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="D489" t="s">
-        <v>1695</v>
+        <v>1700</v>
       </c>
       <c r="E489" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
       <c r="F489" t="s">
         <v>15</v>
       </c>
       <c r="G489" t="s">
         <v>16</v>
       </c>
       <c r="H489" t="s">
-        <v>345</v>
+        <v>43</v>
       </c>
       <c r="I489" t="s">
-        <v>69</v>
+        <v>1702</v>
       </c>
       <c r="J489" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K489" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" t="s">
         <v>11</v>
       </c>
       <c r="B490" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
       <c r="C490" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
       <c r="D490" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
       <c r="E490" t="s">
-        <v>1699</v>
+        <v>1705</v>
       </c>
       <c r="F490" t="s">
         <v>15</v>
       </c>
       <c r="G490" t="s">
         <v>16</v>
       </c>
       <c r="H490" t="s">
-        <v>95</v>
+        <v>64</v>
       </c>
       <c r="I490" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J490" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K490" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" t="s">
         <v>11</v>
       </c>
       <c r="B491" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
       <c r="C491" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
       <c r="D491" t="s">
-        <v>1701</v>
+        <v>1707</v>
       </c>
       <c r="E491" t="s">
-        <v>1702</v>
+        <v>1708</v>
       </c>
       <c r="F491" t="s">
         <v>15</v>
       </c>
       <c r="G491" t="s">
         <v>16</v>
       </c>
       <c r="H491" t="s">
-        <v>221</v>
+        <v>107</v>
       </c>
       <c r="I491" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="J491" t="s">
         <v>19</v>
       </c>
       <c r="K491" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" t="s">
         <v>11</v>
       </c>
       <c r="B492" t="s">
-        <v>1703</v>
+        <v>1709</v>
       </c>
       <c r="C492" t="s">
-        <v>1703</v>
+        <v>1709</v>
       </c>
       <c r="D492" t="s">
-        <v>1704</v>
+        <v>1710</v>
       </c>
       <c r="E492" t="s">
-        <v>1705</v>
+        <v>1711</v>
       </c>
       <c r="F492" t="s">
         <v>15</v>
       </c>
       <c r="G492" t="s">
         <v>16</v>
       </c>
       <c r="H492" t="s">
-        <v>221</v>
+        <v>785</v>
       </c>
       <c r="I492" t="s">
-        <v>1390</v>
+        <v>282</v>
       </c>
       <c r="J492" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K492" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" t="s">
         <v>11</v>
       </c>
       <c r="B493" t="s">
-        <v>1706</v>
+        <v>1712</v>
       </c>
       <c r="C493" t="s">
-        <v>1706</v>
+        <v>1712</v>
       </c>
       <c r="D493" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
       <c r="E493" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="F493" t="s">
         <v>15</v>
       </c>
       <c r="G493" t="s">
         <v>16</v>
       </c>
       <c r="H493" t="s">
-        <v>100</v>
+        <v>785</v>
       </c>
       <c r="I493" t="s">
+        <v>1404</v>
+      </c>
+      <c r="J493" t="s">
+        <v>19</v>
+      </c>
+      <c r="K493" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" t="s">
         <v>11</v>
       </c>
       <c r="B494" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
       <c r="C494" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
       <c r="D494" t="s">
-        <v>1710</v>
+        <v>1716</v>
       </c>
       <c r="E494" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
       <c r="F494" t="s">
         <v>15</v>
       </c>
       <c r="G494" t="s">
         <v>16</v>
       </c>
       <c r="H494" t="s">
-        <v>251</v>
+        <v>43</v>
       </c>
       <c r="I494" t="s">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="J494" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K494" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" t="s">
         <v>11</v>
       </c>
       <c r="B495" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
       <c r="C495" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
       <c r="D495" t="s">
-        <v>1713</v>
+        <v>1719</v>
       </c>
       <c r="E495" t="s">
-        <v>1714</v>
+        <v>1720</v>
       </c>
       <c r="F495" t="s">
         <v>15</v>
       </c>
       <c r="G495" t="s">
         <v>16</v>
       </c>
       <c r="H495" t="s">
-        <v>251</v>
+        <v>126</v>
       </c>
       <c r="I495" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J495" t="s">
         <v>19</v>
       </c>
       <c r="K495" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" t="s">
         <v>11</v>
       </c>
       <c r="B496" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="C496" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
       <c r="D496" t="s">
-        <v>1716</v>
+        <v>1722</v>
       </c>
       <c r="E496" t="s">
-        <v>1717</v>
+        <v>1723</v>
       </c>
       <c r="F496" t="s">
         <v>15</v>
       </c>
       <c r="G496" t="s">
         <v>16</v>
       </c>
       <c r="H496" t="s">
-        <v>251</v>
+        <v>126</v>
       </c>
       <c r="I496" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J496" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K496" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" t="s">
         <v>11</v>
       </c>
       <c r="B497" t="s">
-        <v>1718</v>
+        <v>1724</v>
       </c>
       <c r="C497" t="s">
-        <v>1718</v>
+        <v>1724</v>
       </c>
       <c r="D497" t="s">
-        <v>1719</v>
+        <v>1725</v>
       </c>
       <c r="E497" t="s">
-        <v>1720</v>
+        <v>1726</v>
       </c>
       <c r="F497" t="s">
         <v>15</v>
       </c>
       <c r="G497" t="s">
         <v>16</v>
       </c>
       <c r="H497" t="s">
-        <v>251</v>
+        <v>126</v>
       </c>
       <c r="I497" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J497" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K497" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" t="s">
         <v>11</v>
       </c>
       <c r="B498" t="s">
-        <v>1721</v>
+        <v>1727</v>
       </c>
       <c r="C498" t="s">
-        <v>1721</v>
+        <v>1727</v>
       </c>
       <c r="D498" t="s">
-        <v>1722</v>
+        <v>1728</v>
       </c>
       <c r="E498" t="s">
-        <v>1723</v>
+        <v>1729</v>
       </c>
       <c r="F498" t="s">
         <v>15</v>
       </c>
       <c r="G498" t="s">
         <v>16</v>
       </c>
       <c r="H498" t="s">
-        <v>24</v>
+        <v>126</v>
       </c>
       <c r="I498" t="s">
-        <v>1209</v>
+        <v>18</v>
       </c>
       <c r="J498" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K498" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" t="s">
         <v>11</v>
       </c>
       <c r="B499" t="s">
-        <v>1724</v>
+        <v>1730</v>
       </c>
       <c r="C499" t="s">
-        <v>1724</v>
+        <v>1730</v>
       </c>
       <c r="D499" t="s">
-        <v>1725</v>
+        <v>1731</v>
       </c>
       <c r="E499" t="s">
-        <v>1726</v>
+        <v>1732</v>
       </c>
       <c r="F499" t="s">
         <v>15</v>
       </c>
       <c r="G499" t="s">
         <v>16</v>
       </c>
       <c r="H499" t="s">
-        <v>30</v>
+        <v>97</v>
       </c>
       <c r="I499" t="s">
-        <v>69</v>
+        <v>260</v>
       </c>
       <c r="J499" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K499" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" t="s">
         <v>11</v>
       </c>
       <c r="B500" t="s">
-        <v>1727</v>
+        <v>1733</v>
       </c>
       <c r="C500" t="s">
-        <v>1727</v>
+        <v>1733</v>
       </c>
       <c r="D500" t="s">
-        <v>1728</v>
+        <v>1734</v>
       </c>
       <c r="E500" t="s">
-        <v>1729</v>
+        <v>1735</v>
       </c>
       <c r="F500" t="s">
         <v>15</v>
       </c>
       <c r="G500" t="s">
         <v>16</v>
       </c>
       <c r="H500" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="I500" t="s">
-        <v>1730</v>
+        <v>18</v>
       </c>
       <c r="J500" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K500" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" t="s">
         <v>11</v>
       </c>
       <c r="B501" t="s">
-        <v>1731</v>
+        <v>1736</v>
       </c>
       <c r="C501" t="s">
-        <v>1731</v>
+        <v>1736</v>
       </c>
       <c r="D501" t="s">
-        <v>1732</v>
+        <v>1737</v>
       </c>
       <c r="E501" t="s">
-        <v>1733</v>
+        <v>1738</v>
       </c>
       <c r="F501" t="s">
         <v>15</v>
       </c>
       <c r="G501" t="s">
         <v>16</v>
       </c>
       <c r="H501" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="I501" t="s">
-        <v>25</v>
+        <v>1739</v>
       </c>
       <c r="J501" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K501" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" t="s">
         <v>11</v>
       </c>
       <c r="B502" t="s">
-        <v>1734</v>
+        <v>1740</v>
       </c>
       <c r="C502" t="s">
-        <v>1734</v>
+        <v>1740</v>
       </c>
       <c r="D502" t="s">
-        <v>1735</v>
+        <v>1741</v>
       </c>
       <c r="E502" t="s">
-        <v>1736</v>
+        <v>1742</v>
       </c>
       <c r="F502" t="s">
         <v>15</v>
       </c>
       <c r="G502" t="s">
         <v>16</v>
       </c>
       <c r="H502" t="s">
-        <v>56</v>
+        <v>92</v>
       </c>
       <c r="I502" t="s">
-        <v>35</v>
+        <v>977</v>
       </c>
       <c r="J502" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K502" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" t="s">
         <v>11</v>
       </c>
       <c r="B503" t="s">
-        <v>1737</v>
+        <v>1743</v>
       </c>
       <c r="C503" t="s">
-        <v>1737</v>
+        <v>1743</v>
       </c>
       <c r="D503" t="s">
-        <v>1738</v>
+        <v>1744</v>
       </c>
       <c r="E503" t="s">
-        <v>1739</v>
+        <v>1745</v>
       </c>
       <c r="F503" t="s">
         <v>15</v>
       </c>
       <c r="G503" t="s">
         <v>16</v>
       </c>
       <c r="H503" t="s">
-        <v>56</v>
+        <v>401</v>
       </c>
       <c r="I503" t="s">
-        <v>278</v>
+        <v>418</v>
       </c>
       <c r="J503" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K503" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" t="s">
         <v>11</v>
       </c>
       <c r="B504" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
       <c r="C504" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
       <c r="D504" t="s">
-        <v>1741</v>
+        <v>1747</v>
       </c>
       <c r="E504" t="s">
-        <v>1742</v>
+        <v>1748</v>
       </c>
       <c r="F504" t="s">
         <v>15</v>
       </c>
       <c r="G504" t="s">
         <v>16</v>
       </c>
       <c r="H504" t="s">
-        <v>73</v>
+        <v>401</v>
       </c>
       <c r="I504" t="s">
-        <v>651</v>
+        <v>113</v>
       </c>
       <c r="J504" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K504" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" t="s">
         <v>11</v>
       </c>
       <c r="B505" t="s">
-        <v>1743</v>
+        <v>1749</v>
       </c>
       <c r="C505" t="s">
-        <v>1743</v>
+        <v>1749</v>
       </c>
       <c r="D505" t="s">
-        <v>1744</v>
+        <v>1750</v>
       </c>
       <c r="E505" t="s">
-        <v>1745</v>
+        <v>1751</v>
       </c>
       <c r="F505" t="s">
         <v>15</v>
       </c>
       <c r="G505" t="s">
         <v>16</v>
       </c>
       <c r="H505" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="I505" t="s">
-        <v>69</v>
+        <v>260</v>
       </c>
       <c r="J505" t="s">
         <v>19</v>
       </c>
       <c r="K505" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" t="s">
         <v>11</v>
       </c>
       <c r="B506" t="s">
-        <v>1746</v>
+        <v>1752</v>
       </c>
       <c r="C506" t="s">
-        <v>1746</v>
+        <v>1752</v>
       </c>
       <c r="D506" t="s">
-        <v>1747</v>
+        <v>1753</v>
       </c>
       <c r="E506" t="s">
-        <v>1748</v>
+        <v>1754</v>
       </c>
       <c r="F506" t="s">
         <v>15</v>
       </c>
       <c r="G506" t="s">
         <v>16</v>
       </c>
       <c r="H506" t="s">
-        <v>16</v>
+        <v>401</v>
       </c>
       <c r="I506" t="s">
-        <v>235</v>
+        <v>18</v>
       </c>
       <c r="J506" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K506" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" t="s">
         <v>11</v>
       </c>
       <c r="B507" t="s">
-        <v>1749</v>
+        <v>1755</v>
       </c>
       <c r="C507" t="s">
-        <v>1749</v>
+        <v>1755</v>
       </c>
       <c r="D507" t="s">
-        <v>1750</v>
+        <v>1756</v>
       </c>
       <c r="E507" t="s">
-        <v>1751</v>
+        <v>1757</v>
       </c>
       <c r="F507" t="s">
         <v>15</v>
       </c>
       <c r="G507" t="s">
         <v>16</v>
       </c>
       <c r="H507" t="s">
         <v>16</v>
       </c>
       <c r="I507" t="s">
-        <v>1244</v>
+        <v>1523</v>
       </c>
       <c r="J507" t="s">
         <v>19</v>
       </c>
       <c r="K507" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" t="s">
         <v>11</v>
       </c>
       <c r="B508" t="s">
-        <v>1752</v>
+        <v>1758</v>
       </c>
       <c r="C508" t="s">
-        <v>1752</v>
+        <v>1758</v>
       </c>
       <c r="D508" t="s">
-        <v>1753</v>
+        <v>1759</v>
       </c>
       <c r="E508" t="s">
-        <v>1754</v>
+        <v>1760</v>
       </c>
       <c r="F508" t="s">
         <v>15</v>
       </c>
       <c r="G508" t="s">
         <v>16</v>
       </c>
       <c r="H508" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="I508" t="s">
-        <v>69</v>
+        <v>1258</v>
       </c>
       <c r="J508" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K508" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" t="s">
         <v>11</v>
       </c>
       <c r="B509" t="s">
-        <v>1755</v>
+        <v>1761</v>
       </c>
       <c r="C509" t="s">
-        <v>1755</v>
+        <v>1761</v>
       </c>
       <c r="D509" t="s">
-        <v>1756</v>
+        <v>1762</v>
       </c>
       <c r="E509" t="s">
-        <v>1757</v>
+        <v>1763</v>
       </c>
       <c r="F509" t="s">
         <v>15</v>
       </c>
       <c r="G509" t="s">
         <v>16</v>
       </c>
       <c r="H509" t="s">
-        <v>291</v>
+        <v>380</v>
       </c>
       <c r="I509" t="s">
-        <v>1758</v>
+        <v>18</v>
       </c>
       <c r="J509" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K509" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" t="s">
         <v>11</v>
       </c>
       <c r="B510" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="C510" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="D510" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="E510" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="F510" t="s">
         <v>15</v>
       </c>
       <c r="G510" t="s">
         <v>16</v>
       </c>
       <c r="H510" t="s">
-        <v>16</v>
+        <v>179</v>
       </c>
       <c r="I510" t="s">
-        <v>1197</v>
+        <v>1767</v>
       </c>
       <c r="J510" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K510" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" t="s">
         <v>11</v>
       </c>
       <c r="B511" t="s">
-        <v>1762</v>
+        <v>1768</v>
       </c>
       <c r="C511" t="s">
-        <v>1762</v>
+        <v>1768</v>
       </c>
       <c r="D511" t="s">
-        <v>1763</v>
+        <v>1769</v>
       </c>
       <c r="E511" t="s">
-        <v>1764</v>
+        <v>1770</v>
       </c>
       <c r="F511" t="s">
         <v>15</v>
       </c>
       <c r="G511" t="s">
         <v>16</v>
       </c>
       <c r="H511" t="s">
-        <v>121</v>
+        <v>16</v>
       </c>
       <c r="I511" t="s">
-        <v>1765</v>
+        <v>1216</v>
       </c>
       <c r="J511" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K511" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" t="s">
         <v>11</v>
       </c>
       <c r="B512" t="s">
-        <v>1766</v>
+        <v>1771</v>
       </c>
       <c r="C512" t="s">
-        <v>1766</v>
+        <v>1771</v>
       </c>
       <c r="D512" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
       <c r="E512" t="s">
-        <v>1768</v>
+        <v>1773</v>
       </c>
       <c r="F512" t="s">
         <v>15</v>
       </c>
       <c r="G512" t="s">
         <v>16</v>
       </c>
       <c r="H512" t="s">
-        <v>375</v>
+        <v>256</v>
       </c>
       <c r="I512" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="J512" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K512" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" t="s">
         <v>11</v>
       </c>
       <c r="B513" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="C513" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="D513" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="E513" t="s">
-        <v>1772</v>
+        <v>1777</v>
       </c>
       <c r="F513" t="s">
         <v>15</v>
       </c>
       <c r="G513" t="s">
         <v>16</v>
       </c>
       <c r="H513" t="s">
-        <v>56</v>
+        <v>385</v>
       </c>
       <c r="I513" t="s">
-        <v>1773</v>
+        <v>1778</v>
       </c>
       <c r="J513" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K513" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" t="s">
         <v>11</v>
       </c>
       <c r="B514" t="s">
-        <v>1774</v>
+        <v>1779</v>
       </c>
       <c r="C514" t="s">
-        <v>1774</v>
+        <v>1779</v>
       </c>
       <c r="D514" t="s">
-        <v>1775</v>
+        <v>1780</v>
       </c>
       <c r="E514" t="s">
-        <v>1776</v>
+        <v>1781</v>
       </c>
       <c r="F514" t="s">
         <v>15</v>
       </c>
       <c r="G514" t="s">
         <v>16</v>
       </c>
       <c r="H514" t="s">
-        <v>121</v>
+        <v>401</v>
       </c>
       <c r="I514" t="s">
-        <v>69</v>
+        <v>1782</v>
       </c>
       <c r="J514" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K514" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" t="s">
         <v>11</v>
       </c>
       <c r="B515" t="s">
-        <v>1777</v>
+        <v>1783</v>
       </c>
       <c r="C515" t="s">
-        <v>1777</v>
+        <v>1783</v>
       </c>
       <c r="D515" t="s">
-        <v>1778</v>
+        <v>1784</v>
       </c>
       <c r="E515" t="s">
-        <v>1779</v>
+        <v>1785</v>
       </c>
       <c r="F515" t="s">
         <v>15</v>
       </c>
       <c r="G515" t="s">
         <v>16</v>
       </c>
       <c r="H515" t="s">
-        <v>30</v>
+        <v>256</v>
       </c>
       <c r="I515" t="s">
-        <v>1780</v>
+        <v>18</v>
       </c>
       <c r="J515" t="s">
         <v>19</v>
       </c>
       <c r="K515" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" t="s">
         <v>11</v>
       </c>
       <c r="B516" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="C516" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="D516" t="s">
-        <v>1782</v>
+        <v>1787</v>
       </c>
       <c r="E516" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
       <c r="F516" t="s">
         <v>15</v>
       </c>
       <c r="G516" t="s">
         <v>16</v>
       </c>
       <c r="H516" t="s">
-        <v>73</v>
+        <v>97</v>
       </c>
       <c r="I516" t="s">
-        <v>69</v>
+        <v>1789</v>
       </c>
       <c r="J516" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K516" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" t="s">
         <v>11</v>
       </c>
       <c r="B517" t="s">
-        <v>1784</v>
+        <v>1790</v>
       </c>
       <c r="C517" t="s">
-        <v>1784</v>
+        <v>1790</v>
       </c>
       <c r="D517" t="s">
-        <v>1785</v>
+        <v>1791</v>
       </c>
       <c r="E517" t="s">
-        <v>1786</v>
+        <v>1792</v>
       </c>
       <c r="F517" t="s">
         <v>15</v>
       </c>
       <c r="G517" t="s">
         <v>16</v>
       </c>
       <c r="H517" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="I517" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J517" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K517" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" t="s">
         <v>11</v>
       </c>
       <c r="B518" t="s">
-        <v>1787</v>
+        <v>1793</v>
       </c>
       <c r="C518" t="s">
-        <v>1787</v>
+        <v>1793</v>
       </c>
       <c r="D518" t="s">
-        <v>1788</v>
+        <v>1794</v>
       </c>
       <c r="E518" t="s">
-        <v>1789</v>
+        <v>1795</v>
       </c>
       <c r="F518" t="s">
         <v>15</v>
       </c>
       <c r="G518" t="s">
         <v>16</v>
       </c>
       <c r="H518" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="I518" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J518" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K518" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" t="s">
         <v>11</v>
       </c>
       <c r="B519" t="s">
-        <v>1790</v>
+        <v>1796</v>
       </c>
       <c r="C519" t="s">
-        <v>1790</v>
+        <v>1796</v>
       </c>
       <c r="D519" t="s">
-        <v>1791</v>
+        <v>1797</v>
       </c>
       <c r="E519" t="s">
-        <v>1792</v>
+        <v>1798</v>
       </c>
       <c r="F519" t="s">
         <v>15</v>
       </c>
       <c r="G519" t="s">
         <v>16</v>
       </c>
       <c r="H519" t="s">
-        <v>353</v>
+        <v>212</v>
       </c>
       <c r="I519" t="s">
         <v>18</v>
       </c>
       <c r="J519" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K519" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" t="s">
         <v>11</v>
       </c>
       <c r="B520" t="s">
-        <v>1793</v>
+        <v>1799</v>
       </c>
       <c r="C520" t="s">
-        <v>1793</v>
+        <v>1799</v>
       </c>
       <c r="D520" t="s">
-        <v>1794</v>
+        <v>1800</v>
       </c>
       <c r="E520" t="s">
-        <v>1795</v>
+        <v>1801</v>
       </c>
       <c r="F520" t="s">
         <v>15</v>
       </c>
       <c r="G520" t="s">
         <v>16</v>
       </c>
       <c r="H520" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="I520" t="s">
-        <v>69</v>
+        <v>108</v>
       </c>
       <c r="J520" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K520" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" t="s">
         <v>11</v>
       </c>
       <c r="B521" t="s">
-        <v>1796</v>
+        <v>1802</v>
       </c>
       <c r="C521" t="s">
-        <v>1796</v>
+        <v>1802</v>
       </c>
       <c r="D521" t="s">
-        <v>1797</v>
+        <v>1803</v>
       </c>
       <c r="E521" t="s">
-        <v>1798</v>
+        <v>1804</v>
       </c>
       <c r="F521" t="s">
         <v>15</v>
       </c>
       <c r="G521" t="s">
         <v>16</v>
       </c>
       <c r="H521" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="I521" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J521" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K521" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" t="s">
         <v>11</v>
       </c>
       <c r="B522" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
       <c r="C522" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
       <c r="D522" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="E522" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
       <c r="F522" t="s">
         <v>15</v>
       </c>
       <c r="G522" t="s">
         <v>16</v>
       </c>
       <c r="H522" t="s">
-        <v>1802</v>
+        <v>362</v>
       </c>
       <c r="I522" t="s">
-        <v>1803</v>
+        <v>18</v>
       </c>
       <c r="J522" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K522" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" t="s">
         <v>11</v>
       </c>
       <c r="B523" t="s">
-        <v>1804</v>
+        <v>1808</v>
       </c>
       <c r="C523" t="s">
-        <v>1804</v>
+        <v>1808</v>
       </c>
       <c r="D523" t="s">
-        <v>1805</v>
+        <v>1809</v>
       </c>
       <c r="E523" t="s">
-        <v>1806</v>
+        <v>1810</v>
       </c>
       <c r="F523" t="s">
         <v>15</v>
       </c>
       <c r="G523" t="s">
         <v>16</v>
       </c>
       <c r="H523" t="s">
-        <v>191</v>
+        <v>1811</v>
       </c>
       <c r="I523" t="s">
-        <v>69</v>
+        <v>174</v>
       </c>
       <c r="J523" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K523" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" t="s">
         <v>11</v>
       </c>
       <c r="B524" t="s">
-        <v>1807</v>
+        <v>1812</v>
       </c>
       <c r="C524" t="s">
-        <v>1807</v>
+        <v>1812</v>
       </c>
       <c r="D524" t="s">
-        <v>1808</v>
+        <v>1813</v>
       </c>
       <c r="E524" t="s">
-        <v>1809</v>
+        <v>1814</v>
       </c>
       <c r="F524" t="s">
         <v>15</v>
       </c>
       <c r="G524" t="s">
         <v>16</v>
       </c>
       <c r="H524" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="I524" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J524" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K524" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" t="s">
         <v>11</v>
       </c>
       <c r="B525" t="s">
-        <v>816</v>
+        <v>1815</v>
       </c>
       <c r="C525" t="s">
-        <v>816</v>
+        <v>1815</v>
       </c>
       <c r="D525" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="E525" t="s">
-        <v>1811</v>
+        <v>1817</v>
       </c>
       <c r="F525" t="s">
         <v>15</v>
       </c>
       <c r="G525" t="s">
         <v>16</v>
       </c>
       <c r="H525" t="s">
-        <v>73</v>
+        <v>221</v>
       </c>
       <c r="I525" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J525" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K525" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" t="s">
         <v>11</v>
       </c>
       <c r="B526" t="s">
-        <v>1812</v>
+        <v>695</v>
       </c>
       <c r="C526" t="s">
-        <v>1812</v>
+        <v>695</v>
       </c>
       <c r="D526" t="s">
-        <v>1813</v>
+        <v>1818</v>
       </c>
       <c r="E526" t="s">
-        <v>1814</v>
+        <v>1819</v>
       </c>
       <c r="F526" t="s">
         <v>15</v>
       </c>
       <c r="G526" t="s">
         <v>16</v>
       </c>
       <c r="H526" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="I526" t="s">
-        <v>1675</v>
+        <v>18</v>
       </c>
       <c r="J526" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K526" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" t="s">
         <v>11</v>
       </c>
       <c r="B527" t="s">
-        <v>1815</v>
+        <v>1820</v>
       </c>
       <c r="C527" t="s">
-        <v>1815</v>
+        <v>1820</v>
       </c>
       <c r="D527" t="s">
-        <v>1816</v>
+        <v>1821</v>
       </c>
       <c r="E527" t="s">
-        <v>1817</v>
+        <v>1822</v>
       </c>
       <c r="F527" t="s">
         <v>15</v>
       </c>
       <c r="G527" t="s">
         <v>16</v>
       </c>
       <c r="H527" t="s">
-        <v>132</v>
+        <v>97</v>
       </c>
       <c r="I527" t="s">
-        <v>69</v>
+        <v>1684</v>
       </c>
       <c r="J527" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K527" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" t="s">
         <v>11</v>
       </c>
       <c r="B528" t="s">
-        <v>1818</v>
+        <v>1823</v>
       </c>
       <c r="C528" t="s">
-        <v>1819</v>
+        <v>1823</v>
       </c>
       <c r="D528" t="s">
-        <v>1820</v>
+        <v>1824</v>
       </c>
       <c r="E528" t="s">
-        <v>1821</v>
+        <v>1825</v>
       </c>
       <c r="F528" t="s">
         <v>15</v>
       </c>
       <c r="G528" t="s">
         <v>16</v>
       </c>
       <c r="H528" t="s">
-        <v>113</v>
+        <v>86</v>
       </c>
       <c r="I528" t="s">
-        <v>1822</v>
+        <v>18</v>
       </c>
       <c r="J528" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K528" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" t="s">
         <v>11</v>
       </c>
       <c r="B529" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
       <c r="C529" t="s">
-        <v>1823</v>
+        <v>1827</v>
       </c>
       <c r="D529" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="E529" t="s">
-        <v>1825</v>
+        <v>1829</v>
       </c>
       <c r="F529" t="s">
         <v>15</v>
       </c>
       <c r="G529" t="s">
         <v>16</v>
       </c>
       <c r="H529" t="s">
-        <v>113</v>
+        <v>247</v>
       </c>
       <c r="I529" t="s">
-        <v>503</v>
+        <v>1830</v>
       </c>
       <c r="J529" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K529" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" t="s">
         <v>11</v>
       </c>
       <c r="B530" t="s">
-        <v>1224</v>
+        <v>1831</v>
       </c>
       <c r="C530" t="s">
-        <v>1826</v>
+        <v>1831</v>
       </c>
       <c r="D530" t="s">
-        <v>1827</v>
+        <v>1832</v>
       </c>
       <c r="E530" t="s">
-        <v>1828</v>
+        <v>1833</v>
       </c>
       <c r="F530" t="s">
         <v>15</v>
       </c>
       <c r="G530" t="s">
         <v>16</v>
       </c>
       <c r="H530" t="s">
-        <v>1183</v>
+        <v>247</v>
       </c>
       <c r="I530" t="s">
-        <v>1228</v>
+        <v>514</v>
       </c>
       <c r="J530" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K530" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" t="s">
         <v>11</v>
       </c>
       <c r="B531" t="s">
-        <v>852</v>
+        <v>50</v>
       </c>
       <c r="C531" t="s">
-        <v>1829</v>
+        <v>1834</v>
       </c>
       <c r="D531" t="s">
-        <v>1830</v>
+        <v>1835</v>
       </c>
       <c r="E531" t="s">
-        <v>1831</v>
+        <v>1836</v>
       </c>
       <c r="F531" t="s">
         <v>15</v>
       </c>
       <c r="G531" t="s">
         <v>16</v>
       </c>
       <c r="H531" t="s">
-        <v>251</v>
+        <v>54</v>
       </c>
       <c r="I531" t="s">
-        <v>856</v>
+        <v>55</v>
       </c>
       <c r="J531" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K531" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" t="s">
         <v>11</v>
       </c>
       <c r="B532" t="s">
-        <v>162</v>
+        <v>733</v>
       </c>
       <c r="C532" t="s">
-        <v>1832</v>
+        <v>1837</v>
       </c>
       <c r="D532" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
       <c r="E532" t="s">
-        <v>1834</v>
+        <v>1839</v>
       </c>
       <c r="F532" t="s">
         <v>15</v>
       </c>
       <c r="G532" t="s">
         <v>16</v>
       </c>
       <c r="H532" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="I532" t="s">
-        <v>166</v>
+        <v>737</v>
       </c>
       <c r="J532" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K532" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" t="s">
         <v>11</v>
       </c>
       <c r="B533" t="s">
-        <v>843</v>
+        <v>71</v>
       </c>
       <c r="C533" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
       <c r="D533" t="s">
-        <v>1836</v>
+        <v>1841</v>
       </c>
       <c r="E533" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
       <c r="F533" t="s">
         <v>15</v>
       </c>
       <c r="G533" t="s">
         <v>16</v>
       </c>
       <c r="H533" t="s">
-        <v>847</v>
+        <v>16</v>
       </c>
       <c r="I533" t="s">
-        <v>848</v>
+        <v>75</v>
       </c>
       <c r="J533" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K533" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" t="s">
         <v>11</v>
       </c>
       <c r="B534" t="s">
-        <v>1838</v>
+        <v>1843</v>
       </c>
       <c r="C534" t="s">
-        <v>1838</v>
+        <v>1843</v>
       </c>
       <c r="D534" t="s">
-        <v>1839</v>
+        <v>1844</v>
       </c>
       <c r="E534" t="s">
-        <v>1840</v>
+        <v>1845</v>
       </c>
       <c r="F534" t="s">
         <v>15</v>
       </c>
       <c r="G534" t="s">
         <v>16</v>
       </c>
       <c r="H534" t="s">
-        <v>251</v>
+        <v>16</v>
       </c>
       <c r="I534" t="s">
-        <v>69</v>
+        <v>936</v>
       </c>
       <c r="J534" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K534" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" t="s">
         <v>11</v>
       </c>
       <c r="B535" t="s">
-        <v>193</v>
+        <v>724</v>
       </c>
       <c r="C535" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
       <c r="D535" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
       <c r="E535" t="s">
-        <v>1843</v>
+        <v>1848</v>
       </c>
       <c r="F535" t="s">
         <v>15</v>
       </c>
       <c r="G535" t="s">
         <v>16</v>
       </c>
       <c r="H535" t="s">
-        <v>95</v>
+        <v>728</v>
       </c>
       <c r="I535" t="s">
-        <v>197</v>
+        <v>729</v>
       </c>
       <c r="J535" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K535" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" t="s">
         <v>11</v>
       </c>
       <c r="B536" t="s">
-        <v>1201</v>
+        <v>1849</v>
       </c>
       <c r="C536" t="s">
-        <v>1844</v>
+        <v>1849</v>
       </c>
       <c r="D536" t="s">
-        <v>1845</v>
+        <v>1850</v>
       </c>
       <c r="E536" t="s">
-        <v>1846</v>
+        <v>1851</v>
       </c>
       <c r="F536" t="s">
         <v>15</v>
       </c>
       <c r="G536" t="s">
         <v>16</v>
       </c>
       <c r="H536" t="s">
-        <v>915</v>
+        <v>126</v>
       </c>
       <c r="I536" t="s">
-        <v>1205</v>
+        <v>18</v>
       </c>
       <c r="J536" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K536" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" t="s">
         <v>11</v>
       </c>
       <c r="B537" t="s">
-        <v>1847</v>
+        <v>65</v>
       </c>
       <c r="C537" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
       <c r="D537" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="E537" t="s">
-        <v>1850</v>
+        <v>1854</v>
       </c>
       <c r="F537" t="s">
         <v>15</v>
       </c>
       <c r="G537" t="s">
         <v>16</v>
       </c>
       <c r="H537" t="s">
-        <v>631</v>
+        <v>69</v>
       </c>
       <c r="I537" t="s">
-        <v>1851</v>
+        <v>70</v>
       </c>
       <c r="J537" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K537" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" t="s">
         <v>11</v>
       </c>
       <c r="B538" t="s">
-        <v>162</v>
+        <v>1855</v>
       </c>
       <c r="C538" t="s">
-        <v>1852</v>
+        <v>1856</v>
       </c>
       <c r="D538" t="s">
-        <v>1853</v>
+        <v>1857</v>
       </c>
       <c r="E538" t="s">
-        <v>1854</v>
+        <v>1858</v>
       </c>
       <c r="F538" t="s">
         <v>15</v>
       </c>
       <c r="G538" t="s">
         <v>16</v>
       </c>
       <c r="H538" t="s">
-        <v>16</v>
+        <v>640</v>
       </c>
       <c r="I538" t="s">
-        <v>166</v>
+        <v>1859</v>
       </c>
       <c r="J538" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K538" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" t="s">
         <v>11</v>
       </c>
       <c r="B539" t="s">
-        <v>162</v>
+        <v>71</v>
       </c>
       <c r="C539" t="s">
-        <v>1855</v>
+        <v>1860</v>
       </c>
       <c r="D539" t="s">
-        <v>1856</v>
+        <v>1861</v>
       </c>
       <c r="E539" t="s">
-        <v>1857</v>
+        <v>1862</v>
       </c>
       <c r="F539" t="s">
         <v>15</v>
       </c>
       <c r="G539" t="s">
         <v>16</v>
       </c>
       <c r="H539" t="s">
         <v>16</v>
       </c>
       <c r="I539" t="s">
-        <v>166</v>
+        <v>75</v>
       </c>
       <c r="J539" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K539" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" t="s">
         <v>11</v>
       </c>
       <c r="B540" t="s">
-        <v>521</v>
+        <v>71</v>
       </c>
       <c r="C540" t="s">
-        <v>1858</v>
+        <v>1863</v>
       </c>
       <c r="D540" t="s">
-        <v>1859</v>
+        <v>1864</v>
       </c>
       <c r="E540" t="s">
-        <v>1860</v>
+        <v>1865</v>
       </c>
       <c r="F540" t="s">
         <v>15</v>
       </c>
       <c r="G540" t="s">
         <v>16</v>
       </c>
       <c r="H540" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="I540" t="s">
-        <v>525</v>
+        <v>75</v>
       </c>
       <c r="J540" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K540" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" t="s">
         <v>11</v>
       </c>
       <c r="B541" t="s">
-        <v>1861</v>
+        <v>534</v>
       </c>
       <c r="C541" t="s">
-        <v>1861</v>
+        <v>1866</v>
       </c>
       <c r="D541" t="s">
-        <v>1862</v>
+        <v>1867</v>
       </c>
       <c r="E541" t="s">
-        <v>1863</v>
+        <v>1868</v>
       </c>
       <c r="F541" t="s">
         <v>15</v>
       </c>
       <c r="G541" t="s">
         <v>16</v>
       </c>
       <c r="H541" t="s">
-        <v>73</v>
+        <v>401</v>
       </c>
       <c r="I541" t="s">
-        <v>364</v>
+        <v>538</v>
       </c>
       <c r="J541" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K541" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" t="s">
         <v>11</v>
       </c>
       <c r="B542" t="s">
-        <v>1864</v>
+        <v>1869</v>
       </c>
       <c r="C542" t="s">
-        <v>1864</v>
+        <v>1869</v>
       </c>
       <c r="D542" t="s">
-        <v>1865</v>
+        <v>1870</v>
       </c>
       <c r="E542" t="s">
-        <v>1866</v>
+        <v>1871</v>
       </c>
       <c r="F542" t="s">
         <v>15</v>
       </c>
       <c r="G542" t="s">
         <v>16</v>
       </c>
       <c r="H542" t="s">
         <v>17</v>
       </c>
       <c r="I542" t="s">
-        <v>1123</v>
+        <v>373</v>
       </c>
       <c r="J542" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K542" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" t="s">
         <v>11</v>
       </c>
       <c r="B543" t="s">
-        <v>206</v>
+        <v>1872</v>
       </c>
       <c r="C543" t="s">
-        <v>1867</v>
+        <v>1872</v>
       </c>
       <c r="D543" t="s">
-        <v>1868</v>
+        <v>1873</v>
       </c>
       <c r="E543" t="s">
-        <v>1869</v>
+        <v>1874</v>
       </c>
       <c r="F543" t="s">
         <v>15</v>
       </c>
       <c r="G543" t="s">
         <v>16</v>
       </c>
       <c r="H543" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="I543" t="s">
-        <v>210</v>
+        <v>1139</v>
       </c>
       <c r="J543" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K543" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" t="s">
         <v>11</v>
       </c>
       <c r="B544" t="s">
-        <v>1870</v>
+        <v>145</v>
       </c>
       <c r="C544" t="s">
-        <v>1870</v>
+        <v>1875</v>
       </c>
       <c r="D544" t="s">
-        <v>1871</v>
+        <v>1876</v>
       </c>
       <c r="E544" t="s">
-        <v>1872</v>
+        <v>1877</v>
       </c>
       <c r="F544" t="s">
         <v>15</v>
       </c>
       <c r="G544" t="s">
         <v>16</v>
       </c>
       <c r="H544" t="s">
-        <v>132</v>
+        <v>34</v>
       </c>
       <c r="I544" t="s">
-        <v>69</v>
+        <v>149</v>
       </c>
       <c r="J544" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K544" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" t="s">
         <v>11</v>
       </c>
       <c r="B545" t="s">
-        <v>1873</v>
+        <v>1878</v>
       </c>
       <c r="C545" t="s">
-        <v>1873</v>
+        <v>1878</v>
       </c>
       <c r="D545" t="s">
-        <v>1874</v>
+        <v>1879</v>
       </c>
       <c r="E545" t="s">
-        <v>1875</v>
+        <v>1880</v>
       </c>
       <c r="F545" t="s">
         <v>15</v>
       </c>
       <c r="G545" t="s">
         <v>16</v>
       </c>
       <c r="H545" t="s">
-        <v>847</v>
+        <v>86</v>
       </c>
       <c r="I545" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J545" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K545" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" t="s">
         <v>11</v>
       </c>
       <c r="B546" t="s">
-        <v>1876</v>
+        <v>1881</v>
       </c>
       <c r="C546" t="s">
-        <v>1876</v>
+        <v>1881</v>
       </c>
       <c r="D546" t="s">
-        <v>1877</v>
+        <v>1882</v>
       </c>
       <c r="E546" t="s">
-        <v>1878</v>
+        <v>1883</v>
       </c>
       <c r="F546" t="s">
         <v>15</v>
       </c>
       <c r="G546" t="s">
         <v>16</v>
       </c>
       <c r="H546" t="s">
-        <v>160</v>
+        <v>728</v>
       </c>
       <c r="I546" t="s">
-        <v>1879</v>
+        <v>18</v>
       </c>
       <c r="J546" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K546" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" t="s">
         <v>11</v>
       </c>
       <c r="B547" t="s">
-        <v>476</v>
+        <v>1884</v>
       </c>
       <c r="C547" t="s">
-        <v>1880</v>
+        <v>1884</v>
       </c>
       <c r="D547" t="s">
-        <v>1881</v>
+        <v>1885</v>
       </c>
       <c r="E547" t="s">
-        <v>1882</v>
+        <v>1886</v>
       </c>
       <c r="F547" t="s">
         <v>15</v>
       </c>
       <c r="G547" t="s">
         <v>16</v>
       </c>
       <c r="H547" t="s">
-        <v>160</v>
+        <v>49</v>
       </c>
       <c r="I547" t="s">
-        <v>171</v>
+        <v>1887</v>
       </c>
       <c r="J547" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K547" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" t="s">
         <v>11</v>
       </c>
       <c r="B548" t="s">
-        <v>162</v>
+        <v>45</v>
       </c>
       <c r="C548" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="D548" t="s">
-        <v>1884</v>
+        <v>1889</v>
       </c>
       <c r="E548" t="s">
-        <v>1885</v>
+        <v>1890</v>
       </c>
       <c r="F548" t="s">
         <v>15</v>
       </c>
       <c r="G548" t="s">
         <v>16</v>
       </c>
       <c r="H548" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="I548" t="s">
-        <v>166</v>
+        <v>44</v>
       </c>
       <c r="J548" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K548" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" t="s">
         <v>11</v>
       </c>
       <c r="B549" t="s">
-        <v>1886</v>
+        <v>71</v>
       </c>
       <c r="C549" t="s">
-        <v>1886</v>
+        <v>1891</v>
       </c>
       <c r="D549" t="s">
-        <v>1887</v>
+        <v>1892</v>
       </c>
       <c r="E549" t="s">
-        <v>1888</v>
+        <v>1893</v>
       </c>
       <c r="F549" t="s">
         <v>15</v>
       </c>
       <c r="G549" t="s">
         <v>16</v>
       </c>
       <c r="H549" t="s">
-        <v>132</v>
+        <v>16</v>
       </c>
       <c r="I549" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="J549" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K549" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" t="s">
         <v>11</v>
       </c>
       <c r="B550" t="s">
-        <v>1889</v>
+        <v>1894</v>
       </c>
       <c r="C550" t="s">
-        <v>1889</v>
+        <v>1894</v>
       </c>
       <c r="D550" t="s">
-        <v>1890</v>
+        <v>1895</v>
       </c>
       <c r="E550" t="s">
-        <v>1891</v>
+        <v>1896</v>
       </c>
       <c r="F550" t="s">
         <v>15</v>
       </c>
       <c r="G550" t="s">
         <v>16</v>
       </c>
       <c r="H550" t="s">
-        <v>345</v>
+        <v>86</v>
       </c>
       <c r="I550" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J550" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K550" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" t="s">
         <v>11</v>
       </c>
       <c r="B551" t="s">
-        <v>1201</v>
+        <v>1897</v>
       </c>
       <c r="C551" t="s">
-        <v>1892</v>
+        <v>1897</v>
       </c>
       <c r="D551" t="s">
-        <v>1893</v>
+        <v>1898</v>
       </c>
       <c r="E551" t="s">
-        <v>1894</v>
+        <v>1899</v>
       </c>
       <c r="F551" t="s">
         <v>15</v>
       </c>
       <c r="G551" t="s">
         <v>16</v>
       </c>
       <c r="H551" t="s">
-        <v>915</v>
+        <v>64</v>
       </c>
       <c r="I551" t="s">
-        <v>1205</v>
+        <v>18</v>
       </c>
       <c r="J551" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K551" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" t="s">
         <v>11</v>
       </c>
       <c r="B552" t="s">
-        <v>1895</v>
+        <v>65</v>
       </c>
       <c r="C552" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="D552" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="E552" t="s">
-        <v>1898</v>
+        <v>1902</v>
       </c>
       <c r="F552" t="s">
         <v>15</v>
       </c>
       <c r="G552" t="s">
         <v>16</v>
       </c>
       <c r="H552" t="s">
-        <v>16</v>
+        <v>69</v>
       </c>
       <c r="I552" t="s">
-        <v>1899</v>
+        <v>70</v>
       </c>
       <c r="J552" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K552" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" t="s">
         <v>11</v>
       </c>
       <c r="B553" t="s">
-        <v>162</v>
+        <v>1903</v>
       </c>
       <c r="C553" t="s">
-        <v>1900</v>
+        <v>1904</v>
       </c>
       <c r="D553" t="s">
-        <v>1901</v>
+        <v>1905</v>
       </c>
       <c r="E553" t="s">
-        <v>1902</v>
+        <v>1906</v>
       </c>
       <c r="F553" t="s">
         <v>15</v>
       </c>
       <c r="G553" t="s">
         <v>16</v>
       </c>
       <c r="H553" t="s">
         <v>16</v>
       </c>
       <c r="I553" t="s">
-        <v>166</v>
+        <v>1907</v>
       </c>
       <c r="J553" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K553" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" t="s">
         <v>11</v>
       </c>
       <c r="B554" t="s">
-        <v>162</v>
+        <v>71</v>
       </c>
       <c r="C554" t="s">
-        <v>1903</v>
+        <v>1908</v>
       </c>
       <c r="D554" t="s">
-        <v>1904</v>
+        <v>1909</v>
       </c>
       <c r="E554" t="s">
-        <v>1905</v>
+        <v>1910</v>
       </c>
       <c r="F554" t="s">
         <v>15</v>
       </c>
       <c r="G554" t="s">
         <v>16</v>
       </c>
       <c r="H554" t="s">
         <v>16</v>
       </c>
       <c r="I554" t="s">
-        <v>166</v>
+        <v>75</v>
       </c>
       <c r="J554" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K554" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" t="s">
         <v>11</v>
       </c>
       <c r="B555" t="s">
-        <v>1906</v>
+        <v>71</v>
       </c>
       <c r="C555" t="s">
-        <v>1906</v>
+        <v>1911</v>
       </c>
       <c r="D555" t="s">
-        <v>1907</v>
+        <v>1912</v>
       </c>
       <c r="E555" t="s">
-        <v>1908</v>
+        <v>1913</v>
       </c>
       <c r="F555" t="s">
         <v>15</v>
       </c>
       <c r="G555" t="s">
         <v>16</v>
       </c>
       <c r="H555" t="s">
         <v>16</v>
       </c>
       <c r="I555" t="s">
-        <v>1909</v>
+        <v>75</v>
       </c>
       <c r="J555" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K555" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" t="s">
         <v>11</v>
       </c>
       <c r="B556" t="s">
-        <v>1910</v>
+        <v>1914</v>
       </c>
       <c r="C556" t="s">
-        <v>1910</v>
+        <v>1914</v>
       </c>
       <c r="D556" t="s">
-        <v>1911</v>
+        <v>1915</v>
       </c>
       <c r="E556" t="s">
-        <v>1912</v>
+        <v>1916</v>
       </c>
       <c r="F556" t="s">
         <v>15</v>
       </c>
       <c r="G556" t="s">
         <v>16</v>
       </c>
       <c r="H556" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I556" t="s">
-        <v>364</v>
+        <v>1917</v>
       </c>
       <c r="J556" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K556" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" t="s">
         <v>11</v>
       </c>
       <c r="B557" t="s">
-        <v>1913</v>
+        <v>1918</v>
       </c>
       <c r="C557" t="s">
-        <v>1913</v>
+        <v>1918</v>
       </c>
       <c r="D557" t="s">
-        <v>1914</v>
+        <v>1919</v>
       </c>
       <c r="E557" t="s">
-        <v>1915</v>
+        <v>1920</v>
       </c>
       <c r="F557" t="s">
         <v>15</v>
       </c>
       <c r="G557" t="s">
         <v>16</v>
       </c>
       <c r="H557" t="s">
-        <v>570</v>
+        <v>34</v>
       </c>
       <c r="I557" t="s">
-        <v>503</v>
+        <v>373</v>
       </c>
       <c r="J557" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K557" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" t="s">
         <v>11</v>
       </c>
       <c r="B558" t="s">
-        <v>1916</v>
+        <v>1921</v>
       </c>
       <c r="C558" t="s">
-        <v>1916</v>
+        <v>1921</v>
       </c>
       <c r="D558" t="s">
-        <v>1917</v>
+        <v>1922</v>
       </c>
       <c r="E558" t="s">
-        <v>1918</v>
+        <v>1923</v>
       </c>
       <c r="F558" t="s">
         <v>15</v>
       </c>
       <c r="G558" t="s">
         <v>16</v>
       </c>
       <c r="H558" t="s">
-        <v>570</v>
+        <v>159</v>
       </c>
       <c r="I558" t="s">
-        <v>1244</v>
+        <v>514</v>
       </c>
       <c r="J558" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K558" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" t="s">
         <v>11</v>
       </c>
       <c r="B559" t="s">
-        <v>1818</v>
+        <v>1924</v>
       </c>
       <c r="C559" t="s">
-        <v>1919</v>
+        <v>1924</v>
       </c>
       <c r="D559" t="s">
-        <v>1920</v>
+        <v>1925</v>
       </c>
       <c r="E559" t="s">
-        <v>1921</v>
+        <v>1926</v>
       </c>
       <c r="F559" t="s">
         <v>15</v>
       </c>
       <c r="G559" t="s">
         <v>16</v>
       </c>
       <c r="H559" t="s">
-        <v>113</v>
+        <v>159</v>
       </c>
       <c r="I559" t="s">
-        <v>1822</v>
+        <v>1258</v>
       </c>
       <c r="J559" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K559" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" t="s">
         <v>11</v>
       </c>
       <c r="B560" t="s">
-        <v>1922</v>
+        <v>1826</v>
       </c>
       <c r="C560" t="s">
-        <v>1922</v>
+        <v>1927</v>
       </c>
       <c r="D560" t="s">
-        <v>1923</v>
+        <v>1928</v>
       </c>
       <c r="E560" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
       <c r="F560" t="s">
         <v>15</v>
       </c>
       <c r="G560" t="s">
         <v>16</v>
       </c>
       <c r="H560" t="s">
-        <v>30</v>
+        <v>247</v>
       </c>
       <c r="I560" t="s">
-        <v>69</v>
+        <v>1830</v>
       </c>
       <c r="J560" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K560" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" t="s">
         <v>11</v>
       </c>
       <c r="B561" t="s">
-        <v>1925</v>
+        <v>1930</v>
       </c>
       <c r="C561" t="s">
-        <v>1925</v>
+        <v>1930</v>
       </c>
       <c r="D561" t="s">
-        <v>1926</v>
+        <v>1931</v>
       </c>
       <c r="E561" t="s">
-        <v>1927</v>
+        <v>1932</v>
       </c>
       <c r="F561" t="s">
         <v>15</v>
       </c>
       <c r="G561" t="s">
         <v>16</v>
       </c>
       <c r="H561" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="I561" t="s">
-        <v>1928</v>
+        <v>18</v>
       </c>
       <c r="J561" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K561" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" t="s">
         <v>11</v>
       </c>
       <c r="B562" t="s">
-        <v>1929</v>
+        <v>1933</v>
       </c>
       <c r="C562" t="s">
-        <v>1929</v>
+        <v>1933</v>
       </c>
       <c r="D562" t="s">
-        <v>1930</v>
+        <v>1934</v>
       </c>
       <c r="E562" t="s">
-        <v>1931</v>
+        <v>1935</v>
       </c>
       <c r="F562" t="s">
         <v>15</v>
       </c>
       <c r="G562" t="s">
         <v>16</v>
       </c>
       <c r="H562" t="s">
-        <v>95</v>
+        <v>380</v>
       </c>
       <c r="I562" t="s">
-        <v>1932</v>
+        <v>1936</v>
       </c>
       <c r="J562" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K562" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" t="s">
         <v>11</v>
       </c>
       <c r="B563" t="s">
-        <v>1933</v>
+        <v>1937</v>
       </c>
       <c r="C563" t="s">
-        <v>1933</v>
+        <v>1937</v>
       </c>
       <c r="D563" t="s">
-        <v>1934</v>
+        <v>1938</v>
       </c>
       <c r="E563" t="s">
-        <v>1935</v>
+        <v>1939</v>
       </c>
       <c r="F563" t="s">
         <v>15</v>
       </c>
       <c r="G563" t="s">
         <v>16</v>
       </c>
       <c r="H563" t="s">
-        <v>132</v>
+        <v>107</v>
       </c>
       <c r="I563" t="s">
-        <v>69</v>
+        <v>191</v>
       </c>
       <c r="J563" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K563" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" t="s">
         <v>11</v>
       </c>
       <c r="B564" t="s">
-        <v>1936</v>
+        <v>1940</v>
       </c>
       <c r="C564" t="s">
-        <v>1936</v>
+        <v>1940</v>
       </c>
       <c r="D564" t="s">
-        <v>1937</v>
+        <v>1941</v>
       </c>
       <c r="E564" t="s">
-        <v>1938</v>
+        <v>1942</v>
       </c>
       <c r="F564" t="s">
         <v>15</v>
       </c>
       <c r="G564" t="s">
         <v>16</v>
       </c>
       <c r="H564" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I564" t="s">
-        <v>1675</v>
+        <v>18</v>
       </c>
       <c r="J564" t="s">
         <v>19</v>
       </c>
       <c r="K564" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" t="s">
         <v>11</v>
       </c>
       <c r="B565" t="s">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="C565" t="s">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="D565" t="s">
-        <v>1940</v>
+        <v>1944</v>
       </c>
       <c r="E565" t="s">
-        <v>1941</v>
+        <v>1945</v>
       </c>
       <c r="F565" t="s">
         <v>15</v>
       </c>
       <c r="G565" t="s">
         <v>16</v>
       </c>
       <c r="H565" t="s">
-        <v>16</v>
+        <v>86</v>
       </c>
       <c r="I565" t="s">
-        <v>1003</v>
+        <v>1684</v>
       </c>
       <c r="J565" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K565" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" t="s">
         <v>11</v>
       </c>
       <c r="B566" t="s">
-        <v>1942</v>
+        <v>1946</v>
       </c>
       <c r="C566" t="s">
-        <v>1942</v>
+        <v>1946</v>
       </c>
       <c r="D566" t="s">
-        <v>1943</v>
+        <v>1947</v>
       </c>
       <c r="E566" t="s">
-        <v>1944</v>
+        <v>1948</v>
       </c>
       <c r="F566" t="s">
         <v>15</v>
       </c>
       <c r="G566" t="s">
         <v>16</v>
       </c>
       <c r="H566" t="s">
-        <v>132</v>
+        <v>16</v>
       </c>
       <c r="I566" t="s">
-        <v>1945</v>
+        <v>160</v>
       </c>
       <c r="J566" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K566" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" t="s">
         <v>11</v>
       </c>
       <c r="B567" t="s">
-        <v>1946</v>
+        <v>1949</v>
       </c>
       <c r="C567" t="s">
-        <v>1946</v>
+        <v>1949</v>
       </c>
       <c r="D567" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
       <c r="E567" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
       <c r="F567" t="s">
         <v>15</v>
       </c>
       <c r="G567" t="s">
         <v>16</v>
       </c>
       <c r="H567" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I567" t="s">
-        <v>69</v>
+        <v>1952</v>
       </c>
       <c r="J567" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K567" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" t="s">
         <v>11</v>
       </c>
       <c r="B568" t="s">
-        <v>1949</v>
+        <v>1953</v>
       </c>
       <c r="C568" t="s">
-        <v>1949</v>
+        <v>1953</v>
       </c>
       <c r="D568" t="s">
-        <v>1950</v>
+        <v>1954</v>
       </c>
       <c r="E568" t="s">
-        <v>1951</v>
+        <v>1955</v>
       </c>
       <c r="F568" t="s">
         <v>15</v>
       </c>
       <c r="G568" t="s">
         <v>16</v>
       </c>
       <c r="H568" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I568" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J568" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K568" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" t="s">
         <v>11</v>
       </c>
       <c r="B569" t="s">
-        <v>1952</v>
+        <v>1956</v>
       </c>
       <c r="C569" t="s">
-        <v>1952</v>
+        <v>1956</v>
       </c>
       <c r="D569" t="s">
-        <v>1953</v>
+        <v>1957</v>
       </c>
       <c r="E569" t="s">
-        <v>1954</v>
+        <v>1958</v>
       </c>
       <c r="F569" t="s">
-        <v>607</v>
+        <v>15</v>
       </c>
       <c r="G569" t="s">
-        <v>608</v>
+        <v>16</v>
       </c>
       <c r="H569" t="s">
-        <v>987</v>
+        <v>86</v>
       </c>
       <c r="I569" t="s">
-        <v>1955</v>
+        <v>18</v>
       </c>
       <c r="J569" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K569" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" t="s">
         <v>11</v>
       </c>
       <c r="B570" t="s">
-        <v>1956</v>
+        <v>1959</v>
       </c>
       <c r="C570" t="s">
-        <v>1956</v>
+        <v>1959</v>
       </c>
       <c r="D570" t="s">
-        <v>1957</v>
+        <v>1960</v>
       </c>
       <c r="E570" t="s">
-        <v>1958</v>
+        <v>1961</v>
       </c>
       <c r="F570" t="s">
-        <v>607</v>
+        <v>171</v>
       </c>
       <c r="G570" t="s">
-        <v>608</v>
+        <v>172</v>
       </c>
       <c r="H570" t="s">
-        <v>1328</v>
+        <v>1006</v>
       </c>
       <c r="I570" t="s">
-        <v>1959</v>
+        <v>1962</v>
       </c>
       <c r="J570" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K570" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" t="s">
         <v>11</v>
       </c>
       <c r="B571" t="s">
-        <v>1960</v>
+        <v>1963</v>
       </c>
       <c r="C571" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="D571" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="E571" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="F571" t="s">
-        <v>607</v>
+        <v>171</v>
       </c>
       <c r="G571" t="s">
-        <v>608</v>
+        <v>172</v>
       </c>
       <c r="H571" t="s">
-        <v>996</v>
+        <v>1339</v>
       </c>
       <c r="I571" t="s">
-        <v>1803</v>
+        <v>1966</v>
       </c>
       <c r="J571" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K571" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" t="s">
         <v>11</v>
       </c>
       <c r="B572" t="s">
-        <v>1964</v>
+        <v>167</v>
       </c>
       <c r="C572" t="s">
-        <v>1964</v>
+        <v>1967</v>
       </c>
       <c r="D572" t="s">
-        <v>1965</v>
+        <v>1968</v>
       </c>
       <c r="E572" t="s">
-        <v>1966</v>
+        <v>1969</v>
       </c>
       <c r="F572" t="s">
-        <v>607</v>
+        <v>171</v>
       </c>
       <c r="G572" t="s">
-        <v>608</v>
+        <v>172</v>
       </c>
       <c r="H572" t="s">
-        <v>996</v>
+        <v>173</v>
       </c>
       <c r="I572" t="s">
-        <v>69</v>
+        <v>174</v>
       </c>
       <c r="J572" t="s">
         <v>19</v>
       </c>
       <c r="K572" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" t="s">
         <v>11</v>
       </c>
       <c r="B573" t="s">
-        <v>1967</v>
+        <v>1970</v>
       </c>
       <c r="C573" t="s">
-        <v>1967</v>
+        <v>1970</v>
       </c>
       <c r="D573" t="s">
-        <v>1968</v>
+        <v>1971</v>
       </c>
       <c r="E573" t="s">
-        <v>1969</v>
+        <v>1972</v>
       </c>
       <c r="F573" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="G573" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
       <c r="H573" t="s">
-        <v>631</v>
+        <v>173</v>
       </c>
       <c r="I573" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J573" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K573" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" t="s">
         <v>11</v>
       </c>
       <c r="B574" t="s">
-        <v>1970</v>
+        <v>1973</v>
       </c>
       <c r="C574" t="s">
-        <v>1970</v>
+        <v>1973</v>
       </c>
       <c r="D574" t="s">
-        <v>1971</v>
+        <v>1974</v>
       </c>
       <c r="E574" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="F574" t="s">
         <v>15</v>
       </c>
       <c r="G574" t="s">
         <v>16</v>
       </c>
       <c r="H574" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="I574" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J574" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K574" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" t="s">
         <v>11</v>
       </c>
       <c r="B575" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="C575" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="D575" t="s">
-        <v>1974</v>
+        <v>1977</v>
       </c>
       <c r="E575" t="s">
-        <v>1975</v>
+        <v>1978</v>
       </c>
       <c r="F575" t="s">
         <v>15</v>
       </c>
       <c r="G575" t="s">
         <v>16</v>
       </c>
       <c r="H575" t="s">
-        <v>1183</v>
+        <v>640</v>
       </c>
       <c r="I575" t="s">
-        <v>1390</v>
+        <v>184</v>
       </c>
       <c r="J575" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K575" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" t="s">
         <v>11</v>
       </c>
       <c r="B576" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="C576" t="s">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="D576" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="E576" t="s">
-        <v>1978</v>
+        <v>1981</v>
       </c>
       <c r="F576" t="s">
         <v>15</v>
       </c>
       <c r="G576" t="s">
         <v>16</v>
       </c>
       <c r="H576" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="I576" t="s">
-        <v>69</v>
+        <v>1404</v>
       </c>
       <c r="J576" t="s">
         <v>19</v>
       </c>
       <c r="K576" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" t="s">
         <v>11</v>
       </c>
       <c r="B577" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="C577" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="D577" t="s">
-        <v>1980</v>
+        <v>1983</v>
       </c>
       <c r="E577" t="s">
-        <v>1981</v>
+        <v>1984</v>
       </c>
       <c r="F577" t="s">
         <v>15</v>
       </c>
       <c r="G577" t="s">
         <v>16</v>
       </c>
       <c r="H577" t="s">
         <v>16</v>
       </c>
       <c r="I577" t="s">
-        <v>1390</v>
+        <v>18</v>
       </c>
       <c r="J577" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K577" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" t="s">
         <v>11</v>
       </c>
       <c r="B578" t="s">
-        <v>1982</v>
+        <v>1985</v>
       </c>
       <c r="C578" t="s">
-        <v>1982</v>
+        <v>1985</v>
       </c>
       <c r="D578" t="s">
-        <v>1983</v>
+        <v>1986</v>
       </c>
       <c r="E578" t="s">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="F578" t="s">
         <v>15</v>
       </c>
       <c r="G578" t="s">
         <v>16</v>
       </c>
       <c r="H578" t="s">
         <v>16</v>
       </c>
       <c r="I578" t="s">
-        <v>46</v>
+        <v>1404</v>
       </c>
       <c r="J578" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K578" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" t="s">
         <v>11</v>
       </c>
       <c r="B579" t="s">
-        <v>279</v>
+        <v>1988</v>
       </c>
       <c r="C579" t="s">
-        <v>279</v>
+        <v>1988</v>
       </c>
       <c r="D579" t="s">
-        <v>1985</v>
+        <v>1989</v>
       </c>
       <c r="E579" t="s">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="F579" t="s">
         <v>15</v>
       </c>
       <c r="G579" t="s">
         <v>16</v>
       </c>
       <c r="H579" t="s">
         <v>16</v>
       </c>
       <c r="I579" t="s">
-        <v>18</v>
+        <v>184</v>
       </c>
       <c r="J579" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K579" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" t="s">
         <v>11</v>
       </c>
       <c r="B580" t="s">
-        <v>1987</v>
+        <v>293</v>
       </c>
       <c r="C580" t="s">
-        <v>1987</v>
+        <v>293</v>
       </c>
       <c r="D580" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="E580" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="F580" t="s">
         <v>15</v>
       </c>
       <c r="G580" t="s">
         <v>16</v>
       </c>
       <c r="H580" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="I580" t="s">
-        <v>1990</v>
+        <v>108</v>
       </c>
       <c r="J580" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K580" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" t="s">
         <v>11</v>
       </c>
       <c r="B581" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="C581" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="D581" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E581" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="F581" t="s">
         <v>15</v>
       </c>
       <c r="G581" t="s">
         <v>16</v>
       </c>
       <c r="H581" t="s">
-        <v>191</v>
+        <v>221</v>
       </c>
       <c r="I581" t="s">
-        <v>69</v>
+        <v>1996</v>
       </c>
       <c r="J581" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K581" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" t="s">
         <v>11</v>
       </c>
       <c r="B582" t="s">
-        <v>521</v>
+        <v>1997</v>
       </c>
       <c r="C582" t="s">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="D582" t="s">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="E582" t="s">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="F582" t="s">
         <v>15</v>
       </c>
       <c r="G582" t="s">
         <v>16</v>
       </c>
       <c r="H582" t="s">
-        <v>56</v>
+        <v>80</v>
       </c>
       <c r="I582" t="s">
-        <v>525</v>
+        <v>18</v>
       </c>
       <c r="J582" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K582" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" t="s">
         <v>11</v>
       </c>
       <c r="B583" t="s">
-        <v>1997</v>
+        <v>534</v>
       </c>
       <c r="C583" t="s">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="D583" t="s">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="E583" t="s">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="F583" t="s">
         <v>15</v>
       </c>
       <c r="G583" t="s">
         <v>16</v>
       </c>
       <c r="H583" t="s">
-        <v>91</v>
+        <v>401</v>
       </c>
       <c r="I583" t="s">
-        <v>278</v>
+        <v>538</v>
       </c>
       <c r="J583" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K583" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" t="s">
         <v>11</v>
       </c>
       <c r="B584" t="s">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="C584" t="s">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="D584" t="s">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="E584" t="s">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="F584" t="s">
         <v>15</v>
       </c>
       <c r="G584" t="s">
         <v>16</v>
       </c>
       <c r="H584" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I584" t="s">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="J584" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K584" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" t="s">
         <v>11</v>
       </c>
       <c r="B585" t="s">
-        <v>663</v>
+        <v>2007</v>
       </c>
       <c r="C585" t="s">
-        <v>663</v>
+        <v>2007</v>
       </c>
       <c r="D585" t="s">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="E585" t="s">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="F585" t="s">
         <v>15</v>
       </c>
       <c r="G585" t="s">
         <v>16</v>
       </c>
       <c r="H585" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I585" t="s">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="J585" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K585" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" t="s">
         <v>11</v>
       </c>
       <c r="B586" t="s">
-        <v>2006</v>
+        <v>671</v>
       </c>
       <c r="C586" t="s">
-        <v>2006</v>
+        <v>671</v>
       </c>
       <c r="D586" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="E586" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="F586" t="s">
         <v>15</v>
       </c>
       <c r="G586" t="s">
         <v>16</v>
       </c>
       <c r="H586" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I586" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J586" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K586" t="s">
-        <v>77</v>
+        <v>278</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" t="s">
         <v>11</v>
       </c>
       <c r="B587" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="C587" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="D587" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="E587" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="F587" t="s">
         <v>15</v>
       </c>
       <c r="G587" t="s">
         <v>16</v>
       </c>
       <c r="H587" t="s">
-        <v>100</v>
+        <v>221</v>
       </c>
       <c r="I587" t="s">
-        <v>2012</v>
+        <v>18</v>
       </c>
       <c r="J587" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K587" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" t="s">
         <v>11</v>
       </c>
       <c r="B588" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C588" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="D588" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E588" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="F588" t="s">
         <v>15</v>
       </c>
       <c r="G588" t="s">
         <v>16</v>
       </c>
       <c r="H588" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I588" t="s">
-        <v>69</v>
+        <v>2018</v>
       </c>
       <c r="J588" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K588" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" t="s">
         <v>11</v>
       </c>
       <c r="B589" t="s">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C589" t="s">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="D589" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="E589" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="F589" t="s">
         <v>15</v>
       </c>
       <c r="G589" t="s">
         <v>16</v>
       </c>
       <c r="H589" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I589" t="s">
         <v>18</v>
       </c>
       <c r="J589" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K589" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" t="s">
         <v>11</v>
       </c>
       <c r="B590" t="s">
-        <v>1188</v>
+        <v>2022</v>
       </c>
       <c r="C590" t="s">
-        <v>1188</v>
+        <v>2022</v>
       </c>
       <c r="D590" t="s">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="E590" t="s">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="F590" t="s">
         <v>15</v>
       </c>
       <c r="G590" t="s">
         <v>16</v>
       </c>
       <c r="H590" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I590" t="s">
-        <v>69</v>
+        <v>108</v>
       </c>
       <c r="J590" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K590" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" t="s">
         <v>11</v>
       </c>
       <c r="B591" t="s">
-        <v>2021</v>
+        <v>1207</v>
       </c>
       <c r="C591" t="s">
-        <v>2021</v>
+        <v>1207</v>
       </c>
       <c r="D591" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="E591" t="s">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="F591" t="s">
         <v>15</v>
       </c>
       <c r="G591" t="s">
         <v>16</v>
       </c>
       <c r="H591" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="I591" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J591" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K591" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" t="s">
         <v>11</v>
       </c>
       <c r="B592" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="C592" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="D592" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="E592" t="s">
-        <v>2026</v>
+        <v>2029</v>
       </c>
       <c r="F592" t="s">
         <v>15</v>
       </c>
       <c r="G592" t="s">
         <v>16</v>
       </c>
       <c r="H592" t="s">
-        <v>113</v>
+        <v>247</v>
       </c>
       <c r="I592" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J592" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K592" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" t="s">
         <v>11</v>
       </c>
       <c r="B593" t="s">
-        <v>2027</v>
+        <v>2030</v>
       </c>
       <c r="C593" t="s">
-        <v>2027</v>
+        <v>2030</v>
       </c>
       <c r="D593" t="s">
-        <v>2028</v>
+        <v>2031</v>
       </c>
       <c r="E593" t="s">
-        <v>2029</v>
+        <v>2032</v>
       </c>
       <c r="F593" t="s">
         <v>15</v>
       </c>
       <c r="G593" t="s">
         <v>16</v>
       </c>
       <c r="H593" t="s">
-        <v>113</v>
+        <v>247</v>
       </c>
       <c r="I593" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J593" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K593" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" t="s">
         <v>11</v>
       </c>
       <c r="B594" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
       <c r="C594" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
       <c r="D594" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
       <c r="E594" t="s">
-        <v>2032</v>
+        <v>2035</v>
       </c>
       <c r="F594" t="s">
         <v>15</v>
       </c>
       <c r="G594" t="s">
         <v>16</v>
       </c>
       <c r="H594" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="I594" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J594" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K594" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" t="s">
         <v>11</v>
       </c>
       <c r="B595" t="s">
-        <v>2033</v>
+        <v>519</v>
       </c>
       <c r="C595" t="s">
-        <v>2033</v>
+        <v>2036</v>
       </c>
       <c r="D595" t="s">
-        <v>2034</v>
+        <v>2037</v>
       </c>
       <c r="E595" t="s">
-        <v>2035</v>
+        <v>2038</v>
       </c>
       <c r="F595" t="s">
         <v>15</v>
       </c>
       <c r="G595" t="s">
         <v>16</v>
       </c>
       <c r="H595" t="s">
-        <v>251</v>
+        <v>107</v>
       </c>
       <c r="I595" t="s">
-        <v>46</v>
+        <v>523</v>
       </c>
       <c r="J595" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K595" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" t="s">
         <v>11</v>
       </c>
       <c r="B596" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
       <c r="C596" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
       <c r="D596" t="s">
-        <v>2037</v>
+        <v>2040</v>
       </c>
       <c r="E596" t="s">
-        <v>2038</v>
+        <v>2041</v>
       </c>
       <c r="F596" t="s">
         <v>15</v>
       </c>
       <c r="G596" t="s">
         <v>16</v>
       </c>
       <c r="H596" t="s">
-        <v>251</v>
+        <v>126</v>
       </c>
       <c r="I596" t="s">
-        <v>69</v>
+        <v>184</v>
       </c>
       <c r="J596" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K596" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" t="s">
         <v>11</v>
       </c>
       <c r="B597" t="s">
-        <v>2039</v>
+        <v>2042</v>
       </c>
       <c r="C597" t="s">
-        <v>2039</v>
+        <v>2042</v>
       </c>
       <c r="D597" t="s">
-        <v>2040</v>
+        <v>2043</v>
       </c>
       <c r="E597" t="s">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="F597" t="s">
         <v>15</v>
       </c>
       <c r="G597" t="s">
         <v>16</v>
       </c>
       <c r="H597" t="s">
-        <v>251</v>
+        <v>126</v>
       </c>
       <c r="I597" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J597" t="s">
         <v>19</v>
       </c>
       <c r="K597" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" t="s">
         <v>11</v>
       </c>
       <c r="B598" t="s">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="C598" t="s">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="D598" t="s">
-        <v>2043</v>
+        <v>2046</v>
       </c>
       <c r="E598" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="F598" t="s">
         <v>15</v>
       </c>
       <c r="G598" t="s">
         <v>16</v>
       </c>
       <c r="H598" t="s">
-        <v>24</v>
+        <v>126</v>
       </c>
       <c r="I598" t="s">
-        <v>651</v>
+        <v>18</v>
       </c>
       <c r="J598" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K598" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" t="s">
         <v>11</v>
       </c>
       <c r="B599" t="s">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="C599" t="s">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="D599" t="s">
-        <v>2046</v>
+        <v>2049</v>
       </c>
       <c r="E599" t="s">
-        <v>2047</v>
+        <v>2050</v>
       </c>
       <c r="F599" t="s">
         <v>15</v>
       </c>
       <c r="G599" t="s">
         <v>16</v>
       </c>
       <c r="H599" t="s">
-        <v>30</v>
+        <v>380</v>
       </c>
       <c r="I599" t="s">
-        <v>69</v>
+        <v>260</v>
       </c>
       <c r="J599" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K599" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" t="s">
         <v>11</v>
       </c>
       <c r="B600" t="s">
-        <v>2048</v>
+        <v>2051</v>
       </c>
       <c r="C600" t="s">
-        <v>2048</v>
+        <v>2051</v>
       </c>
       <c r="D600" t="s">
-        <v>2049</v>
+        <v>2052</v>
       </c>
       <c r="E600" t="s">
-        <v>2050</v>
+        <v>2053</v>
       </c>
       <c r="F600" t="s">
         <v>15</v>
       </c>
       <c r="G600" t="s">
         <v>16</v>
       </c>
       <c r="H600" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="I600" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J600" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K600" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" t="s">
         <v>11</v>
       </c>
       <c r="B601" t="s">
-        <v>2051</v>
+        <v>2054</v>
       </c>
       <c r="C601" t="s">
-        <v>2051</v>
+        <v>2054</v>
       </c>
       <c r="D601" t="s">
-        <v>2052</v>
+        <v>2055</v>
       </c>
       <c r="E601" t="s">
-        <v>2053</v>
+        <v>2056</v>
       </c>
       <c r="F601" t="s">
         <v>15</v>
       </c>
       <c r="G601" t="s">
         <v>16</v>
       </c>
       <c r="H601" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="I601" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="J601" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K601" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" t="s">
         <v>11</v>
       </c>
       <c r="B602" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="C602" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="D602" t="s">
-        <v>2055</v>
+        <v>2058</v>
       </c>
       <c r="E602" t="s">
-        <v>2056</v>
+        <v>2059</v>
       </c>
       <c r="F602" t="s">
         <v>15</v>
       </c>
       <c r="G602" t="s">
         <v>16</v>
       </c>
       <c r="H602" t="s">
-        <v>30</v>
+        <v>97</v>
       </c>
       <c r="I602" t="s">
-        <v>732</v>
+        <v>977</v>
       </c>
       <c r="J602" t="s">
         <v>19</v>
       </c>
       <c r="K602" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" t="s">
         <v>11</v>
       </c>
       <c r="B603" t="s">
-        <v>2057</v>
+        <v>2060</v>
       </c>
       <c r="C603" t="s">
-        <v>2057</v>
+        <v>2060</v>
       </c>
       <c r="D603" t="s">
-        <v>2058</v>
+        <v>2061</v>
       </c>
       <c r="E603" t="s">
-        <v>2059</v>
+        <v>2062</v>
       </c>
       <c r="F603" t="s">
         <v>15</v>
       </c>
       <c r="G603" t="s">
         <v>16</v>
       </c>
       <c r="H603" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="I603" t="s">
-        <v>69</v>
+        <v>814</v>
       </c>
       <c r="J603" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K603" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" t="s">
         <v>11</v>
       </c>
       <c r="B604" t="s">
-        <v>2060</v>
+        <v>2063</v>
       </c>
       <c r="C604" t="s">
-        <v>2060</v>
+        <v>2063</v>
       </c>
       <c r="D604" t="s">
-        <v>2061</v>
+        <v>2064</v>
       </c>
       <c r="E604" t="s">
-        <v>2062</v>
+        <v>2065</v>
       </c>
       <c r="F604" t="s">
         <v>15</v>
       </c>
       <c r="G604" t="s">
         <v>16</v>
       </c>
       <c r="H604" t="s">
-        <v>56</v>
+        <v>212</v>
       </c>
       <c r="I604" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="J604" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K604" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" t="s">
         <v>11</v>
       </c>
       <c r="B605" t="s">
-        <v>88</v>
+        <v>2066</v>
       </c>
       <c r="C605" t="s">
-        <v>88</v>
+        <v>2066</v>
       </c>
       <c r="D605" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="E605" t="s">
-        <v>2064</v>
+        <v>2068</v>
       </c>
       <c r="F605" t="s">
         <v>15</v>
       </c>
       <c r="G605" t="s">
         <v>16</v>
       </c>
       <c r="H605" t="s">
-        <v>91</v>
+        <v>401</v>
       </c>
       <c r="I605" t="s">
-        <v>69</v>
+        <v>977</v>
       </c>
       <c r="J605" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K605" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" t="s">
         <v>11</v>
       </c>
       <c r="B606" t="s">
-        <v>2065</v>
+        <v>2069</v>
       </c>
       <c r="C606" t="s">
-        <v>2065</v>
+        <v>2069</v>
       </c>
       <c r="D606" t="s">
-        <v>2066</v>
+        <v>2070</v>
       </c>
       <c r="E606" t="s">
-        <v>2067</v>
+        <v>2071</v>
       </c>
       <c r="F606" t="s">
         <v>15</v>
       </c>
       <c r="G606" t="s">
         <v>16</v>
       </c>
       <c r="H606" t="s">
-        <v>24</v>
+        <v>221</v>
       </c>
       <c r="I606" t="s">
-        <v>503</v>
+        <v>18</v>
       </c>
       <c r="J606" t="s">
         <v>19</v>
       </c>
       <c r="K606" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" t="s">
         <v>11</v>
       </c>
       <c r="B607" t="s">
-        <v>2068</v>
+        <v>2072</v>
       </c>
       <c r="C607" t="s">
-        <v>2068</v>
+        <v>2072</v>
       </c>
       <c r="D607" t="s">
-        <v>2069</v>
+        <v>2073</v>
       </c>
       <c r="E607" t="s">
-        <v>2070</v>
+        <v>2074</v>
       </c>
       <c r="F607" t="s">
         <v>15</v>
       </c>
       <c r="G607" t="s">
         <v>16</v>
       </c>
       <c r="H607" t="s">
-        <v>570</v>
+        <v>380</v>
       </c>
       <c r="I607" t="s">
-        <v>2071</v>
+        <v>514</v>
       </c>
       <c r="J607" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K607" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" t="s">
         <v>11</v>
       </c>
       <c r="B608" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="C608" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="D608" t="s">
-        <v>2073</v>
+        <v>2076</v>
       </c>
       <c r="E608" t="s">
-        <v>2074</v>
+        <v>2077</v>
       </c>
       <c r="F608" t="s">
         <v>15</v>
       </c>
       <c r="G608" t="s">
         <v>16</v>
       </c>
       <c r="H608" t="s">
-        <v>91</v>
+        <v>159</v>
       </c>
       <c r="I608" t="s">
-        <v>69</v>
+        <v>2078</v>
       </c>
       <c r="J608" t="s">
         <v>19</v>
       </c>
       <c r="K608" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" t="s">
         <v>11</v>
       </c>
       <c r="B609" t="s">
-        <v>2075</v>
+        <v>2079</v>
       </c>
       <c r="C609" t="s">
-        <v>2075</v>
+        <v>2079</v>
       </c>
       <c r="D609" t="s">
-        <v>2076</v>
+        <v>2080</v>
       </c>
       <c r="E609" t="s">
-        <v>2077</v>
+        <v>2081</v>
       </c>
       <c r="F609" t="s">
         <v>15</v>
       </c>
       <c r="G609" t="s">
         <v>16</v>
       </c>
       <c r="H609" t="s">
-        <v>2078</v>
+        <v>221</v>
       </c>
       <c r="I609" t="s">
-        <v>1123</v>
+        <v>18</v>
       </c>
       <c r="J609" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K609" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" t="s">
         <v>11</v>
       </c>
       <c r="B610" t="s">
-        <v>2079</v>
+        <v>2082</v>
       </c>
       <c r="C610" t="s">
-        <v>2079</v>
+        <v>2082</v>
       </c>
       <c r="D610" t="s">
-        <v>2080</v>
+        <v>2083</v>
       </c>
       <c r="E610" t="s">
-        <v>2081</v>
+        <v>2084</v>
       </c>
       <c r="F610" t="s">
         <v>15</v>
       </c>
       <c r="G610" t="s">
         <v>16</v>
       </c>
       <c r="H610" t="s">
-        <v>160</v>
+        <v>2085</v>
       </c>
       <c r="I610" t="s">
-        <v>69</v>
+        <v>1139</v>
       </c>
       <c r="J610" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K610" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" t="s">
         <v>11</v>
       </c>
       <c r="B611" t="s">
-        <v>2082</v>
+        <v>2086</v>
       </c>
       <c r="C611" t="s">
-        <v>2082</v>
+        <v>2086</v>
       </c>
       <c r="D611" t="s">
-        <v>2083</v>
+        <v>2087</v>
       </c>
       <c r="E611" t="s">
-        <v>2084</v>
+        <v>2088</v>
       </c>
       <c r="F611" t="s">
         <v>15</v>
       </c>
       <c r="G611" t="s">
         <v>16</v>
       </c>
       <c r="H611" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="I611" t="s">
-        <v>2085</v>
+        <v>18</v>
       </c>
       <c r="J611" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K611" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" t="s">
         <v>11</v>
       </c>
       <c r="B612" t="s">
-        <v>2086</v>
+        <v>2089</v>
       </c>
       <c r="C612" t="s">
-        <v>2086</v>
+        <v>2089</v>
       </c>
       <c r="D612" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="E612" t="s">
-        <v>2088</v>
+        <v>2091</v>
       </c>
       <c r="F612" t="s">
         <v>15</v>
       </c>
       <c r="G612" t="s">
         <v>16</v>
       </c>
       <c r="H612" t="s">
-        <v>100</v>
+        <v>380</v>
       </c>
       <c r="I612" t="s">
-        <v>69</v>
+        <v>2092</v>
       </c>
       <c r="J612" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K612" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" t="s">
         <v>11</v>
       </c>
       <c r="B613" t="s">
-        <v>2089</v>
+        <v>2093</v>
       </c>
       <c r="C613" t="s">
-        <v>2089</v>
+        <v>2093</v>
       </c>
       <c r="D613" t="s">
-        <v>2090</v>
+        <v>2094</v>
       </c>
       <c r="E613" t="s">
-        <v>2091</v>
+        <v>2095</v>
       </c>
       <c r="F613" t="s">
         <v>15</v>
       </c>
       <c r="G613" t="s">
         <v>16</v>
       </c>
       <c r="H613" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="I613" t="s">
-        <v>866</v>
+        <v>18</v>
       </c>
       <c r="J613" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K613" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" t="s">
         <v>11</v>
       </c>
       <c r="B614" t="s">
-        <v>2092</v>
+        <v>2096</v>
       </c>
       <c r="C614" t="s">
-        <v>2092</v>
+        <v>2096</v>
       </c>
       <c r="D614" t="s">
-        <v>2093</v>
+        <v>2097</v>
       </c>
       <c r="E614" t="s">
-        <v>2094</v>
+        <v>2098</v>
       </c>
       <c r="F614" t="s">
         <v>15</v>
       </c>
       <c r="G614" t="s">
         <v>16</v>
       </c>
       <c r="H614" t="s">
-        <v>2095</v>
+        <v>16</v>
       </c>
       <c r="I614" t="s">
-        <v>178</v>
+        <v>747</v>
       </c>
       <c r="J614" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K614" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" t="s">
         <v>11</v>
       </c>
       <c r="B615" t="s">
-        <v>162</v>
+        <v>2099</v>
       </c>
       <c r="C615" t="s">
-        <v>2096</v>
+        <v>2099</v>
       </c>
       <c r="D615" t="s">
-        <v>2097</v>
+        <v>2100</v>
       </c>
       <c r="E615" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="F615" t="s">
         <v>15</v>
       </c>
       <c r="G615" t="s">
         <v>16</v>
       </c>
       <c r="H615" t="s">
-        <v>16</v>
+        <v>2102</v>
       </c>
       <c r="I615" t="s">
-        <v>166</v>
+        <v>1638</v>
       </c>
       <c r="J615" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K615" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" t="s">
         <v>11</v>
       </c>
       <c r="B616" t="s">
-        <v>167</v>
+        <v>71</v>
       </c>
       <c r="C616" t="s">
-        <v>2099</v>
+        <v>2103</v>
       </c>
       <c r="D616" t="s">
-        <v>2100</v>
+        <v>2104</v>
       </c>
       <c r="E616" t="s">
-        <v>2101</v>
+        <v>2105</v>
       </c>
       <c r="F616" t="s">
         <v>15</v>
       </c>
       <c r="G616" t="s">
         <v>16</v>
       </c>
       <c r="H616" t="s">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I616" t="s">
-        <v>171</v>
+        <v>75</v>
       </c>
       <c r="J616" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K616" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" t="s">
         <v>11</v>
       </c>
       <c r="B617" t="s">
-        <v>1224</v>
+        <v>39</v>
       </c>
       <c r="C617" t="s">
-        <v>2102</v>
+        <v>2106</v>
       </c>
       <c r="D617" t="s">
-        <v>2103</v>
+        <v>2107</v>
       </c>
       <c r="E617" t="s">
-        <v>2104</v>
+        <v>2108</v>
       </c>
       <c r="F617" t="s">
         <v>15</v>
       </c>
       <c r="G617" t="s">
         <v>16</v>
       </c>
       <c r="H617" t="s">
-        <v>1183</v>
+        <v>43</v>
       </c>
       <c r="I617" t="s">
-        <v>1228</v>
+        <v>44</v>
       </c>
       <c r="J617" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K617" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" t="s">
         <v>11</v>
       </c>
       <c r="B618" t="s">
-        <v>483</v>
+        <v>50</v>
       </c>
       <c r="C618" t="s">
-        <v>2105</v>
+        <v>2109</v>
       </c>
       <c r="D618" t="s">
-        <v>2106</v>
+        <v>2110</v>
       </c>
       <c r="E618" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="F618" t="s">
         <v>15</v>
       </c>
       <c r="G618" t="s">
         <v>16</v>
       </c>
       <c r="H618" t="s">
-        <v>345</v>
+        <v>54</v>
       </c>
       <c r="I618" t="s">
-        <v>488</v>
+        <v>55</v>
       </c>
       <c r="J618" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K618" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" t="s">
         <v>11</v>
       </c>
       <c r="B619" t="s">
-        <v>217</v>
+        <v>56</v>
       </c>
       <c r="C619" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
       <c r="D619" t="s">
-        <v>2109</v>
+        <v>2113</v>
       </c>
       <c r="E619" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
       <c r="F619" t="s">
         <v>15</v>
       </c>
       <c r="G619" t="s">
         <v>16</v>
       </c>
       <c r="H619" t="s">
-        <v>353</v>
+        <v>64</v>
       </c>
       <c r="I619" t="s">
-        <v>222</v>
+        <v>60</v>
       </c>
       <c r="J619" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K619" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" t="s">
         <v>11</v>
       </c>
       <c r="B620" t="s">
-        <v>162</v>
+        <v>713</v>
       </c>
       <c r="C620" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="D620" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="E620" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
       <c r="F620" t="s">
         <v>15</v>
       </c>
       <c r="G620" t="s">
         <v>16</v>
       </c>
       <c r="H620" t="s">
-        <v>16</v>
+        <v>362</v>
       </c>
       <c r="I620" t="s">
-        <v>166</v>
+        <v>717</v>
       </c>
       <c r="J620" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K620" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" t="s">
         <v>11</v>
       </c>
       <c r="B621" t="s">
-        <v>162</v>
+        <v>71</v>
       </c>
       <c r="C621" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="D621" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
       <c r="E621" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
       <c r="F621" t="s">
         <v>15</v>
       </c>
       <c r="G621" t="s">
         <v>16</v>
       </c>
       <c r="H621" t="s">
         <v>16</v>
       </c>
       <c r="I621" t="s">
-        <v>166</v>
+        <v>75</v>
       </c>
       <c r="J621" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K621" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" t="s">
         <v>11</v>
       </c>
       <c r="B622" t="s">
-        <v>217</v>
+        <v>71</v>
       </c>
       <c r="C622" t="s">
-        <v>2117</v>
+        <v>2121</v>
       </c>
       <c r="D622" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="E622" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="F622" t="s">
         <v>15</v>
       </c>
       <c r="G622" t="s">
         <v>16</v>
       </c>
       <c r="H622" t="s">
-        <v>221</v>
+        <v>16</v>
       </c>
       <c r="I622" t="s">
-        <v>222</v>
+        <v>75</v>
       </c>
       <c r="J622" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K622" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" t="s">
         <v>11</v>
       </c>
       <c r="B623" t="s">
-        <v>904</v>
+        <v>713</v>
       </c>
       <c r="C623" t="s">
-        <v>2120</v>
+        <v>2124</v>
       </c>
       <c r="D623" t="s">
-        <v>2121</v>
+        <v>2125</v>
       </c>
       <c r="E623" t="s">
-        <v>2122</v>
+        <v>2126</v>
       </c>
       <c r="F623" t="s">
         <v>15</v>
       </c>
       <c r="G623" t="s">
         <v>16</v>
       </c>
       <c r="H623" t="s">
-        <v>291</v>
+        <v>785</v>
       </c>
       <c r="I623" t="s">
-        <v>908</v>
+        <v>717</v>
       </c>
       <c r="J623" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K623" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" t="s">
         <v>11</v>
       </c>
       <c r="B624" t="s">
-        <v>1847</v>
+        <v>175</v>
       </c>
       <c r="C624" t="s">
-        <v>2123</v>
+        <v>2127</v>
       </c>
       <c r="D624" t="s">
-        <v>2124</v>
+        <v>2128</v>
       </c>
       <c r="E624" t="s">
-        <v>2125</v>
+        <v>2129</v>
       </c>
       <c r="F624" t="s">
         <v>15</v>
       </c>
       <c r="G624" t="s">
         <v>16</v>
       </c>
       <c r="H624" t="s">
-        <v>631</v>
+        <v>179</v>
       </c>
       <c r="I624" t="s">
-        <v>1851</v>
+        <v>180</v>
       </c>
       <c r="J624" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K624" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" t="s">
         <v>11</v>
       </c>
       <c r="B625" t="s">
-        <v>867</v>
+        <v>1855</v>
       </c>
       <c r="C625" t="s">
-        <v>2126</v>
+        <v>2130</v>
       </c>
       <c r="D625" t="s">
-        <v>2127</v>
+        <v>2131</v>
       </c>
       <c r="E625" t="s">
-        <v>2128</v>
+        <v>2132</v>
       </c>
       <c r="F625" t="s">
         <v>15</v>
       </c>
       <c r="G625" t="s">
         <v>16</v>
       </c>
       <c r="H625" t="s">
-        <v>73</v>
+        <v>640</v>
       </c>
       <c r="I625" t="s">
-        <v>871</v>
+        <v>1859</v>
       </c>
       <c r="J625" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K625" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" t="s">
         <v>11</v>
       </c>
       <c r="B626" t="s">
-        <v>2129</v>
+        <v>748</v>
       </c>
       <c r="C626" t="s">
-        <v>2129</v>
+        <v>2133</v>
       </c>
       <c r="D626" t="s">
-        <v>2130</v>
+        <v>2134</v>
       </c>
       <c r="E626" t="s">
-        <v>2131</v>
+        <v>2135</v>
       </c>
       <c r="F626" t="s">
         <v>15</v>
       </c>
       <c r="G626" t="s">
         <v>16</v>
       </c>
       <c r="H626" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="I626" t="s">
-        <v>69</v>
+        <v>752</v>
       </c>
       <c r="J626" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K626" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" t="s">
         <v>11</v>
       </c>
       <c r="B627" t="s">
-        <v>2132</v>
+        <v>2136</v>
       </c>
       <c r="C627" t="s">
-        <v>2132</v>
+        <v>2136</v>
       </c>
       <c r="D627" t="s">
-        <v>2133</v>
+        <v>2137</v>
       </c>
       <c r="E627" t="s">
-        <v>2134</v>
+        <v>2138</v>
       </c>
       <c r="F627" t="s">
         <v>15</v>
       </c>
       <c r="G627" t="s">
         <v>16</v>
       </c>
       <c r="H627" t="s">
-        <v>73</v>
+        <v>97</v>
       </c>
       <c r="I627" t="s">
-        <v>379</v>
+        <v>18</v>
       </c>
       <c r="J627" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K627" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" t="s">
         <v>11</v>
       </c>
       <c r="B628" t="s">
-        <v>2135</v>
+        <v>2139</v>
       </c>
       <c r="C628" t="s">
-        <v>2135</v>
+        <v>2139</v>
       </c>
       <c r="D628" t="s">
-        <v>2136</v>
+        <v>2140</v>
       </c>
       <c r="E628" t="s">
-        <v>2137</v>
+        <v>2141</v>
       </c>
       <c r="F628" t="s">
         <v>15</v>
       </c>
       <c r="G628" t="s">
         <v>16</v>
       </c>
       <c r="H628" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="I628" t="s">
-        <v>364</v>
+        <v>198</v>
       </c>
       <c r="J628" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K628" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" t="s">
         <v>11</v>
       </c>
       <c r="B629" t="s">
-        <v>1224</v>
+        <v>2142</v>
       </c>
       <c r="C629" t="s">
-        <v>2138</v>
+        <v>2142</v>
       </c>
       <c r="D629" t="s">
-        <v>2139</v>
+        <v>2143</v>
       </c>
       <c r="E629" t="s">
-        <v>2140</v>
+        <v>2144</v>
       </c>
       <c r="F629" t="s">
         <v>15</v>
       </c>
       <c r="G629" t="s">
         <v>16</v>
       </c>
       <c r="H629" t="s">
-        <v>1183</v>
+        <v>97</v>
       </c>
       <c r="I629" t="s">
-        <v>1228</v>
+        <v>373</v>
       </c>
       <c r="J629" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K629" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" t="s">
         <v>11</v>
       </c>
       <c r="B630" t="s">
-        <v>167</v>
+        <v>50</v>
       </c>
       <c r="C630" t="s">
-        <v>2141</v>
+        <v>2145</v>
       </c>
       <c r="D630" t="s">
-        <v>2142</v>
+        <v>2146</v>
       </c>
       <c r="E630" t="s">
-        <v>2143</v>
+        <v>2147</v>
       </c>
       <c r="F630" t="s">
         <v>15</v>
       </c>
       <c r="G630" t="s">
         <v>16</v>
       </c>
       <c r="H630" t="s">
-        <v>100</v>
+        <v>54</v>
       </c>
       <c r="I630" t="s">
-        <v>171</v>
+        <v>55</v>
       </c>
       <c r="J630" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K630" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" t="s">
         <v>11</v>
       </c>
       <c r="B631" t="s">
-        <v>476</v>
+        <v>45</v>
       </c>
       <c r="C631" t="s">
-        <v>2144</v>
+        <v>2148</v>
       </c>
       <c r="D631" t="s">
-        <v>2145</v>
+        <v>2149</v>
       </c>
       <c r="E631" t="s">
-        <v>2146</v>
+        <v>2150</v>
       </c>
       <c r="F631" t="s">
         <v>15</v>
       </c>
       <c r="G631" t="s">
         <v>16</v>
       </c>
       <c r="H631" t="s">
-        <v>160</v>
+        <v>49</v>
       </c>
       <c r="I631" t="s">
-        <v>171</v>
+        <v>44</v>
       </c>
       <c r="J631" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K631" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" t="s">
         <v>11</v>
       </c>
       <c r="B632" t="s">
-        <v>521</v>
+        <v>534</v>
       </c>
       <c r="C632" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="D632" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="E632" t="s">
-        <v>2149</v>
+        <v>2153</v>
       </c>
       <c r="F632" t="s">
         <v>15</v>
       </c>
       <c r="G632" t="s">
         <v>16</v>
       </c>
       <c r="H632" t="s">
-        <v>56</v>
+        <v>401</v>
       </c>
       <c r="I632" t="s">
-        <v>525</v>
+        <v>538</v>
       </c>
       <c r="J632" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K632" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" t="s">
         <v>11</v>
       </c>
       <c r="B633" t="s">
-        <v>2150</v>
+        <v>2154</v>
       </c>
       <c r="C633" t="s">
-        <v>2150</v>
+        <v>2154</v>
       </c>
       <c r="D633" t="s">
-        <v>2151</v>
+        <v>2155</v>
       </c>
       <c r="E633" t="s">
-        <v>2152</v>
+        <v>2156</v>
       </c>
       <c r="F633" t="s">
         <v>15</v>
       </c>
       <c r="G633" t="s">
         <v>16</v>
       </c>
       <c r="H633" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="I633" t="s">
-        <v>96</v>
+        <v>1112</v>
       </c>
       <c r="J633" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K633" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" t="s">
         <v>11</v>
       </c>
       <c r="B634" t="s">
-        <v>179</v>
+        <v>82</v>
       </c>
       <c r="C634" t="s">
-        <v>2153</v>
+        <v>2157</v>
       </c>
       <c r="D634" t="s">
-        <v>2154</v>
+        <v>2158</v>
       </c>
       <c r="E634" t="s">
-        <v>2155</v>
+        <v>2159</v>
       </c>
       <c r="F634" t="s">
         <v>15</v>
       </c>
       <c r="G634" t="s">
         <v>16</v>
       </c>
       <c r="H634" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I634" t="s">
-        <v>183</v>
+        <v>87</v>
       </c>
       <c r="J634" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K634" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" t="s">
         <v>11</v>
       </c>
       <c r="B635" t="s">
-        <v>2156</v>
+        <v>2160</v>
       </c>
       <c r="C635" t="s">
-        <v>2156</v>
+        <v>2160</v>
       </c>
       <c r="D635" t="s">
-        <v>2157</v>
+        <v>2161</v>
       </c>
       <c r="E635" t="s">
-        <v>2158</v>
+        <v>2162</v>
       </c>
       <c r="F635" t="s">
         <v>15</v>
       </c>
       <c r="G635" t="s">
         <v>16</v>
       </c>
       <c r="H635" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="I635" t="s">
-        <v>415</v>
+        <v>430</v>
       </c>
       <c r="J635" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K635" t="s">
-        <v>77</v>
+        <v>278</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" t="s">
         <v>11</v>
       </c>
       <c r="B636" t="s">
-        <v>2159</v>
+        <v>2163</v>
       </c>
       <c r="C636" t="s">
-        <v>2159</v>
+        <v>2163</v>
       </c>
       <c r="D636" t="s">
-        <v>2160</v>
+        <v>2164</v>
       </c>
       <c r="E636" t="s">
-        <v>2161</v>
+        <v>2165</v>
       </c>
       <c r="F636" t="s">
         <v>15</v>
       </c>
       <c r="G636" t="s">
         <v>16</v>
       </c>
       <c r="H636" t="s">
-        <v>547</v>
+        <v>562</v>
       </c>
       <c r="I636" t="s">
-        <v>46</v>
+        <v>184</v>
       </c>
       <c r="J636" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K636" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" t="s">
         <v>11</v>
       </c>
       <c r="B637" t="s">
-        <v>2162</v>
+        <v>2166</v>
       </c>
       <c r="C637" t="s">
-        <v>2162</v>
+        <v>2166</v>
       </c>
       <c r="D637" t="s">
-        <v>2163</v>
+        <v>2167</v>
       </c>
       <c r="E637" t="s">
-        <v>2164</v>
+        <v>2168</v>
       </c>
       <c r="F637" t="s">
         <v>15</v>
       </c>
       <c r="G637" t="s">
         <v>16</v>
       </c>
       <c r="H637" t="s">
-        <v>113</v>
+        <v>247</v>
       </c>
       <c r="I637" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J637" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K637" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" t="s">
         <v>11</v>
       </c>
       <c r="B638" t="s">
-        <v>904</v>
+        <v>175</v>
       </c>
       <c r="C638" t="s">
-        <v>2165</v>
+        <v>2169</v>
       </c>
       <c r="D638" t="s">
-        <v>2166</v>
+        <v>2170</v>
       </c>
       <c r="E638" t="s">
-        <v>2167</v>
+        <v>2171</v>
       </c>
       <c r="F638" t="s">
         <v>15</v>
       </c>
       <c r="G638" t="s">
         <v>16</v>
       </c>
       <c r="H638" t="s">
-        <v>291</v>
+        <v>179</v>
       </c>
       <c r="I638" t="s">
-        <v>908</v>
+        <v>180</v>
       </c>
       <c r="J638" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K638" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" t="s">
         <v>11</v>
       </c>
       <c r="B639" t="s">
-        <v>2168</v>
+        <v>2172</v>
       </c>
       <c r="C639" t="s">
-        <v>2168</v>
+        <v>2172</v>
       </c>
       <c r="D639" t="s">
-        <v>2169</v>
+        <v>2173</v>
       </c>
       <c r="E639" t="s">
-        <v>2170</v>
+        <v>2174</v>
       </c>
       <c r="F639" t="s">
         <v>15</v>
       </c>
       <c r="G639" t="s">
         <v>16</v>
       </c>
       <c r="H639" t="s">
-        <v>24</v>
+        <v>380</v>
       </c>
       <c r="I639" t="s">
-        <v>18</v>
+        <v>108</v>
       </c>
       <c r="J639" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K639" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" t="s">
         <v>11</v>
       </c>
       <c r="B640" t="s">
-        <v>2171</v>
+        <v>2175</v>
       </c>
       <c r="C640" t="s">
-        <v>2171</v>
+        <v>2175</v>
       </c>
       <c r="D640" t="s">
-        <v>2172</v>
+        <v>2176</v>
       </c>
       <c r="E640" t="s">
-        <v>2173</v>
+        <v>2177</v>
       </c>
       <c r="F640" t="s">
         <v>15</v>
       </c>
       <c r="G640" t="s">
         <v>16</v>
       </c>
       <c r="H640" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="I640" t="s">
-        <v>25</v>
+        <v>977</v>
       </c>
       <c r="J640" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K640" t="s">
-        <v>77</v>
+        <v>278</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" t="s">
         <v>11</v>
       </c>
       <c r="B641" t="s">
-        <v>2174</v>
+        <v>2178</v>
       </c>
       <c r="C641" t="s">
-        <v>2174</v>
+        <v>2178</v>
       </c>
       <c r="D641" t="s">
-        <v>2175</v>
+        <v>2179</v>
       </c>
       <c r="E641" t="s">
-        <v>2176</v>
+        <v>2180</v>
       </c>
       <c r="F641" t="s">
         <v>15</v>
       </c>
       <c r="G641" t="s">
         <v>16</v>
       </c>
       <c r="H641" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I641" t="s">
-        <v>419</v>
+        <v>434</v>
       </c>
       <c r="J641" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K641" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" t="s">
         <v>11</v>
       </c>
       <c r="B642" t="s">
-        <v>2177</v>
+        <v>2181</v>
       </c>
       <c r="C642" t="s">
-        <v>2177</v>
+        <v>2181</v>
       </c>
       <c r="D642" t="s">
-        <v>2178</v>
+        <v>2182</v>
       </c>
       <c r="E642" t="s">
-        <v>2179</v>
+        <v>2183</v>
       </c>
       <c r="F642" t="s">
         <v>15</v>
       </c>
       <c r="G642" t="s">
         <v>16</v>
       </c>
       <c r="H642" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I642" t="s">
-        <v>46</v>
+        <v>184</v>
       </c>
       <c r="J642" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K642" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" t="s">
         <v>11</v>
       </c>
       <c r="B643" t="s">
-        <v>2180</v>
+        <v>2184</v>
       </c>
       <c r="C643" t="s">
-        <v>2180</v>
+        <v>2184</v>
       </c>
       <c r="D643" t="s">
-        <v>2181</v>
+        <v>2185</v>
       </c>
       <c r="E643" t="s">
-        <v>2182</v>
+        <v>2186</v>
       </c>
       <c r="F643" t="s">
         <v>15</v>
       </c>
       <c r="G643" t="s">
         <v>16</v>
       </c>
       <c r="H643" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="I643" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J643" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K643" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" t="s">
         <v>11</v>
       </c>
       <c r="B644" t="s">
-        <v>162</v>
+        <v>71</v>
       </c>
       <c r="C644" t="s">
-        <v>2183</v>
+        <v>2187</v>
       </c>
       <c r="D644" t="s">
-        <v>2184</v>
+        <v>2188</v>
       </c>
       <c r="E644" t="s">
-        <v>2185</v>
+        <v>2189</v>
       </c>
       <c r="F644" t="s">
         <v>15</v>
       </c>
       <c r="G644" t="s">
         <v>16</v>
       </c>
       <c r="H644" t="s">
         <v>16</v>
       </c>
       <c r="I644" t="s">
-        <v>166</v>
+        <v>75</v>
       </c>
       <c r="J644" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K644" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" t="s">
         <v>11</v>
       </c>
       <c r="B645" t="s">
-        <v>217</v>
+        <v>713</v>
       </c>
       <c r="C645" t="s">
-        <v>2186</v>
+        <v>2190</v>
       </c>
       <c r="D645" t="s">
-        <v>2187</v>
+        <v>2191</v>
       </c>
       <c r="E645" t="s">
-        <v>2188</v>
+        <v>2192</v>
       </c>
       <c r="F645" t="s">
         <v>15</v>
       </c>
       <c r="G645" t="s">
         <v>16</v>
       </c>
       <c r="H645" t="s">
-        <v>944</v>
+        <v>959</v>
       </c>
       <c r="I645" t="s">
-        <v>222</v>
+        <v>717</v>
       </c>
       <c r="J645" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K645" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" t="s">
         <v>11</v>
       </c>
       <c r="B646" t="s">
-        <v>217</v>
+        <v>713</v>
       </c>
       <c r="C646" t="s">
-        <v>2189</v>
+        <v>2193</v>
       </c>
       <c r="D646" t="s">
-        <v>2190</v>
+        <v>2194</v>
       </c>
       <c r="E646" t="s">
-        <v>2191</v>
+        <v>2195</v>
       </c>
       <c r="F646" t="s">
         <v>15</v>
       </c>
       <c r="G646" t="s">
         <v>16</v>
       </c>
       <c r="H646" t="s">
-        <v>983</v>
+        <v>251</v>
       </c>
       <c r="I646" t="s">
-        <v>222</v>
+        <v>717</v>
       </c>
       <c r="J646" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K646" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" t="s">
         <v>11</v>
       </c>
       <c r="B647" t="s">
-        <v>2192</v>
+        <v>2196</v>
       </c>
       <c r="C647" t="s">
-        <v>2192</v>
+        <v>2196</v>
       </c>
       <c r="D647" t="s">
-        <v>2193</v>
+        <v>2197</v>
       </c>
       <c r="E647" t="s">
-        <v>2194</v>
+        <v>2198</v>
       </c>
       <c r="F647" t="s">
         <v>15</v>
       </c>
       <c r="G647" t="s">
         <v>16</v>
       </c>
       <c r="H647" t="s">
-        <v>291</v>
+        <v>179</v>
       </c>
       <c r="I647" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J647" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K647" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" t="s">
         <v>11</v>
       </c>
       <c r="B648" t="s">
-        <v>2195</v>
+        <v>2199</v>
       </c>
       <c r="C648" t="s">
-        <v>2195</v>
+        <v>2199</v>
       </c>
       <c r="D648" t="s">
-        <v>2196</v>
+        <v>2200</v>
       </c>
       <c r="E648" t="s">
-        <v>2197</v>
+        <v>2201</v>
       </c>
       <c r="F648" t="s">
         <v>15</v>
       </c>
       <c r="G648" t="s">
         <v>16</v>
       </c>
       <c r="H648" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I648" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J648" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K648" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" t="s">
         <v>11</v>
       </c>
       <c r="B649" t="s">
-        <v>167</v>
+        <v>39</v>
       </c>
       <c r="C649" t="s">
-        <v>2198</v>
+        <v>2202</v>
       </c>
       <c r="D649" t="s">
-        <v>2199</v>
+        <v>2203</v>
       </c>
       <c r="E649" t="s">
-        <v>2200</v>
+        <v>2204</v>
       </c>
       <c r="F649" t="s">
         <v>15</v>
       </c>
       <c r="G649" t="s">
         <v>16</v>
       </c>
       <c r="H649" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I649" t="s">
-        <v>171</v>
+        <v>44</v>
       </c>
       <c r="J649" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K649" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" t="s">
         <v>11</v>
       </c>
       <c r="B650" t="s">
-        <v>2201</v>
+        <v>2205</v>
       </c>
       <c r="C650" t="s">
-        <v>2201</v>
+        <v>2205</v>
       </c>
       <c r="D650" t="s">
-        <v>2202</v>
+        <v>2206</v>
       </c>
       <c r="E650" t="s">
-        <v>2203</v>
+        <v>2207</v>
       </c>
       <c r="F650" t="s">
         <v>15</v>
       </c>
       <c r="G650" t="s">
         <v>16</v>
       </c>
       <c r="H650" t="s">
-        <v>2204</v>
+        <v>2208</v>
       </c>
       <c r="I650" t="s">
-        <v>2205</v>
+        <v>2209</v>
       </c>
       <c r="J650" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K650" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" t="s">
         <v>11</v>
       </c>
       <c r="B651" t="s">
-        <v>2206</v>
+        <v>2210</v>
       </c>
       <c r="C651" t="s">
-        <v>2206</v>
+        <v>2210</v>
       </c>
       <c r="D651" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
       <c r="E651" t="s">
-        <v>2208</v>
+        <v>2212</v>
       </c>
       <c r="F651" t="s">
         <v>15</v>
       </c>
       <c r="G651" t="s">
         <v>16</v>
       </c>
       <c r="H651" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I651" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J651" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K651" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" t="s">
         <v>11</v>
       </c>
       <c r="B652" t="s">
-        <v>2209</v>
+        <v>2213</v>
       </c>
       <c r="C652" t="s">
-        <v>2209</v>
+        <v>2213</v>
       </c>
       <c r="D652" t="s">
-        <v>2210</v>
+        <v>2214</v>
       </c>
       <c r="E652" t="s">
-        <v>2211</v>
+        <v>2215</v>
       </c>
       <c r="F652" t="s">
         <v>15</v>
       </c>
       <c r="G652" t="s">
         <v>16</v>
       </c>
       <c r="H652" t="s">
-        <v>251</v>
+        <v>126</v>
       </c>
       <c r="I652" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J652" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K652" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" t="s">
         <v>11</v>
       </c>
       <c r="B653" t="s">
-        <v>2212</v>
+        <v>2216</v>
       </c>
       <c r="C653" t="s">
-        <v>2212</v>
+        <v>2216</v>
       </c>
       <c r="D653" t="s">
-        <v>2213</v>
+        <v>2217</v>
       </c>
       <c r="E653" t="s">
-        <v>2214</v>
+        <v>2218</v>
       </c>
       <c r="F653" t="s">
         <v>15</v>
       </c>
       <c r="G653" t="s">
         <v>16</v>
       </c>
       <c r="H653" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I653" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J653" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K653" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" t="s">
         <v>11</v>
       </c>
       <c r="B654" t="s">
-        <v>641</v>
+        <v>2219</v>
       </c>
       <c r="C654" t="s">
-        <v>641</v>
+        <v>2219</v>
       </c>
       <c r="D654" t="s">
-        <v>2215</v>
+        <v>2220</v>
       </c>
       <c r="E654" t="s">
-        <v>2216</v>
+        <v>2221</v>
       </c>
       <c r="F654" t="s">
         <v>15</v>
       </c>
       <c r="G654" t="s">
         <v>16</v>
       </c>
       <c r="H654" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="I654" t="s">
-        <v>644</v>
+        <v>18</v>
       </c>
       <c r="J654" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K654" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" t="s">
         <v>11</v>
       </c>
       <c r="B655" t="s">
-        <v>2217</v>
+        <v>650</v>
       </c>
       <c r="C655" t="s">
-        <v>2217</v>
+        <v>650</v>
       </c>
       <c r="D655" t="s">
-        <v>2218</v>
+        <v>2222</v>
       </c>
       <c r="E655" t="s">
-        <v>2219</v>
+        <v>2223</v>
       </c>
       <c r="F655" t="s">
-        <v>607</v>
+        <v>15</v>
       </c>
       <c r="G655" t="s">
-        <v>608</v>
+        <v>16</v>
       </c>
       <c r="H655" t="s">
-        <v>1328</v>
+        <v>16</v>
       </c>
       <c r="I655" t="s">
-        <v>2220</v>
+        <v>653</v>
       </c>
       <c r="J655" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K655" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" t="s">
         <v>11</v>
       </c>
       <c r="B656" t="s">
-        <v>2221</v>
+        <v>2224</v>
       </c>
       <c r="C656" t="s">
-        <v>2221</v>
+        <v>2224</v>
       </c>
       <c r="D656" t="s">
-        <v>2222</v>
+        <v>2225</v>
       </c>
       <c r="E656" t="s">
-        <v>2223</v>
+        <v>2226</v>
       </c>
       <c r="F656" t="s">
-        <v>607</v>
+        <v>171</v>
       </c>
       <c r="G656" t="s">
-        <v>608</v>
+        <v>172</v>
       </c>
       <c r="H656" t="s">
-        <v>2224</v>
+        <v>2227</v>
       </c>
       <c r="I656" t="s">
-        <v>1286</v>
+        <v>217</v>
       </c>
       <c r="J656" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K656" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" t="s">
         <v>11</v>
       </c>
       <c r="B657" t="s">
-        <v>167</v>
+        <v>39</v>
       </c>
       <c r="C657" t="s">
-        <v>2225</v>
+        <v>2228</v>
       </c>
       <c r="D657" t="s">
-        <v>2226</v>
+        <v>2229</v>
       </c>
       <c r="E657" t="s">
-        <v>2227</v>
+        <v>2230</v>
       </c>
       <c r="F657" t="s">
         <v>15</v>
       </c>
       <c r="G657" t="s">
         <v>16</v>
       </c>
       <c r="H657" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I657" t="s">
-        <v>171</v>
+        <v>44</v>
       </c>
       <c r="J657" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K657" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" t="s">
         <v>11</v>
       </c>
       <c r="B658" t="s">
-        <v>2228</v>
+        <v>2231</v>
       </c>
       <c r="C658" t="s">
-        <v>2228</v>
+        <v>2231</v>
       </c>
       <c r="D658" t="s">
-        <v>2229</v>
+        <v>2232</v>
       </c>
       <c r="E658" t="s">
-        <v>2230</v>
+        <v>2233</v>
       </c>
       <c r="F658" t="s">
         <v>15</v>
       </c>
       <c r="G658" t="s">
         <v>16</v>
       </c>
       <c r="H658" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I658" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J658" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K658" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" t="s">
         <v>11</v>
       </c>
       <c r="B659" t="s">
-        <v>2231</v>
+        <v>2234</v>
       </c>
       <c r="C659" t="s">
-        <v>2231</v>
+        <v>2234</v>
       </c>
       <c r="D659" t="s">
-        <v>2232</v>
+        <v>2235</v>
       </c>
       <c r="E659" t="s">
-        <v>2233</v>
+        <v>2236</v>
       </c>
       <c r="F659" t="s">
         <v>15</v>
       </c>
       <c r="G659" t="s">
         <v>16</v>
       </c>
       <c r="H659" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I659" t="s">
-        <v>503</v>
+        <v>514</v>
       </c>
       <c r="J659" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K659" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" t="s">
         <v>11</v>
       </c>
       <c r="B660" t="s">
-        <v>2234</v>
+        <v>2237</v>
       </c>
       <c r="C660" t="s">
-        <v>2234</v>
+        <v>2237</v>
       </c>
       <c r="D660" t="s">
-        <v>2235</v>
+        <v>2238</v>
       </c>
       <c r="E660" t="s">
-        <v>2236</v>
+        <v>2239</v>
       </c>
       <c r="F660" t="s">
         <v>15</v>
       </c>
       <c r="G660" t="s">
         <v>16</v>
       </c>
       <c r="H660" t="s">
-        <v>132</v>
+        <v>86</v>
       </c>
       <c r="I660" t="s">
-        <v>2237</v>
+        <v>2240</v>
       </c>
       <c r="J660" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K660" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" t="s">
         <v>11</v>
       </c>
       <c r="B661" t="s">
-        <v>2238</v>
+        <v>2241</v>
       </c>
       <c r="C661" t="s">
-        <v>2238</v>
+        <v>2241</v>
       </c>
       <c r="D661" t="s">
-        <v>2239</v>
+        <v>2242</v>
       </c>
       <c r="E661" t="s">
-        <v>2240</v>
+        <v>2243</v>
       </c>
       <c r="F661" t="s">
         <v>15</v>
       </c>
       <c r="G661" t="s">
         <v>16</v>
       </c>
       <c r="H661" t="s">
-        <v>915</v>
+        <v>69</v>
       </c>
       <c r="I661" t="s">
-        <v>704</v>
+        <v>786</v>
       </c>
       <c r="J661" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K661" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" t="s">
         <v>11</v>
       </c>
       <c r="B662" t="s">
-        <v>1895</v>
+        <v>1903</v>
       </c>
       <c r="C662" t="s">
-        <v>2241</v>
+        <v>2244</v>
       </c>
       <c r="D662" t="s">
-        <v>2242</v>
+        <v>2245</v>
       </c>
       <c r="E662" t="s">
-        <v>2243</v>
+        <v>2246</v>
       </c>
       <c r="F662" t="s">
         <v>15</v>
       </c>
       <c r="G662" t="s">
         <v>16</v>
       </c>
       <c r="H662" t="s">
         <v>16</v>
       </c>
       <c r="I662" t="s">
-        <v>1899</v>
+        <v>1907</v>
       </c>
       <c r="J662" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K662" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" t="s">
         <v>11</v>
       </c>
       <c r="B663" t="s">
-        <v>2244</v>
+        <v>2247</v>
       </c>
       <c r="C663" t="s">
-        <v>2244</v>
+        <v>2247</v>
       </c>
       <c r="D663" t="s">
-        <v>2245</v>
+        <v>2248</v>
       </c>
       <c r="E663" t="s">
-        <v>2246</v>
+        <v>2249</v>
       </c>
       <c r="F663" t="s">
         <v>15</v>
       </c>
       <c r="G663" t="s">
         <v>16</v>
       </c>
       <c r="H663" t="s">
         <v>16</v>
       </c>
       <c r="I663" t="s">
-        <v>2085</v>
+        <v>2092</v>
       </c>
       <c r="J663" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K663" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" t="s">
         <v>11</v>
       </c>
       <c r="B664" t="s">
-        <v>2247</v>
+        <v>2250</v>
       </c>
       <c r="C664" t="s">
-        <v>2247</v>
+        <v>2250</v>
       </c>
       <c r="D664" t="s">
-        <v>2248</v>
+        <v>2251</v>
       </c>
       <c r="E664" t="s">
-        <v>2249</v>
+        <v>2252</v>
       </c>
       <c r="F664" t="s">
         <v>15</v>
       </c>
       <c r="G664" t="s">
         <v>16</v>
       </c>
       <c r="H664" t="s">
         <v>16</v>
       </c>
       <c r="I664" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J664" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K664" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" t="s">
         <v>11</v>
       </c>
       <c r="B665" t="s">
-        <v>2250</v>
+        <v>2253</v>
       </c>
       <c r="C665" t="s">
-        <v>2250</v>
+        <v>2253</v>
       </c>
       <c r="D665" t="s">
-        <v>2251</v>
+        <v>2254</v>
       </c>
       <c r="E665" t="s">
-        <v>2252</v>
+        <v>2255</v>
       </c>
       <c r="F665" t="s">
         <v>15</v>
       </c>
       <c r="G665" t="s">
         <v>16</v>
       </c>
       <c r="H665" t="s">
         <v>16</v>
       </c>
       <c r="I665" t="s">
-        <v>520</v>
+        <v>533</v>
       </c>
       <c r="J665" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K665" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" t="s">
         <v>11</v>
       </c>
       <c r="B666" t="s">
-        <v>2253</v>
+        <v>2256</v>
       </c>
       <c r="C666" t="s">
-        <v>2253</v>
+        <v>2256</v>
       </c>
       <c r="D666" t="s">
-        <v>2254</v>
+        <v>2257</v>
       </c>
       <c r="E666" t="s">
-        <v>2255</v>
+        <v>2258</v>
       </c>
       <c r="F666" t="s">
         <v>15</v>
       </c>
       <c r="G666" t="s">
         <v>16</v>
       </c>
       <c r="H666" t="s">
         <v>16</v>
       </c>
       <c r="I666" t="s">
-        <v>46</v>
+        <v>184</v>
       </c>
       <c r="J666" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K666" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" t="s">
         <v>11</v>
       </c>
       <c r="B667" t="s">
-        <v>2256</v>
+        <v>2259</v>
       </c>
       <c r="C667" t="s">
-        <v>2256</v>
+        <v>2259</v>
       </c>
       <c r="D667" t="s">
-        <v>2257</v>
+        <v>2260</v>
       </c>
       <c r="E667" t="s">
-        <v>2258</v>
+        <v>2261</v>
       </c>
       <c r="F667" t="s">
         <v>15</v>
       </c>
       <c r="G667" t="s">
         <v>16</v>
       </c>
       <c r="H667" t="s">
-        <v>68</v>
+        <v>212</v>
       </c>
       <c r="I667" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J667" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K667" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" t="s">
         <v>11</v>
       </c>
       <c r="B668" t="s">
-        <v>2259</v>
+        <v>2262</v>
       </c>
       <c r="C668" t="s">
-        <v>2259</v>
+        <v>2262</v>
       </c>
       <c r="D668" t="s">
-        <v>2260</v>
+        <v>2263</v>
       </c>
       <c r="E668" t="s">
-        <v>2261</v>
+        <v>2264</v>
       </c>
       <c r="F668" t="s">
         <v>15</v>
       </c>
       <c r="G668" t="s">
         <v>16</v>
       </c>
       <c r="H668" t="s">
-        <v>291</v>
+        <v>179</v>
       </c>
       <c r="I668" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J668" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K668" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" t="s">
         <v>11</v>
       </c>
       <c r="B669" t="s">
-        <v>2262</v>
+        <v>2265</v>
       </c>
       <c r="C669" t="s">
-        <v>2262</v>
+        <v>2265</v>
       </c>
       <c r="D669" t="s">
-        <v>2263</v>
+        <v>2266</v>
       </c>
       <c r="E669" t="s">
-        <v>2264</v>
+        <v>2267</v>
       </c>
       <c r="F669" t="s">
         <v>15</v>
       </c>
       <c r="G669" t="s">
         <v>16</v>
       </c>
       <c r="H669" t="s">
-        <v>191</v>
+        <v>80</v>
       </c>
       <c r="I669" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J669" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K669" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" t="s">
         <v>11</v>
       </c>
       <c r="B670" t="s">
-        <v>2265</v>
+        <v>2268</v>
       </c>
       <c r="C670" t="s">
-        <v>2265</v>
+        <v>2268</v>
       </c>
       <c r="D670" t="s">
-        <v>2266</v>
+        <v>2269</v>
       </c>
       <c r="E670" t="s">
-        <v>2267</v>
+        <v>2270</v>
       </c>
       <c r="F670" t="s">
         <v>15</v>
       </c>
       <c r="G670" t="s">
         <v>16</v>
       </c>
       <c r="H670" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I670" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J670" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K670" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" t="s">
         <v>11</v>
       </c>
       <c r="B671" t="s">
-        <v>2268</v>
+        <v>2271</v>
       </c>
       <c r="C671" t="s">
-        <v>2268</v>
+        <v>2271</v>
       </c>
       <c r="D671" t="s">
-        <v>2269</v>
+        <v>2272</v>
       </c>
       <c r="E671" t="s">
-        <v>2270</v>
+        <v>2273</v>
       </c>
       <c r="F671" t="s">
         <v>15</v>
       </c>
       <c r="G671" t="s">
         <v>16</v>
       </c>
       <c r="H671" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I671" t="s">
-        <v>696</v>
+        <v>777</v>
       </c>
       <c r="J671" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K671" t="s">
-        <v>77</v>
+        <v>278</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" t="s">
         <v>11</v>
       </c>
       <c r="B672" t="s">
-        <v>2271</v>
+        <v>2274</v>
       </c>
       <c r="C672" t="s">
-        <v>2271</v>
+        <v>2274</v>
       </c>
       <c r="D672" t="s">
-        <v>2272</v>
+        <v>2275</v>
       </c>
       <c r="E672" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
       <c r="F672" t="s">
         <v>15</v>
       </c>
       <c r="G672" t="s">
         <v>16</v>
       </c>
       <c r="H672" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I672" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J672" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="K672" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" t="s">
         <v>11</v>
       </c>
       <c r="B673" t="s">
-        <v>2274</v>
+        <v>2277</v>
       </c>
       <c r="C673" t="s">
-        <v>2274</v>
+        <v>2277</v>
       </c>
       <c r="D673" t="s">
-        <v>2275</v>
+        <v>2278</v>
       </c>
       <c r="E673" t="s">
-        <v>2276</v>
+        <v>2279</v>
       </c>
       <c r="F673" t="s">
         <v>15</v>
       </c>
       <c r="G673" t="s">
         <v>16</v>
       </c>
       <c r="H673" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I673" t="s">
-        <v>278</v>
+        <v>113</v>
       </c>
       <c r="J673" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K673" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" t="s">
         <v>11</v>
       </c>
       <c r="B674" t="s">
-        <v>2277</v>
+        <v>2280</v>
       </c>
       <c r="C674" t="s">
-        <v>2277</v>
+        <v>2280</v>
       </c>
       <c r="D674" t="s">
-        <v>2278</v>
+        <v>2281</v>
       </c>
       <c r="E674" t="s">
-        <v>2279</v>
+        <v>2282</v>
       </c>
       <c r="F674" t="s">
         <v>15</v>
       </c>
       <c r="G674" t="s">
         <v>16</v>
       </c>
       <c r="H674" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I674" t="s">
-        <v>18</v>
+        <v>108</v>
       </c>
       <c r="J674" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K674" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" t="s">
         <v>11</v>
       </c>
       <c r="B675" t="s">
-        <v>2280</v>
+        <v>2283</v>
       </c>
       <c r="C675" t="s">
-        <v>2280</v>
+        <v>2283</v>
       </c>
       <c r="D675" t="s">
-        <v>2281</v>
+        <v>2284</v>
       </c>
       <c r="E675" t="s">
-        <v>2282</v>
+        <v>2285</v>
       </c>
       <c r="F675" t="s">
         <v>15</v>
       </c>
       <c r="G675" t="s">
         <v>16</v>
       </c>
       <c r="H675" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I675" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J675" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K675" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" t="s">
         <v>11</v>
       </c>
       <c r="B676" t="s">
-        <v>2283</v>
+        <v>2286</v>
       </c>
       <c r="C676" t="s">
-        <v>2283</v>
+        <v>2286</v>
       </c>
       <c r="D676" t="s">
-        <v>2284</v>
+        <v>2287</v>
       </c>
       <c r="E676" t="s">
-        <v>2285</v>
+        <v>2288</v>
       </c>
       <c r="F676" t="s">
         <v>15</v>
       </c>
       <c r="G676" t="s">
         <v>16</v>
       </c>
       <c r="H676" t="s">
-        <v>91</v>
+        <v>221</v>
       </c>
       <c r="I676" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J676" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K676" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" t="s">
         <v>11</v>
       </c>
       <c r="B677" t="s">
-        <v>2286</v>
+        <v>2289</v>
       </c>
       <c r="C677" t="s">
-        <v>2286</v>
+        <v>2289</v>
       </c>
       <c r="D677" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="E677" t="s">
-        <v>2288</v>
+        <v>2291</v>
       </c>
       <c r="F677" t="s">
         <v>15</v>
       </c>
       <c r="G677" t="s">
         <v>16</v>
       </c>
       <c r="H677" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I677" t="s">
-        <v>415</v>
+        <v>430</v>
       </c>
       <c r="J677" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K677" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" t="s">
         <v>11</v>
       </c>
       <c r="B678" t="s">
-        <v>2289</v>
+        <v>2292</v>
       </c>
       <c r="C678" t="s">
-        <v>2289</v>
+        <v>2292</v>
       </c>
       <c r="D678" t="s">
-        <v>2290</v>
+        <v>2293</v>
       </c>
       <c r="E678" t="s">
-        <v>2291</v>
+        <v>2294</v>
       </c>
       <c r="F678" t="s">
         <v>15</v>
       </c>
       <c r="G678" t="s">
         <v>16</v>
       </c>
       <c r="H678" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I678" t="s">
-        <v>46</v>
+        <v>184</v>
       </c>
       <c r="J678" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K678" t="s">
-        <v>77</v>
+        <v>278</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" t="s">
         <v>11</v>
       </c>
       <c r="B679" t="s">
-        <v>2292</v>
+        <v>2295</v>
       </c>
       <c r="C679" t="s">
-        <v>2292</v>
+        <v>2295</v>
       </c>
       <c r="D679" t="s">
-        <v>2293</v>
+        <v>2296</v>
       </c>
       <c r="E679" t="s">
-        <v>2294</v>
+        <v>2297</v>
       </c>
       <c r="F679" t="s">
         <v>15</v>
       </c>
       <c r="G679" t="s">
         <v>16</v>
       </c>
       <c r="H679" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I679" t="s">
-        <v>278</v>
+        <v>113</v>
       </c>
       <c r="J679" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K679" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" t="s">
         <v>11</v>
       </c>
       <c r="B680" t="s">
-        <v>2295</v>
+        <v>2298</v>
       </c>
       <c r="C680" t="s">
-        <v>2295</v>
+        <v>2298</v>
       </c>
       <c r="D680" t="s">
-        <v>2296</v>
+        <v>2299</v>
       </c>
       <c r="E680" t="s">
-        <v>2297</v>
+        <v>2300</v>
       </c>
       <c r="F680" t="s">
         <v>15</v>
       </c>
       <c r="G680" t="s">
         <v>16</v>
       </c>
       <c r="H680" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I680" t="s">
-        <v>18</v>
+        <v>108</v>
       </c>
       <c r="J680" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K680" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" t="s">
         <v>11</v>
       </c>
       <c r="B681" t="s">
-        <v>2298</v>
+        <v>2301</v>
       </c>
       <c r="C681" t="s">
-        <v>2298</v>
+        <v>2301</v>
       </c>
       <c r="D681" t="s">
-        <v>2299</v>
+        <v>2302</v>
       </c>
       <c r="E681" t="s">
-        <v>2300</v>
+        <v>2303</v>
       </c>
       <c r="F681" t="s">
         <v>15</v>
       </c>
       <c r="G681" t="s">
         <v>16</v>
       </c>
       <c r="H681" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I681" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J681" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K681" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" t="s">
         <v>11</v>
       </c>
       <c r="B682" t="s">
-        <v>2301</v>
+        <v>2304</v>
       </c>
       <c r="C682" t="s">
-        <v>2301</v>
+        <v>2304</v>
       </c>
       <c r="D682" t="s">
-        <v>2302</v>
+        <v>2305</v>
       </c>
       <c r="E682" t="s">
-        <v>2303</v>
+        <v>2306</v>
       </c>
       <c r="F682" t="s">
         <v>15</v>
       </c>
       <c r="G682" t="s">
         <v>16</v>
       </c>
       <c r="H682" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I682" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J682" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K682" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" t="s">
         <v>11</v>
       </c>
       <c r="B683" t="s">
-        <v>2304</v>
+        <v>2307</v>
       </c>
       <c r="C683" t="s">
-        <v>2304</v>
+        <v>2307</v>
       </c>
       <c r="D683" t="s">
-        <v>2305</v>
+        <v>2308</v>
       </c>
       <c r="E683" t="s">
-        <v>2306</v>
+        <v>2309</v>
       </c>
       <c r="F683" t="s">
         <v>15</v>
       </c>
       <c r="G683" t="s">
         <v>16</v>
       </c>
       <c r="H683" t="s">
-        <v>345</v>
+        <v>64</v>
       </c>
       <c r="I683" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J683" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K683" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" t="s">
         <v>11</v>
       </c>
       <c r="B684" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="C684" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="D684" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="E684" t="s">
-        <v>2309</v>
+        <v>2312</v>
       </c>
       <c r="F684" t="s">
         <v>15</v>
       </c>
       <c r="G684" t="s">
         <v>16</v>
       </c>
       <c r="H684" t="s">
-        <v>221</v>
+        <v>785</v>
       </c>
       <c r="I684" t="s">
-        <v>2310</v>
+        <v>2313</v>
       </c>
       <c r="J684" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K684" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" t="s">
         <v>11</v>
       </c>
       <c r="B685" t="s">
-        <v>2311</v>
+        <v>2314</v>
       </c>
       <c r="C685" t="s">
-        <v>2311</v>
+        <v>2314</v>
       </c>
       <c r="D685" t="s">
-        <v>2312</v>
+        <v>2315</v>
       </c>
       <c r="E685" t="s">
-        <v>2313</v>
+        <v>2316</v>
       </c>
       <c r="F685" t="s">
         <v>15</v>
       </c>
       <c r="G685" t="s">
         <v>16</v>
       </c>
       <c r="H685" t="s">
-        <v>160</v>
+        <v>49</v>
       </c>
       <c r="I685" t="s">
-        <v>696</v>
+        <v>777</v>
       </c>
       <c r="J685" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K685" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" t="s">
         <v>11</v>
       </c>
       <c r="B686" t="s">
-        <v>2314</v>
+        <v>2317</v>
       </c>
       <c r="C686" t="s">
-        <v>2314</v>
+        <v>2317</v>
       </c>
       <c r="D686" t="s">
-        <v>2315</v>
+        <v>2318</v>
       </c>
       <c r="E686" t="s">
-        <v>2316</v>
+        <v>2319</v>
       </c>
       <c r="F686" t="s">
         <v>15</v>
       </c>
       <c r="G686" t="s">
         <v>16</v>
       </c>
       <c r="H686" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="I686" t="s">
-        <v>35</v>
+        <v>2320</v>
       </c>
       <c r="J686" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K686" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" t="s">
         <v>11</v>
       </c>
       <c r="B687" t="s">
-        <v>2317</v>
+        <v>2321</v>
       </c>
       <c r="C687" t="s">
-        <v>2317</v>
+        <v>2321</v>
       </c>
       <c r="D687" t="s">
-        <v>2318</v>
+        <v>2322</v>
       </c>
       <c r="E687" t="s">
-        <v>2319</v>
+        <v>2323</v>
       </c>
       <c r="F687" t="s">
         <v>15</v>
       </c>
       <c r="G687" t="s">
         <v>16</v>
       </c>
       <c r="H687" t="s">
-        <v>160</v>
+        <v>126</v>
       </c>
       <c r="I687" t="s">
-        <v>2320</v>
+        <v>260</v>
       </c>
       <c r="J687" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K687" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" t="s">
         <v>11</v>
       </c>
       <c r="B688" t="s">
-        <v>2321</v>
+        <v>2324</v>
       </c>
       <c r="C688" t="s">
-        <v>2321</v>
+        <v>2324</v>
       </c>
       <c r="D688" t="s">
-        <v>2322</v>
+        <v>2325</v>
       </c>
       <c r="E688" t="s">
-        <v>2323</v>
+        <v>2326</v>
       </c>
       <c r="F688" t="s">
         <v>15</v>
       </c>
       <c r="G688" t="s">
         <v>16</v>
       </c>
       <c r="H688" t="s">
-        <v>251</v>
+        <v>728</v>
       </c>
       <c r="I688" t="s">
-        <v>69</v>
+        <v>1044</v>
       </c>
       <c r="J688" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K688" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" t="s">
         <v>11</v>
       </c>
       <c r="B689" t="s">
-        <v>2324</v>
+        <v>2327</v>
       </c>
       <c r="C689" t="s">
-        <v>2324</v>
+        <v>2327</v>
       </c>
       <c r="D689" t="s">
-        <v>2325</v>
+        <v>2328</v>
       </c>
       <c r="E689" t="s">
-        <v>2326</v>
+        <v>2329</v>
       </c>
       <c r="F689" t="s">
         <v>15</v>
       </c>
       <c r="G689" t="s">
         <v>16</v>
       </c>
       <c r="H689" t="s">
-        <v>251</v>
+        <v>380</v>
       </c>
       <c r="I689" t="s">
-        <v>651</v>
+        <v>184</v>
       </c>
       <c r="J689" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K689" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" t="s">
         <v>11</v>
       </c>
       <c r="B690" t="s">
-        <v>2327</v>
+        <v>2330</v>
       </c>
       <c r="C690" t="s">
-        <v>2327</v>
+        <v>2330</v>
       </c>
       <c r="D690" t="s">
-        <v>2328</v>
+        <v>2331</v>
       </c>
       <c r="E690" t="s">
-        <v>2329</v>
+        <v>2332</v>
       </c>
       <c r="F690" t="s">
         <v>15</v>
       </c>
       <c r="G690" t="s">
         <v>16</v>
       </c>
       <c r="H690" t="s">
-        <v>847</v>
+        <v>380</v>
       </c>
       <c r="I690" t="s">
-        <v>1027</v>
+        <v>2333</v>
       </c>
       <c r="J690" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K690" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" t="s">
         <v>11</v>
       </c>
       <c r="B691" t="s">
-        <v>2330</v>
+        <v>2334</v>
       </c>
       <c r="C691" t="s">
-        <v>2330</v>
+        <v>2334</v>
       </c>
       <c r="D691" t="s">
-        <v>2331</v>
+        <v>2335</v>
       </c>
       <c r="E691" t="s">
-        <v>2332</v>
+        <v>2336</v>
       </c>
       <c r="F691" t="s">
         <v>15</v>
       </c>
       <c r="G691" t="s">
         <v>16</v>
       </c>
       <c r="H691" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="I691" t="s">
-        <v>46</v>
+        <v>430</v>
       </c>
       <c r="J691" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K691" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" t="s">
         <v>11</v>
       </c>
       <c r="B692" t="s">
-        <v>2333</v>
+        <v>2337</v>
       </c>
       <c r="C692" t="s">
-        <v>2333</v>
+        <v>2337</v>
       </c>
       <c r="D692" t="s">
-        <v>2334</v>
+        <v>2338</v>
       </c>
       <c r="E692" t="s">
-        <v>2335</v>
+        <v>2339</v>
       </c>
       <c r="F692" t="s">
         <v>15</v>
       </c>
       <c r="G692" t="s">
         <v>16</v>
       </c>
       <c r="H692" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I692" t="s">
-        <v>2336</v>
+        <v>418</v>
       </c>
       <c r="J692" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K692" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" t="s">
         <v>11</v>
       </c>
       <c r="B693" t="s">
-        <v>2337</v>
+        <v>2340</v>
       </c>
       <c r="C693" t="s">
-        <v>2337</v>
+        <v>2340</v>
       </c>
       <c r="D693" t="s">
-        <v>2338</v>
+        <v>2341</v>
       </c>
       <c r="E693" t="s">
-        <v>2339</v>
+        <v>2342</v>
       </c>
       <c r="F693" t="s">
         <v>15</v>
       </c>
       <c r="G693" t="s">
         <v>16</v>
       </c>
       <c r="H693" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="I693" t="s">
-        <v>415</v>
+        <v>184</v>
       </c>
       <c r="J693" t="s">
         <v>19</v>
       </c>
       <c r="K693" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" t="s">
         <v>11</v>
       </c>
       <c r="B694" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
       <c r="C694" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
       <c r="D694" t="s">
-        <v>2341</v>
+        <v>2344</v>
       </c>
       <c r="E694" t="s">
-        <v>2342</v>
+        <v>2345</v>
       </c>
       <c r="F694" t="s">
         <v>15</v>
       </c>
       <c r="G694" t="s">
         <v>16</v>
       </c>
       <c r="H694" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="I694" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J694" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K694" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" t="s">
         <v>11</v>
       </c>
       <c r="B695" t="s">
-        <v>2343</v>
+        <v>2346</v>
       </c>
       <c r="C695" t="s">
-        <v>2343</v>
+        <v>2346</v>
       </c>
       <c r="D695" t="s">
-        <v>2344</v>
+        <v>2347</v>
       </c>
       <c r="E695" t="s">
-        <v>2345</v>
+        <v>2348</v>
       </c>
       <c r="F695" t="s">
         <v>15</v>
       </c>
       <c r="G695" t="s">
         <v>16</v>
       </c>
       <c r="H695" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="I695" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J695" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K695" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" t="s">
         <v>11</v>
       </c>
       <c r="B696" t="s">
-        <v>2346</v>
+        <v>2349</v>
       </c>
       <c r="C696" t="s">
-        <v>2346</v>
+        <v>2349</v>
       </c>
       <c r="D696" t="s">
-        <v>2347</v>
+        <v>2350</v>
       </c>
       <c r="E696" t="s">
-        <v>2348</v>
+        <v>2351</v>
       </c>
       <c r="F696" t="s">
         <v>15</v>
       </c>
       <c r="G696" t="s">
         <v>16</v>
       </c>
       <c r="H696" t="s">
-        <v>17</v>
+        <v>401</v>
       </c>
       <c r="I696" t="s">
-        <v>69</v>
+        <v>977</v>
       </c>
       <c r="J696" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K696" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" t="s">
         <v>11</v>
       </c>
       <c r="B697" t="s">
-        <v>2349</v>
+        <v>2352</v>
       </c>
       <c r="C697" t="s">
-        <v>2349</v>
+        <v>2352</v>
       </c>
       <c r="D697" t="s">
-        <v>2350</v>
+        <v>2353</v>
       </c>
       <c r="E697" t="s">
-        <v>2351</v>
+        <v>2354</v>
       </c>
       <c r="F697" t="s">
         <v>15</v>
       </c>
       <c r="G697" t="s">
         <v>16</v>
       </c>
       <c r="H697" t="s">
-        <v>56</v>
+        <v>92</v>
       </c>
       <c r="I697" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="J697" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K697" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" t="s">
         <v>11</v>
       </c>
       <c r="B698" t="s">
-        <v>2352</v>
+        <v>2355</v>
       </c>
       <c r="C698" t="s">
-        <v>2352</v>
+        <v>2355</v>
       </c>
       <c r="D698" t="s">
-        <v>2353</v>
+        <v>2356</v>
       </c>
       <c r="E698" t="s">
-        <v>2354</v>
+        <v>2357</v>
       </c>
       <c r="F698" t="s">
         <v>15</v>
       </c>
       <c r="G698" t="s">
         <v>16</v>
       </c>
       <c r="H698" t="s">
-        <v>84</v>
+        <v>17</v>
       </c>
       <c r="I698" t="s">
-        <v>278</v>
+        <v>18</v>
       </c>
       <c r="J698" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K698" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" t="s">
         <v>11</v>
       </c>
       <c r="B699" t="s">
-        <v>2355</v>
+        <v>2358</v>
       </c>
       <c r="C699" t="s">
-        <v>2355</v>
+        <v>2358</v>
       </c>
       <c r="D699" t="s">
-        <v>2356</v>
+        <v>2359</v>
       </c>
       <c r="E699" t="s">
-        <v>2357</v>
+        <v>2360</v>
       </c>
       <c r="F699" t="s">
         <v>15</v>
       </c>
       <c r="G699" t="s">
         <v>16</v>
       </c>
       <c r="H699" t="s">
-        <v>73</v>
+        <v>221</v>
       </c>
       <c r="I699" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J699" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K699" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" t="s">
         <v>11</v>
       </c>
       <c r="B700" t="s">
-        <v>2358</v>
+        <v>2361</v>
       </c>
       <c r="C700" t="s">
-        <v>2358</v>
+        <v>2361</v>
       </c>
       <c r="D700" t="s">
-        <v>2359</v>
+        <v>2362</v>
       </c>
       <c r="E700" t="s">
-        <v>2360</v>
+        <v>2363</v>
       </c>
       <c r="F700" t="s">
         <v>15</v>
       </c>
       <c r="G700" t="s">
         <v>16</v>
       </c>
       <c r="H700" t="s">
-        <v>91</v>
+        <v>64</v>
       </c>
       <c r="I700" t="s">
-        <v>69</v>
+        <v>2364</v>
       </c>
       <c r="J700" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K700" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" t="s">
         <v>11</v>
       </c>
       <c r="B701" t="s">
-        <v>2361</v>
+        <v>2365</v>
       </c>
       <c r="C701" t="s">
-        <v>2361</v>
+        <v>2365</v>
       </c>
       <c r="D701" t="s">
-        <v>2362</v>
+        <v>2366</v>
       </c>
       <c r="E701" t="s">
-        <v>2363</v>
+        <v>2367</v>
       </c>
       <c r="F701" t="s">
         <v>15</v>
       </c>
       <c r="G701" t="s">
         <v>16</v>
       </c>
       <c r="H701" t="s">
-        <v>345</v>
+        <v>43</v>
       </c>
       <c r="I701" t="s">
-        <v>2364</v>
+        <v>2368</v>
       </c>
       <c r="J701" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K701" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" t="s">
         <v>11</v>
       </c>
       <c r="B702" t="s">
-        <v>2365</v>
+        <v>2369</v>
       </c>
       <c r="C702" t="s">
-        <v>2365</v>
+        <v>2369</v>
       </c>
       <c r="D702" t="s">
-        <v>2366</v>
+        <v>2370</v>
       </c>
       <c r="E702" t="s">
-        <v>2367</v>
+        <v>2371</v>
       </c>
       <c r="F702" t="s">
         <v>15</v>
       </c>
       <c r="G702" t="s">
         <v>16</v>
       </c>
       <c r="H702" t="s">
-        <v>73</v>
+        <v>247</v>
       </c>
       <c r="I702" t="s">
-        <v>69</v>
+        <v>2372</v>
       </c>
       <c r="J702" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K702" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" t="s">
         <v>11</v>
       </c>
       <c r="B703" t="s">
-        <v>2368</v>
+        <v>2373</v>
       </c>
       <c r="C703" t="s">
-        <v>2368</v>
+        <v>2373</v>
       </c>
       <c r="D703" t="s">
-        <v>2369</v>
+        <v>2374</v>
       </c>
       <c r="E703" t="s">
-        <v>2370</v>
+        <v>2375</v>
       </c>
       <c r="F703" t="s">
         <v>15</v>
       </c>
       <c r="G703" t="s">
         <v>16</v>
       </c>
       <c r="H703" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I703" t="s">
-        <v>101</v>
+        <v>2376</v>
       </c>
       <c r="J703" t="s">
         <v>19</v>
       </c>
       <c r="K703" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" t="s">
         <v>11</v>
       </c>
       <c r="B704" t="s">
-        <v>2371</v>
+        <v>2377</v>
       </c>
       <c r="C704" t="s">
-        <v>2371</v>
+        <v>2377</v>
       </c>
       <c r="D704" t="s">
-        <v>2372</v>
+        <v>2378</v>
       </c>
       <c r="E704" t="s">
-        <v>2373</v>
+        <v>2379</v>
       </c>
       <c r="F704" t="s">
         <v>15</v>
       </c>
       <c r="G704" t="s">
         <v>16</v>
       </c>
       <c r="H704" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="I704" t="s">
-        <v>2374</v>
+        <v>426</v>
       </c>
       <c r="J704" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K704" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" t="s">
         <v>11</v>
       </c>
       <c r="B705" t="s">
-        <v>2375</v>
+        <v>2380</v>
       </c>
       <c r="C705" t="s">
-        <v>2375</v>
+        <v>2380</v>
       </c>
       <c r="D705" t="s">
-        <v>2376</v>
+        <v>2381</v>
       </c>
       <c r="E705" t="s">
-        <v>2377</v>
+        <v>2382</v>
       </c>
       <c r="F705" t="s">
         <v>15</v>
       </c>
       <c r="G705" t="s">
         <v>16</v>
       </c>
       <c r="H705" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="I705" t="s">
-        <v>2378</v>
+        <v>814</v>
       </c>
       <c r="J705" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K705" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" t="s">
         <v>11</v>
       </c>
       <c r="B706" t="s">
-        <v>2379</v>
+        <v>2383</v>
       </c>
       <c r="C706" t="s">
-        <v>2379</v>
+        <v>2383</v>
       </c>
       <c r="D706" t="s">
-        <v>2380</v>
+        <v>2384</v>
       </c>
       <c r="E706" t="s">
-        <v>2381</v>
+        <v>2385</v>
       </c>
       <c r="F706" t="s">
         <v>15</v>
       </c>
       <c r="G706" t="s">
         <v>16</v>
       </c>
       <c r="H706" t="s">
-        <v>30</v>
+        <v>221</v>
       </c>
       <c r="I706" t="s">
-        <v>411</v>
+        <v>18</v>
       </c>
       <c r="J706" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K706" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" t="s">
         <v>11</v>
       </c>
       <c r="B707" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="C707" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="D707" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="E707" t="s">
-        <v>2384</v>
+        <v>2388</v>
       </c>
       <c r="F707" t="s">
         <v>15</v>
       </c>
       <c r="G707" t="s">
         <v>16</v>
       </c>
       <c r="H707" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I707" t="s">
-        <v>732</v>
+        <v>2389</v>
       </c>
       <c r="J707" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K707" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" t="s">
         <v>11</v>
       </c>
       <c r="B708" t="s">
-        <v>2385</v>
+        <v>2390</v>
       </c>
       <c r="C708" t="s">
-        <v>2385</v>
+        <v>2390</v>
       </c>
       <c r="D708" t="s">
-        <v>2386</v>
+        <v>2391</v>
       </c>
       <c r="E708" t="s">
-        <v>2387</v>
+        <v>2392</v>
       </c>
       <c r="F708" t="s">
         <v>15</v>
       </c>
       <c r="G708" t="s">
         <v>16</v>
       </c>
       <c r="H708" t="s">
-        <v>91</v>
+        <v>126</v>
       </c>
       <c r="I708" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J708" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K708" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" t="s">
         <v>11</v>
       </c>
       <c r="B709" t="s">
-        <v>2388</v>
+        <v>2393</v>
       </c>
       <c r="C709" t="s">
-        <v>2388</v>
+        <v>2393</v>
       </c>
       <c r="D709" t="s">
-        <v>2389</v>
+        <v>2394</v>
       </c>
       <c r="E709" t="s">
-        <v>2390</v>
+        <v>2395</v>
       </c>
       <c r="F709" t="s">
         <v>15</v>
       </c>
       <c r="G709" t="s">
         <v>16</v>
       </c>
       <c r="H709" t="s">
-        <v>487</v>
+        <v>16</v>
       </c>
       <c r="I709" t="s">
-        <v>2391</v>
+        <v>2396</v>
       </c>
       <c r="J709" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K709" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" t="s">
         <v>11</v>
       </c>
       <c r="B710" t="s">
-        <v>2392</v>
+        <v>2397</v>
       </c>
       <c r="C710" t="s">
-        <v>2392</v>
+        <v>2397</v>
       </c>
       <c r="D710" t="s">
-        <v>2393</v>
+        <v>2398</v>
       </c>
       <c r="E710" t="s">
-        <v>2394</v>
+        <v>2399</v>
       </c>
       <c r="F710" t="s">
         <v>15</v>
       </c>
       <c r="G710" t="s">
         <v>16</v>
       </c>
       <c r="H710" t="s">
-        <v>160</v>
+        <v>17</v>
       </c>
       <c r="I710" t="s">
-        <v>2395</v>
+        <v>18</v>
       </c>
       <c r="J710" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K710" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" t="s">
         <v>11</v>
       </c>
       <c r="B711" t="s">
-        <v>2396</v>
+        <v>2400</v>
       </c>
       <c r="C711" t="s">
-        <v>2396</v>
+        <v>2400</v>
       </c>
       <c r="D711" t="s">
-        <v>2397</v>
+        <v>2401</v>
       </c>
       <c r="E711" t="s">
-        <v>2398</v>
+        <v>2402</v>
       </c>
       <c r="F711" t="s">
         <v>15</v>
       </c>
       <c r="G711" t="s">
         <v>16</v>
       </c>
       <c r="H711" t="s">
-        <v>251</v>
+        <v>221</v>
       </c>
       <c r="I711" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J711" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K711" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" t="s">
         <v>11</v>
       </c>
       <c r="B712" t="s">
-        <v>2399</v>
+        <v>2403</v>
       </c>
       <c r="C712" t="s">
-        <v>2399</v>
+        <v>2403</v>
       </c>
       <c r="D712" t="s">
-        <v>2400</v>
+        <v>2404</v>
       </c>
       <c r="E712" t="s">
-        <v>2401</v>
+        <v>2405</v>
       </c>
       <c r="F712" t="s">
         <v>15</v>
       </c>
       <c r="G712" t="s">
         <v>16</v>
       </c>
       <c r="H712" t="s">
-        <v>16</v>
+        <v>221</v>
       </c>
       <c r="I712" t="s">
-        <v>2402</v>
+        <v>184</v>
       </c>
       <c r="J712" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K712" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" t="s">
         <v>11</v>
       </c>
       <c r="B713" t="s">
-        <v>2403</v>
+        <v>2406</v>
       </c>
       <c r="C713" t="s">
-        <v>2403</v>
+        <v>2406</v>
       </c>
       <c r="D713" t="s">
-        <v>2404</v>
+        <v>2407</v>
       </c>
       <c r="E713" t="s">
-        <v>2405</v>
+        <v>2408</v>
       </c>
       <c r="F713" t="s">
         <v>15</v>
       </c>
       <c r="G713" t="s">
         <v>16</v>
       </c>
       <c r="H713" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="I713" t="s">
-        <v>69</v>
+        <v>1131</v>
       </c>
       <c r="J713" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K713" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" t="s">
         <v>11</v>
       </c>
       <c r="B714" t="s">
-        <v>2406</v>
+        <v>2409</v>
       </c>
       <c r="C714" t="s">
-        <v>2406</v>
+        <v>2409</v>
       </c>
       <c r="D714" t="s">
-        <v>2407</v>
+        <v>2410</v>
       </c>
       <c r="E714" t="s">
-        <v>2408</v>
+        <v>2411</v>
       </c>
       <c r="F714" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="G714" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
       <c r="H714" t="s">
-        <v>91</v>
+        <v>1339</v>
       </c>
       <c r="I714" t="s">
-        <v>46</v>
+        <v>2412</v>
       </c>
       <c r="J714" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K714" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" t="s">
         <v>11</v>
       </c>
       <c r="B715" t="s">
-        <v>2409</v>
+        <v>2413</v>
       </c>
       <c r="C715" t="s">
-        <v>2409</v>
+        <v>2413</v>
       </c>
       <c r="D715" t="s">
-        <v>2410</v>
+        <v>2414</v>
       </c>
       <c r="E715" t="s">
-        <v>2411</v>
+        <v>2415</v>
       </c>
       <c r="F715" t="s">
         <v>15</v>
       </c>
       <c r="G715" t="s">
         <v>16</v>
       </c>
       <c r="H715" t="s">
-        <v>132</v>
+        <v>43</v>
       </c>
       <c r="I715" t="s">
-        <v>1115</v>
+        <v>18</v>
       </c>
       <c r="J715" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K715" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" t="s">
         <v>11</v>
       </c>
       <c r="B716" t="s">
-        <v>2412</v>
+        <v>2416</v>
       </c>
       <c r="C716" t="s">
-        <v>2412</v>
+        <v>2416</v>
       </c>
       <c r="D716" t="s">
-        <v>2413</v>
+        <v>2417</v>
       </c>
       <c r="E716" t="s">
-        <v>2414</v>
+        <v>2418</v>
       </c>
       <c r="F716" t="s">
         <v>15</v>
       </c>
       <c r="G716" t="s">
         <v>16</v>
       </c>
       <c r="H716" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="I716" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J716" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K716" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" t="s">
         <v>11</v>
       </c>
       <c r="B717" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="C717" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="D717" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="E717" t="s">
-        <v>2417</v>
+        <v>2421</v>
       </c>
       <c r="F717" t="s">
         <v>15</v>
       </c>
       <c r="G717" t="s">
         <v>16</v>
       </c>
       <c r="H717" t="s">
-        <v>132</v>
+        <v>380</v>
       </c>
       <c r="I717" t="s">
-        <v>2418</v>
+        <v>184</v>
       </c>
       <c r="J717" t="s">
         <v>19</v>
       </c>
       <c r="K717" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" t="s">
         <v>11</v>
       </c>
       <c r="B718" t="s">
-        <v>2419</v>
+        <v>2422</v>
       </c>
       <c r="C718" t="s">
-        <v>2419</v>
+        <v>2422</v>
       </c>
       <c r="D718" t="s">
-        <v>2420</v>
+        <v>2423</v>
       </c>
       <c r="E718" t="s">
-        <v>2421</v>
+        <v>2424</v>
       </c>
       <c r="F718" t="s">
         <v>15</v>
       </c>
       <c r="G718" t="s">
         <v>16</v>
       </c>
       <c r="H718" t="s">
-        <v>73</v>
+        <v>34</v>
       </c>
       <c r="I718" t="s">
-        <v>69</v>
+        <v>108</v>
       </c>
       <c r="J718" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K718" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" t="s">
         <v>11</v>
       </c>
       <c r="B719" t="s">
-        <v>2422</v>
+        <v>2425</v>
       </c>
       <c r="C719" t="s">
-        <v>2422</v>
+        <v>2425</v>
       </c>
       <c r="D719" t="s">
-        <v>2423</v>
+        <v>2426</v>
       </c>
       <c r="E719" t="s">
-        <v>2424</v>
+        <v>2427</v>
       </c>
       <c r="F719" t="s">
         <v>15</v>
       </c>
       <c r="G719" t="s">
         <v>16</v>
       </c>
       <c r="H719" t="s">
-        <v>34</v>
+        <v>380</v>
       </c>
       <c r="I719" t="s">
-        <v>2425</v>
+        <v>977</v>
       </c>
       <c r="J719" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K719" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" t="s">
         <v>11</v>
       </c>
       <c r="B720" t="s">
-        <v>2426</v>
+        <v>2428</v>
       </c>
       <c r="C720" t="s">
-        <v>2426</v>
+        <v>2428</v>
       </c>
       <c r="D720" t="s">
-        <v>2427</v>
+        <v>2429</v>
       </c>
       <c r="E720" t="s">
-        <v>2428</v>
+        <v>2430</v>
       </c>
       <c r="F720" t="s">
         <v>15</v>
       </c>
       <c r="G720" t="s">
         <v>16</v>
       </c>
       <c r="H720" t="s">
-        <v>487</v>
+        <v>97</v>
       </c>
       <c r="I720" t="s">
-        <v>2429</v>
+        <v>108</v>
       </c>
       <c r="J720" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K720" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" t="s">
         <v>11</v>
       </c>
       <c r="B721" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
       <c r="C721" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
       <c r="D721" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="E721" t="s">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="F721" t="s">
         <v>15</v>
       </c>
       <c r="G721" t="s">
         <v>16</v>
       </c>
       <c r="H721" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="I721" t="s">
-        <v>2433</v>
+        <v>418</v>
       </c>
       <c r="J721" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K721" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" t="s">
         <v>11</v>
       </c>
       <c r="B722" t="s">
         <v>2434</v>
       </c>
       <c r="C722" t="s">
         <v>2434</v>
       </c>
       <c r="D722" t="s">
         <v>2435</v>
       </c>
       <c r="E722" t="s">
         <v>2436</v>
       </c>
       <c r="F722" t="s">
         <v>15</v>
       </c>
       <c r="G722" t="s">
         <v>16</v>
       </c>
       <c r="H722" t="s">
-        <v>73</v>
+        <v>380</v>
       </c>
       <c r="I722" t="s">
-        <v>69</v>
+        <v>977</v>
       </c>
       <c r="J722" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K722" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" t="s">
         <v>11</v>
       </c>
       <c r="B723" t="s">
-        <v>167</v>
+        <v>2437</v>
       </c>
       <c r="C723" t="s">
         <v>2437</v>
       </c>
       <c r="D723" t="s">
         <v>2438</v>
       </c>
       <c r="E723" t="s">
         <v>2439</v>
       </c>
       <c r="F723" t="s">
         <v>15</v>
       </c>
       <c r="G723" t="s">
         <v>16</v>
       </c>
       <c r="H723" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="I723" t="s">
-        <v>171</v>
+        <v>966</v>
       </c>
       <c r="J723" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K723" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" t="s">
         <v>11</v>
       </c>
       <c r="B724" t="s">
-        <v>476</v>
+        <v>2440</v>
       </c>
       <c r="C724" t="s">
         <v>2440</v>
       </c>
       <c r="D724" t="s">
         <v>2441</v>
       </c>
       <c r="E724" t="s">
         <v>2442</v>
       </c>
       <c r="F724" t="s">
         <v>15</v>
       </c>
       <c r="G724" t="s">
         <v>16</v>
       </c>
       <c r="H724" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
       <c r="I724" t="s">
-        <v>171</v>
+        <v>184</v>
       </c>
       <c r="J724" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K724" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" t="s">
         <v>11</v>
       </c>
       <c r="B725" t="s">
-        <v>1224</v>
+        <v>2443</v>
       </c>
       <c r="C725" t="s">
         <v>2443</v>
       </c>
       <c r="D725" t="s">
         <v>2444</v>
       </c>
       <c r="E725" t="s">
         <v>2445</v>
       </c>
       <c r="F725" t="s">
         <v>15</v>
       </c>
       <c r="G725" t="s">
         <v>16</v>
       </c>
       <c r="H725" t="s">
-        <v>1183</v>
+        <v>34</v>
       </c>
       <c r="I725" t="s">
-        <v>1228</v>
+        <v>184</v>
       </c>
       <c r="J725" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K725" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" t="s">
         <v>11</v>
       </c>
       <c r="B726" t="s">
-        <v>483</v>
+        <v>2446</v>
       </c>
       <c r="C726" t="s">
         <v>2446</v>
       </c>
       <c r="D726" t="s">
         <v>2447</v>
       </c>
       <c r="E726" t="s">
         <v>2448</v>
       </c>
       <c r="F726" t="s">
         <v>15</v>
       </c>
       <c r="G726" t="s">
         <v>16</v>
       </c>
       <c r="H726" t="s">
-        <v>487</v>
+        <v>380</v>
       </c>
       <c r="I726" t="s">
-        <v>488</v>
+        <v>184</v>
       </c>
       <c r="J726" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K726" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" t="s">
         <v>11</v>
       </c>
       <c r="B727" t="s">
-        <v>483</v>
+        <v>2449</v>
       </c>
       <c r="C727" t="s">
         <v>2449</v>
       </c>
       <c r="D727" t="s">
         <v>2450</v>
       </c>
       <c r="E727" t="s">
         <v>2451</v>
       </c>
       <c r="F727" t="s">
         <v>15</v>
       </c>
       <c r="G727" t="s">
         <v>16</v>
       </c>
       <c r="H727" t="s">
-        <v>345</v>
+        <v>401</v>
       </c>
       <c r="I727" t="s">
-        <v>488</v>
+        <v>282</v>
       </c>
       <c r="J727" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K727" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" t="s">
         <v>11</v>
       </c>
       <c r="B728" t="s">
-        <v>1201</v>
+        <v>2452</v>
       </c>
       <c r="C728" t="s">
         <v>2452</v>
       </c>
       <c r="D728" t="s">
         <v>2453</v>
       </c>
       <c r="E728" t="s">
         <v>2454</v>
       </c>
       <c r="F728" t="s">
         <v>15</v>
       </c>
       <c r="G728" t="s">
         <v>16</v>
       </c>
       <c r="H728" t="s">
-        <v>915</v>
+        <v>401</v>
       </c>
       <c r="I728" t="s">
-        <v>1205</v>
+        <v>2455</v>
       </c>
       <c r="J728" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K728" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" t="s">
         <v>11</v>
       </c>
       <c r="B729" t="s">
-        <v>162</v>
+        <v>2456</v>
       </c>
       <c r="C729" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="D729" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="E729" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="F729" t="s">
         <v>15</v>
       </c>
       <c r="G729" t="s">
         <v>16</v>
       </c>
       <c r="H729" t="s">
-        <v>16</v>
+        <v>401</v>
       </c>
       <c r="I729" t="s">
-        <v>166</v>
+        <v>184</v>
       </c>
       <c r="J729" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K729" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" t="s">
         <v>11</v>
       </c>
       <c r="B730" t="s">
-        <v>187</v>
+        <v>2459</v>
       </c>
       <c r="C730" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="D730" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
       <c r="E730" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="F730" t="s">
         <v>15</v>
       </c>
       <c r="G730" t="s">
         <v>16</v>
       </c>
       <c r="H730" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="I730" t="s">
-        <v>192</v>
+        <v>18</v>
       </c>
       <c r="J730" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K730" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" t="s">
         <v>11</v>
       </c>
       <c r="B731" t="s">
-        <v>179</v>
+        <v>402</v>
       </c>
       <c r="C731" t="s">
-        <v>2461</v>
+        <v>402</v>
       </c>
       <c r="D731" t="s">
         <v>2462</v>
       </c>
       <c r="E731" t="s">
         <v>2463</v>
       </c>
       <c r="F731" t="s">
         <v>15</v>
       </c>
       <c r="G731" t="s">
         <v>16</v>
       </c>
       <c r="H731" t="s">
-        <v>132</v>
+        <v>212</v>
       </c>
       <c r="I731" t="s">
-        <v>183</v>
+        <v>18</v>
       </c>
       <c r="J731" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K731" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" t="s">
         <v>11</v>
       </c>
       <c r="B732" t="s">
-        <v>1028</v>
+        <v>2464</v>
       </c>
       <c r="C732" t="s">
         <v>2464</v>
       </c>
       <c r="D732" t="s">
         <v>2465</v>
       </c>
       <c r="E732" t="s">
         <v>2466</v>
       </c>
       <c r="F732" t="s">
         <v>15</v>
       </c>
       <c r="G732" t="s">
         <v>16</v>
       </c>
       <c r="H732" t="s">
-        <v>84</v>
+        <v>17</v>
       </c>
       <c r="I732" t="s">
-        <v>1032</v>
+        <v>18</v>
       </c>
       <c r="J732" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K732" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" t="s">
         <v>11</v>
       </c>
       <c r="B733" t="s">
         <v>2467</v>
       </c>
       <c r="C733" t="s">
         <v>2467</v>
       </c>
       <c r="D733" t="s">
         <v>2468</v>
       </c>
       <c r="E733" t="s">
         <v>2469</v>
       </c>
       <c r="F733" t="s">
         <v>15</v>
       </c>
       <c r="G733" t="s">
         <v>16</v>
       </c>
       <c r="H733" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="I733" t="s">
-        <v>69</v>
+        <v>184</v>
       </c>
       <c r="J733" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K733" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" t="s">
         <v>11</v>
       </c>
       <c r="B734" t="s">
         <v>2470</v>
       </c>
       <c r="C734" t="s">
         <v>2470</v>
       </c>
       <c r="D734" t="s">
         <v>2471</v>
       </c>
       <c r="E734" t="s">
         <v>2472</v>
       </c>
       <c r="F734" t="s">
         <v>15</v>
       </c>
       <c r="G734" t="s">
         <v>16</v>
       </c>
       <c r="H734" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="I734" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J734" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K734" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" t="s">
         <v>11</v>
       </c>
       <c r="B735" t="s">
-        <v>167</v>
+        <v>2473</v>
       </c>
       <c r="C735" t="s">
         <v>2473</v>
       </c>
       <c r="D735" t="s">
         <v>2474</v>
       </c>
       <c r="E735" t="s">
         <v>2475</v>
       </c>
       <c r="F735" t="s">
         <v>15</v>
       </c>
       <c r="G735" t="s">
         <v>16</v>
       </c>
       <c r="H735" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="I735" t="s">
-        <v>171</v>
+        <v>18</v>
       </c>
       <c r="J735" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K735" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" t="s">
         <v>11</v>
       </c>
       <c r="B736" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C736" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D736" t="s">
         <v>2476</v>
       </c>
-      <c r="C736" t="s">
-[...2 lines deleted...]
-      <c r="D736" t="s">
+      <c r="E736" t="s">
         <v>2477</v>
       </c>
-      <c r="E736" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F736" t="s">
         <v>15</v>
       </c>
       <c r="G736" t="s">
         <v>16</v>
       </c>
       <c r="H736" t="s">
-        <v>345</v>
+        <v>221</v>
       </c>
       <c r="I736" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J736" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K736" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" t="s">
         <v>11</v>
       </c>
       <c r="B737" t="s">
+        <v>2478</v>
+      </c>
+      <c r="C737" t="s">
+        <v>2478</v>
+      </c>
+      <c r="D737" t="s">
         <v>2479</v>
       </c>
-      <c r="C737" t="s">
-[...2 lines deleted...]
-      <c r="D737" t="s">
+      <c r="E737" t="s">
         <v>2480</v>
       </c>
-      <c r="E737" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F737" t="s">
         <v>15</v>
       </c>
       <c r="G737" t="s">
         <v>16</v>
       </c>
       <c r="H737" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="I737" t="s">
-        <v>18</v>
+        <v>1112</v>
       </c>
       <c r="J737" t="s">
         <v>19</v>
       </c>
       <c r="K737" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" t="s">
         <v>11</v>
       </c>
       <c r="B738" t="s">
+        <v>2481</v>
+      </c>
+      <c r="C738" t="s">
+        <v>2481</v>
+      </c>
+      <c r="D738" t="s">
         <v>2482</v>
       </c>
-      <c r="C738" t="s">
-[...2 lines deleted...]
-      <c r="D738" t="s">
+      <c r="E738" t="s">
         <v>2483</v>
       </c>
-      <c r="E738" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F738" t="s">
         <v>15</v>
       </c>
       <c r="G738" t="s">
         <v>16</v>
       </c>
       <c r="H738" t="s">
-        <v>160</v>
+        <v>43</v>
       </c>
       <c r="I738" t="s">
-        <v>278</v>
+        <v>2368</v>
       </c>
       <c r="J738" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K738" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" t="s">
         <v>11</v>
       </c>
       <c r="B739" t="s">
-        <v>162</v>
+        <v>2484</v>
       </c>
       <c r="C739" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D739" t="s">
         <v>2485</v>
       </c>
-      <c r="D739" t="s">
+      <c r="E739" t="s">
         <v>2486</v>
       </c>
-      <c r="E739" t="s">
+      <c r="F739" t="s">
+        <v>15</v>
+      </c>
+      <c r="G739" t="s">
+        <v>16</v>
+      </c>
+      <c r="H739" t="s">
+        <v>97</v>
+      </c>
+      <c r="I739" t="s">
         <v>2487</v>
       </c>
-      <c r="F739" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J739" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K739" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" t="s">
         <v>11</v>
       </c>
       <c r="B740" t="s">
-        <v>1536</v>
+        <v>2488</v>
       </c>
       <c r="C740" t="s">
         <v>2488</v>
       </c>
       <c r="D740" t="s">
         <v>2489</v>
       </c>
       <c r="E740" t="s">
         <v>2490</v>
       </c>
       <c r="F740" t="s">
         <v>15</v>
       </c>
       <c r="G740" t="s">
         <v>16</v>
       </c>
       <c r="H740" t="s">
-        <v>1293</v>
+        <v>221</v>
       </c>
       <c r="I740" t="s">
-        <v>1540</v>
+        <v>1320</v>
       </c>
       <c r="J740" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K740" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" t="s">
         <v>11</v>
       </c>
       <c r="B741" t="s">
         <v>2491</v>
       </c>
       <c r="C741" t="s">
         <v>2491</v>
       </c>
       <c r="D741" t="s">
         <v>2492</v>
       </c>
       <c r="E741" t="s">
         <v>2493</v>
       </c>
       <c r="F741" t="s">
         <v>15</v>
       </c>
       <c r="G741" t="s">
         <v>16</v>
       </c>
       <c r="H741" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="I741" t="s">
-        <v>69</v>
+        <v>2494</v>
       </c>
       <c r="J741" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K741" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" t="s">
         <v>11</v>
       </c>
       <c r="B742" t="s">
-        <v>179</v>
+        <v>2495</v>
       </c>
       <c r="C742" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
       <c r="D742" t="s">
-        <v>2495</v>
+        <v>2496</v>
       </c>
       <c r="E742" t="s">
-        <v>2496</v>
+        <v>2497</v>
       </c>
       <c r="F742" t="s">
         <v>15</v>
       </c>
       <c r="G742" t="s">
         <v>16</v>
       </c>
       <c r="H742" t="s">
-        <v>132</v>
+        <v>380</v>
       </c>
       <c r="I742" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="J742" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K742" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" t="s">
         <v>11</v>
       </c>
       <c r="B743" t="s">
-        <v>162</v>
+        <v>2498</v>
       </c>
       <c r="C743" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
       <c r="D743" t="s">
-        <v>2498</v>
+        <v>2499</v>
       </c>
       <c r="E743" t="s">
-        <v>2499</v>
+        <v>2500</v>
       </c>
       <c r="F743" t="s">
         <v>15</v>
       </c>
       <c r="G743" t="s">
         <v>16</v>
       </c>
       <c r="H743" t="s">
-        <v>16</v>
+        <v>256</v>
       </c>
       <c r="I743" t="s">
-        <v>166</v>
+        <v>18</v>
       </c>
       <c r="J743" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K743" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" t="s">
         <v>11</v>
       </c>
       <c r="B744" t="s">
-        <v>875</v>
+        <v>2501</v>
       </c>
       <c r="C744" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
       <c r="D744" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
       <c r="E744" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
       <c r="F744" t="s">
         <v>15</v>
       </c>
       <c r="G744" t="s">
         <v>16</v>
       </c>
       <c r="H744" t="s">
-        <v>30</v>
+        <v>221</v>
       </c>
       <c r="I744" t="s">
-        <v>879</v>
+        <v>18</v>
       </c>
       <c r="J744" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K744" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" t="s">
         <v>11</v>
       </c>
       <c r="B745" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
       <c r="C745" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
       <c r="D745" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
       <c r="E745" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="F745" t="s">
         <v>15</v>
       </c>
       <c r="G745" t="s">
         <v>16</v>
       </c>
       <c r="H745" t="s">
-        <v>345</v>
+        <v>396</v>
       </c>
       <c r="I745" t="s">
-        <v>937</v>
+        <v>18</v>
       </c>
       <c r="J745" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K745" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" t="s">
         <v>11</v>
       </c>
       <c r="B746" t="s">
-        <v>476</v>
+        <v>2507</v>
       </c>
       <c r="C746" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="D746" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="E746" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="F746" t="s">
         <v>15</v>
       </c>
       <c r="G746" t="s">
         <v>16</v>
       </c>
       <c r="H746" t="s">
-        <v>160</v>
+        <v>86</v>
       </c>
       <c r="I746" t="s">
-        <v>171</v>
+        <v>18</v>
       </c>
       <c r="J746" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K746" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" t="s">
         <v>11</v>
       </c>
       <c r="B747" t="s">
-        <v>206</v>
+        <v>2510</v>
       </c>
       <c r="C747" t="s">
-        <v>2509</v>
+        <v>2510</v>
       </c>
       <c r="D747" t="s">
-        <v>2510</v>
+        <v>2511</v>
       </c>
       <c r="E747" t="s">
-        <v>2511</v>
+        <v>2512</v>
       </c>
       <c r="F747" t="s">
         <v>15</v>
       </c>
       <c r="G747" t="s">
         <v>16</v>
       </c>
       <c r="H747" t="s">
-        <v>17</v>
+        <v>408</v>
       </c>
       <c r="I747" t="s">
-        <v>210</v>
+        <v>977</v>
       </c>
       <c r="J747" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K747" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" t="s">
         <v>11</v>
       </c>
       <c r="B748" t="s">
-        <v>2512</v>
+        <v>2513</v>
       </c>
       <c r="C748" t="s">
-        <v>2512</v>
+        <v>2513</v>
       </c>
       <c r="D748" t="s">
-        <v>2513</v>
+        <v>2514</v>
       </c>
       <c r="E748" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
       <c r="F748" t="s">
         <v>15</v>
       </c>
       <c r="G748" t="s">
         <v>16</v>
       </c>
       <c r="H748" t="s">
-        <v>132</v>
+        <v>918</v>
       </c>
       <c r="I748" t="s">
-        <v>69</v>
+        <v>2516</v>
       </c>
       <c r="J748" t="s">
         <v>19</v>
       </c>
       <c r="K748" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" t="s">
         <v>11</v>
       </c>
       <c r="B749" t="s">
-        <v>2515</v>
+        <v>2517</v>
       </c>
       <c r="C749" t="s">
-        <v>2515</v>
+        <v>2517</v>
       </c>
       <c r="D749" t="s">
-        <v>2516</v>
+        <v>2518</v>
       </c>
       <c r="E749" t="s">
-        <v>2517</v>
+        <v>2519</v>
       </c>
       <c r="F749" t="s">
         <v>15</v>
       </c>
       <c r="G749" t="s">
         <v>16</v>
       </c>
       <c r="H749" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I749" t="s">
         <v>18</v>
       </c>
       <c r="J749" t="s">
         <v>19</v>
       </c>
       <c r="K749" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" t="s">
         <v>11</v>
       </c>
       <c r="B750" t="s">
-        <v>2518</v>
+        <v>2520</v>
       </c>
       <c r="C750" t="s">
-        <v>2518</v>
+        <v>2520</v>
       </c>
       <c r="D750" t="s">
-        <v>2519</v>
+        <v>2521</v>
       </c>
       <c r="E750" t="s">
-        <v>2520</v>
+        <v>2522</v>
       </c>
       <c r="F750" t="s">
         <v>15</v>
       </c>
       <c r="G750" t="s">
         <v>16</v>
       </c>
       <c r="H750" t="s">
-        <v>570</v>
+        <v>408</v>
       </c>
       <c r="I750" t="s">
-        <v>1003</v>
+        <v>418</v>
       </c>
       <c r="J750" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K750" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" t="s">
         <v>11</v>
       </c>
       <c r="B751" t="s">
-        <v>162</v>
+        <v>2523</v>
       </c>
       <c r="C751" t="s">
-        <v>2521</v>
+        <v>2523</v>
       </c>
       <c r="D751" t="s">
-        <v>2522</v>
+        <v>2524</v>
       </c>
       <c r="E751" t="s">
-        <v>2523</v>
+        <v>2525</v>
       </c>
       <c r="F751" t="s">
         <v>15</v>
       </c>
       <c r="G751" t="s">
         <v>16</v>
       </c>
       <c r="H751" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I751" t="s">
-        <v>166</v>
+        <v>18</v>
       </c>
       <c r="J751" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K751" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" t="s">
         <v>11</v>
       </c>
       <c r="B752" t="s">
-        <v>2524</v>
+        <v>2526</v>
       </c>
       <c r="C752" t="s">
-        <v>2524</v>
+        <v>2526</v>
       </c>
       <c r="D752" t="s">
-        <v>2525</v>
+        <v>2527</v>
       </c>
       <c r="E752" t="s">
-        <v>2526</v>
+        <v>2528</v>
       </c>
       <c r="F752" t="s">
         <v>15</v>
       </c>
       <c r="G752" t="s">
         <v>16</v>
       </c>
       <c r="H752" t="s">
-        <v>132</v>
+        <v>17</v>
       </c>
       <c r="I752" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J752" t="s">
         <v>19</v>
       </c>
       <c r="K752" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" t="s">
         <v>11</v>
       </c>
       <c r="B753" t="s">
-        <v>1960</v>
+        <v>2529</v>
       </c>
       <c r="C753" t="s">
-        <v>2527</v>
+        <v>2529</v>
       </c>
       <c r="D753" t="s">
-        <v>2528</v>
+        <v>2530</v>
       </c>
       <c r="E753" t="s">
-        <v>2529</v>
+        <v>2531</v>
       </c>
       <c r="F753" t="s">
-        <v>607</v>
+        <v>15</v>
       </c>
       <c r="G753" t="s">
-        <v>608</v>
+        <v>16</v>
       </c>
       <c r="H753" t="s">
-        <v>996</v>
+        <v>107</v>
       </c>
       <c r="I753" t="s">
-        <v>1803</v>
+        <v>184</v>
       </c>
       <c r="J753" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K753" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" t="s">
         <v>11</v>
       </c>
       <c r="B754" t="s">
-        <v>904</v>
+        <v>2532</v>
       </c>
       <c r="C754" t="s">
-        <v>2530</v>
+        <v>2532</v>
       </c>
       <c r="D754" t="s">
-        <v>2531</v>
+        <v>2533</v>
       </c>
       <c r="E754" t="s">
-        <v>2532</v>
+        <v>2534</v>
       </c>
       <c r="F754" t="s">
         <v>15</v>
       </c>
       <c r="G754" t="s">
         <v>16</v>
       </c>
       <c r="H754" t="s">
-        <v>291</v>
+        <v>49</v>
       </c>
       <c r="I754" t="s">
-        <v>908</v>
+        <v>2535</v>
       </c>
       <c r="J754" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K754" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" t="s">
         <v>11</v>
       </c>
       <c r="B755" t="s">
-        <v>2533</v>
+        <v>71</v>
       </c>
       <c r="C755" t="s">
-        <v>2533</v>
+        <v>2536</v>
       </c>
       <c r="D755" t="s">
-        <v>2534</v>
+        <v>2537</v>
       </c>
       <c r="E755" t="s">
-        <v>2535</v>
+        <v>2538</v>
       </c>
       <c r="F755" t="s">
         <v>15</v>
       </c>
       <c r="G755" t="s">
         <v>16</v>
       </c>
       <c r="H755" t="s">
         <v>16</v>
       </c>
       <c r="I755" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="J755" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K755" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" t="s">
         <v>11</v>
       </c>
       <c r="B756" t="s">
-        <v>2536</v>
+        <v>39</v>
       </c>
       <c r="C756" t="s">
-        <v>2536</v>
+        <v>2539</v>
       </c>
       <c r="D756" t="s">
-        <v>2537</v>
+        <v>2540</v>
       </c>
       <c r="E756" t="s">
-        <v>2538</v>
+        <v>2541</v>
       </c>
       <c r="F756" t="s">
         <v>15</v>
       </c>
       <c r="G756" t="s">
         <v>16</v>
       </c>
       <c r="H756" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="I756" t="s">
-        <v>69</v>
+        <v>44</v>
       </c>
       <c r="J756" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K756" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" t="s">
         <v>11</v>
       </c>
       <c r="B757" t="s">
-        <v>2539</v>
+        <v>71</v>
       </c>
       <c r="C757" t="s">
-        <v>2539</v>
+        <v>2542</v>
       </c>
       <c r="D757" t="s">
-        <v>2540</v>
+        <v>2543</v>
       </c>
       <c r="E757" t="s">
-        <v>2541</v>
+        <v>2544</v>
       </c>
       <c r="F757" t="s">
         <v>15</v>
       </c>
       <c r="G757" t="s">
         <v>16</v>
       </c>
       <c r="H757" t="s">
         <v>16</v>
       </c>
       <c r="I757" t="s">
-        <v>1932</v>
+        <v>75</v>
       </c>
       <c r="J757" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K757" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" t="s">
         <v>11</v>
       </c>
       <c r="B758" t="s">
-        <v>2542</v>
+        <v>2545</v>
       </c>
       <c r="C758" t="s">
-        <v>2542</v>
+        <v>2545</v>
       </c>
       <c r="D758" t="s">
-        <v>2543</v>
+        <v>2546</v>
       </c>
       <c r="E758" t="s">
-        <v>2544</v>
+        <v>2547</v>
       </c>
       <c r="F758" t="s">
         <v>15</v>
       </c>
       <c r="G758" t="s">
         <v>16</v>
       </c>
       <c r="H758" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="I758" t="s">
-        <v>18</v>
+        <v>1638</v>
       </c>
       <c r="J758" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K758" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" t="s">
         <v>11</v>
       </c>
       <c r="B759" t="s">
-        <v>2545</v>
+        <v>82</v>
       </c>
       <c r="C759" t="s">
-        <v>2545</v>
+        <v>2548</v>
       </c>
       <c r="D759" t="s">
-        <v>2546</v>
+        <v>2549</v>
       </c>
       <c r="E759" t="s">
-        <v>2547</v>
+        <v>2550</v>
       </c>
       <c r="F759" t="s">
         <v>15</v>
       </c>
       <c r="G759" t="s">
         <v>16</v>
       </c>
       <c r="H759" t="s">
-        <v>16</v>
+        <v>86</v>
       </c>
       <c r="I759" t="s">
-        <v>379</v>
+        <v>87</v>
       </c>
       <c r="J759" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K759" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" t="s">
         <v>11</v>
       </c>
       <c r="B760" t="s">
-        <v>2548</v>
+        <v>82</v>
       </c>
       <c r="C760" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="D760" t="s">
-        <v>2549</v>
+        <v>2552</v>
       </c>
       <c r="E760" t="s">
-        <v>2550</v>
+        <v>2553</v>
       </c>
       <c r="F760" t="s">
         <v>15</v>
       </c>
       <c r="G760" t="s">
         <v>16</v>
       </c>
       <c r="H760" t="s">
-        <v>16</v>
+        <v>86</v>
       </c>
       <c r="I760" t="s">
-        <v>278</v>
+        <v>87</v>
       </c>
       <c r="J760" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K760" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" t="s">
         <v>11</v>
       </c>
       <c r="B761" t="s">
-        <v>2551</v>
+        <v>76</v>
       </c>
       <c r="C761" t="s">
-        <v>2551</v>
+        <v>2554</v>
       </c>
       <c r="D761" t="s">
-        <v>2552</v>
+        <v>2555</v>
       </c>
       <c r="E761" t="s">
-        <v>2553</v>
+        <v>2556</v>
       </c>
       <c r="F761" t="s">
         <v>15</v>
       </c>
       <c r="G761" t="s">
         <v>16</v>
       </c>
       <c r="H761" t="s">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="I761" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="J761" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K761" t="s">
-        <v>20</v>
+        <v>278</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" t="s">
         <v>11</v>
       </c>
       <c r="B762" t="s">
-        <v>2554</v>
+        <v>519</v>
       </c>
       <c r="C762" t="s">
-        <v>2554</v>
+        <v>2557</v>
       </c>
       <c r="D762" t="s">
-        <v>2555</v>
+        <v>2558</v>
       </c>
       <c r="E762" t="s">
-        <v>2556</v>
+        <v>2559</v>
       </c>
       <c r="F762" t="s">
         <v>15</v>
       </c>
       <c r="G762" t="s">
         <v>16</v>
       </c>
       <c r="H762" t="s">
-        <v>73</v>
+        <v>107</v>
       </c>
       <c r="I762" t="s">
-        <v>1248</v>
+        <v>523</v>
       </c>
       <c r="J762" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K762" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" t="s">
         <v>11</v>
       </c>
       <c r="B763" t="s">
-        <v>2557</v>
+        <v>71</v>
       </c>
       <c r="C763" t="s">
-        <v>2557</v>
+        <v>2560</v>
       </c>
       <c r="D763" t="s">
-        <v>2558</v>
+        <v>2561</v>
       </c>
       <c r="E763" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="F763" t="s">
         <v>15</v>
       </c>
       <c r="G763" t="s">
         <v>16</v>
       </c>
       <c r="H763" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="I763" t="s">
-        <v>1626</v>
+        <v>75</v>
       </c>
       <c r="J763" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K763" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" t="s">
         <v>11</v>
       </c>
       <c r="B764" t="s">
-        <v>2560</v>
+        <v>542</v>
       </c>
       <c r="C764" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="D764" t="s">
-        <v>2561</v>
+        <v>2564</v>
       </c>
       <c r="E764" t="s">
-        <v>2562</v>
+        <v>2565</v>
       </c>
       <c r="F764" t="s">
         <v>15</v>
       </c>
       <c r="G764" t="s">
         <v>16</v>
       </c>
       <c r="H764" t="s">
-        <v>570</v>
+        <v>212</v>
       </c>
       <c r="I764" t="s">
-        <v>1286</v>
+        <v>546</v>
       </c>
       <c r="J764" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K764" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" t="s">
         <v>11</v>
       </c>
       <c r="B765" t="s">
-        <v>2563</v>
+        <v>145</v>
       </c>
       <c r="C765" t="s">
-        <v>2563</v>
+        <v>2566</v>
       </c>
       <c r="D765" t="s">
-        <v>2564</v>
+        <v>2567</v>
       </c>
       <c r="E765" t="s">
-        <v>2565</v>
+        <v>2568</v>
       </c>
       <c r="F765" t="s">
         <v>15</v>
       </c>
       <c r="G765" t="s">
         <v>16</v>
       </c>
       <c r="H765" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="I765" t="s">
-        <v>18</v>
+        <v>149</v>
       </c>
       <c r="J765" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K765" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" t="s">
         <v>11</v>
       </c>
       <c r="B766" t="s">
-        <v>2566</v>
+        <v>2569</v>
       </c>
       <c r="C766" t="s">
-        <v>2566</v>
+        <v>2569</v>
       </c>
       <c r="D766" t="s">
-        <v>2567</v>
+        <v>2570</v>
       </c>
       <c r="E766" t="s">
-        <v>2568</v>
+        <v>2571</v>
       </c>
       <c r="F766" t="s">
         <v>15</v>
       </c>
       <c r="G766" t="s">
         <v>16</v>
       </c>
       <c r="H766" t="s">
-        <v>91</v>
+        <v>17</v>
       </c>
       <c r="I766" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J766" t="s">
         <v>19</v>
       </c>
       <c r="K766" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" t="s">
         <v>11</v>
       </c>
       <c r="B767" t="s">
-        <v>2569</v>
+        <v>2572</v>
       </c>
       <c r="C767" t="s">
-        <v>2569</v>
+        <v>2572</v>
       </c>
       <c r="D767" t="s">
-        <v>2570</v>
+        <v>2573</v>
       </c>
       <c r="E767" t="s">
-        <v>2571</v>
+        <v>2574</v>
       </c>
       <c r="F767" t="s">
         <v>15</v>
       </c>
       <c r="G767" t="s">
         <v>16</v>
       </c>
       <c r="H767" t="s">
-        <v>91</v>
+        <v>17</v>
       </c>
       <c r="I767" t="s">
         <v>18</v>
       </c>
       <c r="J767" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K767" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" t="s">
         <v>11</v>
       </c>
       <c r="B768" t="s">
-        <v>2572</v>
+        <v>713</v>
       </c>
       <c r="C768" t="s">
-        <v>2572</v>
+        <v>2575</v>
       </c>
       <c r="D768" t="s">
-        <v>2573</v>
+        <v>2576</v>
       </c>
       <c r="E768" t="s">
-        <v>2574</v>
+        <v>2577</v>
       </c>
       <c r="F768" t="s">
         <v>15</v>
       </c>
       <c r="G768" t="s">
         <v>16</v>
       </c>
       <c r="H768" t="s">
-        <v>91</v>
+        <v>785</v>
       </c>
       <c r="I768" t="s">
-        <v>69</v>
+        <v>717</v>
       </c>
       <c r="J768" t="s">
         <v>19</v>
       </c>
       <c r="K768" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" t="s">
         <v>11</v>
       </c>
       <c r="B769" t="s">
-        <v>2575</v>
+        <v>2578</v>
       </c>
       <c r="C769" t="s">
-        <v>2575</v>
+        <v>2578</v>
       </c>
       <c r="D769" t="s">
-        <v>2576</v>
+        <v>2579</v>
       </c>
       <c r="E769" t="s">
-        <v>2577</v>
+        <v>2580</v>
       </c>
       <c r="F769" t="s">
         <v>15</v>
       </c>
       <c r="G769" t="s">
         <v>16</v>
       </c>
       <c r="H769" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="I769" t="s">
-        <v>2578</v>
+        <v>108</v>
       </c>
       <c r="J769" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K769" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" t="s">
         <v>11</v>
       </c>
       <c r="B770" t="s">
-        <v>2579</v>
+        <v>2581</v>
       </c>
       <c r="C770" t="s">
-        <v>2579</v>
+        <v>2581</v>
       </c>
       <c r="D770" t="s">
-        <v>2580</v>
+        <v>2582</v>
       </c>
       <c r="E770" t="s">
-        <v>2581</v>
+        <v>2583</v>
       </c>
       <c r="F770" t="s">
         <v>15</v>
       </c>
       <c r="G770" t="s">
         <v>16</v>
       </c>
       <c r="H770" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="I770" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J770" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K770" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" t="s">
         <v>11</v>
       </c>
       <c r="B771" t="s">
-        <v>2582</v>
+        <v>2584</v>
       </c>
       <c r="C771" t="s">
-        <v>2582</v>
+        <v>2584</v>
       </c>
       <c r="D771" t="s">
-        <v>2583</v>
+        <v>2585</v>
       </c>
       <c r="E771" t="s">
-        <v>2584</v>
+        <v>2586</v>
       </c>
       <c r="F771" t="s">
         <v>15</v>
       </c>
       <c r="G771" t="s">
         <v>16</v>
       </c>
       <c r="H771" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="I771" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J771" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K771" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" t="s">
         <v>11</v>
       </c>
       <c r="B772" t="s">
-        <v>2585</v>
+        <v>2587</v>
       </c>
       <c r="C772" t="s">
-        <v>2585</v>
+        <v>2587</v>
       </c>
       <c r="D772" t="s">
-        <v>2586</v>
+        <v>2588</v>
       </c>
       <c r="E772" t="s">
-        <v>2587</v>
+        <v>2589</v>
       </c>
       <c r="F772" t="s">
         <v>15</v>
       </c>
       <c r="G772" t="s">
         <v>16</v>
       </c>
       <c r="H772" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="I772" t="s">
-        <v>278</v>
+        <v>1523</v>
       </c>
       <c r="J772" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K772" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" t="s">
         <v>11</v>
       </c>
       <c r="B773" t="s">
-        <v>2588</v>
+        <v>2590</v>
       </c>
       <c r="C773" t="s">
-        <v>2588</v>
+        <v>2590</v>
       </c>
       <c r="D773" t="s">
-        <v>2589</v>
+        <v>2591</v>
       </c>
       <c r="E773" t="s">
-        <v>2590</v>
+        <v>2592</v>
       </c>
       <c r="F773" t="s">
         <v>15</v>
       </c>
       <c r="G773" t="s">
         <v>16</v>
       </c>
       <c r="H773" t="s">
-        <v>113</v>
+        <v>221</v>
       </c>
       <c r="I773" t="s">
-        <v>46</v>
+        <v>184</v>
       </c>
       <c r="J773" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K773" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" t="s">
         <v>11</v>
       </c>
       <c r="B774" t="s">
-        <v>2591</v>
+        <v>2593</v>
       </c>
       <c r="C774" t="s">
-        <v>2591</v>
+        <v>2593</v>
       </c>
       <c r="D774" t="s">
-        <v>2592</v>
+        <v>2594</v>
       </c>
       <c r="E774" t="s">
-        <v>2593</v>
+        <v>2595</v>
       </c>
       <c r="F774" t="s">
         <v>15</v>
       </c>
       <c r="G774" t="s">
         <v>16</v>
       </c>
       <c r="H774" t="s">
-        <v>983</v>
+        <v>221</v>
       </c>
       <c r="I774" t="s">
-        <v>2594</v>
+        <v>18</v>
       </c>
       <c r="J774" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K774" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" t="s">
         <v>11</v>
       </c>
       <c r="B775" t="s">
-        <v>2595</v>
+        <v>519</v>
       </c>
       <c r="C775" t="s">
-        <v>2595</v>
+        <v>2596</v>
       </c>
       <c r="D775" t="s">
-        <v>2596</v>
+        <v>2597</v>
       </c>
       <c r="E775" t="s">
-        <v>2597</v>
+        <v>2598</v>
       </c>
       <c r="F775" t="s">
         <v>15</v>
       </c>
       <c r="G775" t="s">
         <v>16</v>
       </c>
       <c r="H775" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="I775" t="s">
-        <v>278</v>
+        <v>523</v>
       </c>
       <c r="J775" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K775" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" t="s">
         <v>11</v>
       </c>
       <c r="B776" t="s">
-        <v>2598</v>
+        <v>71</v>
       </c>
       <c r="C776" t="s">
-        <v>2598</v>
+        <v>2599</v>
       </c>
       <c r="D776" t="s">
-        <v>2599</v>
+        <v>2600</v>
       </c>
       <c r="E776" t="s">
-        <v>2600</v>
+        <v>2601</v>
       </c>
       <c r="F776" t="s">
         <v>15</v>
       </c>
       <c r="G776" t="s">
         <v>16</v>
       </c>
       <c r="H776" t="s">
-        <v>160</v>
+        <v>16</v>
       </c>
       <c r="I776" t="s">
-        <v>651</v>
+        <v>75</v>
       </c>
       <c r="J776" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K776" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" t="s">
         <v>11</v>
       </c>
       <c r="B777" t="s">
-        <v>2601</v>
+        <v>2602</v>
       </c>
       <c r="C777" t="s">
-        <v>2601</v>
+        <v>2602</v>
       </c>
       <c r="D777" t="s">
-        <v>2602</v>
+        <v>2603</v>
       </c>
       <c r="E777" t="s">
-        <v>2603</v>
+        <v>2604</v>
       </c>
       <c r="F777" t="s">
         <v>15</v>
       </c>
       <c r="G777" t="s">
         <v>16</v>
       </c>
       <c r="H777" t="s">
-        <v>251</v>
+        <v>126</v>
       </c>
       <c r="I777" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J777" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K777" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" t="s">
         <v>11</v>
       </c>
       <c r="B778" t="s">
-        <v>2604</v>
+        <v>2605</v>
       </c>
       <c r="C778" t="s">
-        <v>2604</v>
+        <v>2605</v>
       </c>
       <c r="D778" t="s">
-        <v>2605</v>
+        <v>2606</v>
       </c>
       <c r="E778" t="s">
-        <v>2606</v>
+        <v>2607</v>
       </c>
       <c r="F778" t="s">
         <v>15</v>
       </c>
       <c r="G778" t="s">
         <v>16</v>
       </c>
       <c r="H778" t="s">
-        <v>24</v>
+        <v>126</v>
       </c>
       <c r="I778" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="J778" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K778" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" t="s">
         <v>11</v>
       </c>
       <c r="B779" t="s">
-        <v>2607</v>
+        <v>2608</v>
       </c>
       <c r="C779" t="s">
-        <v>2607</v>
+        <v>2608</v>
       </c>
       <c r="D779" t="s">
-        <v>2608</v>
+        <v>2609</v>
       </c>
       <c r="E779" t="s">
-        <v>2609</v>
+        <v>2610</v>
       </c>
       <c r="F779" t="s">
         <v>15</v>
       </c>
       <c r="G779" t="s">
         <v>16</v>
       </c>
       <c r="H779" t="s">
-        <v>251</v>
+        <v>97</v>
       </c>
       <c r="I779" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J779" t="s">
         <v>19</v>
       </c>
       <c r="K779" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" t="s">
         <v>11</v>
       </c>
       <c r="B780" t="s">
-        <v>2610</v>
+        <v>2611</v>
       </c>
       <c r="C780" t="s">
-        <v>2610</v>
+        <v>2611</v>
       </c>
       <c r="D780" t="s">
-        <v>2611</v>
+        <v>2612</v>
       </c>
       <c r="E780" t="s">
-        <v>2612</v>
+        <v>2613</v>
       </c>
       <c r="F780" t="s">
         <v>15</v>
       </c>
       <c r="G780" t="s">
         <v>16</v>
       </c>
       <c r="H780" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="I780" t="s">
-        <v>69</v>
+        <v>2376</v>
       </c>
       <c r="J780" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K780" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" t="s">
         <v>11</v>
       </c>
       <c r="B781" t="s">
-        <v>2613</v>
+        <v>71</v>
       </c>
       <c r="C781" t="s">
-        <v>2613</v>
+        <v>2614</v>
       </c>
       <c r="D781" t="s">
-        <v>2614</v>
+        <v>2615</v>
       </c>
       <c r="E781" t="s">
-        <v>2615</v>
+        <v>2616</v>
       </c>
       <c r="F781" t="s">
         <v>15</v>
       </c>
       <c r="G781" t="s">
         <v>16</v>
       </c>
       <c r="H781" t="s">
-        <v>17</v>
+        <v>640</v>
       </c>
       <c r="I781" t="s">
-        <v>2378</v>
+        <v>75</v>
       </c>
       <c r="J781" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K781" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" t="s">
         <v>11</v>
       </c>
       <c r="B782" t="s">
-        <v>162</v>
+        <v>2617</v>
       </c>
       <c r="C782" t="s">
-        <v>2616</v>
+        <v>2617</v>
       </c>
       <c r="D782" t="s">
-        <v>2617</v>
+        <v>2618</v>
       </c>
       <c r="E782" t="s">
-        <v>2618</v>
+        <v>2619</v>
       </c>
       <c r="F782" t="s">
         <v>15</v>
       </c>
       <c r="G782" t="s">
         <v>16</v>
       </c>
       <c r="H782" t="s">
-        <v>631</v>
+        <v>422</v>
       </c>
       <c r="I782" t="s">
-        <v>166</v>
+        <v>2620</v>
       </c>
       <c r="J782" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K782" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" t="s">
         <v>11</v>
       </c>
       <c r="B783" t="s">
-        <v>2619</v>
+        <v>2621</v>
       </c>
       <c r="C783" t="s">
-        <v>2619</v>
+        <v>2621</v>
       </c>
       <c r="D783" t="s">
-        <v>2620</v>
+        <v>2622</v>
       </c>
       <c r="E783" t="s">
-        <v>2621</v>
+        <v>2623</v>
       </c>
       <c r="F783" t="s">
         <v>15</v>
       </c>
       <c r="G783" t="s">
         <v>16</v>
       </c>
       <c r="H783" t="s">
-        <v>407</v>
+        <v>728</v>
       </c>
       <c r="I783" t="s">
-        <v>2622</v>
+        <v>18</v>
       </c>
       <c r="J783" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K783" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" t="s">
         <v>11</v>
       </c>
       <c r="B784" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="C784" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="D784" t="s">
-        <v>2624</v>
+        <v>2625</v>
       </c>
       <c r="E784" t="s">
-        <v>2625</v>
+        <v>2626</v>
       </c>
       <c r="F784" t="s">
         <v>15</v>
       </c>
       <c r="G784" t="s">
         <v>16</v>
       </c>
       <c r="H784" t="s">
-        <v>847</v>
+        <v>16</v>
       </c>
       <c r="I784" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="J784" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K784" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" t="s">
         <v>11</v>
       </c>
       <c r="B785" t="s">
-        <v>2626</v>
+        <v>56</v>
       </c>
       <c r="C785" t="s">
-        <v>2626</v>
+        <v>2627</v>
       </c>
       <c r="D785" t="s">
-        <v>2627</v>
+        <v>2628</v>
       </c>
       <c r="E785" t="s">
-        <v>2628</v>
+        <v>2629</v>
       </c>
       <c r="F785" t="s">
         <v>15</v>
       </c>
       <c r="G785" t="s">
         <v>16</v>
       </c>
       <c r="H785" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="I785" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="J785" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K785" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" t="s">
         <v>11</v>
       </c>
       <c r="B786" t="s">
-        <v>483</v>
+        <v>2630</v>
       </c>
       <c r="C786" t="s">
-        <v>2629</v>
+        <v>2630</v>
       </c>
       <c r="D786" t="s">
-        <v>2630</v>
+        <v>2631</v>
       </c>
       <c r="E786" t="s">
-        <v>2631</v>
+        <v>2632</v>
       </c>
       <c r="F786" t="s">
         <v>15</v>
       </c>
       <c r="G786" t="s">
         <v>16</v>
       </c>
       <c r="H786" t="s">
-        <v>345</v>
+        <v>126</v>
       </c>
       <c r="I786" t="s">
-        <v>488</v>
+        <v>18</v>
       </c>
       <c r="J786" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="K786" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" t="s">
         <v>11</v>
       </c>
       <c r="B787" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
       <c r="C787" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
       <c r="D787" t="s">
-        <v>2633</v>
+        <v>2634</v>
       </c>
       <c r="E787" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
       <c r="F787" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="G787" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
       <c r="H787" t="s">
-        <v>251</v>
+        <v>618</v>
       </c>
       <c r="I787" t="s">
-        <v>69</v>
+        <v>1112</v>
       </c>
       <c r="J787" t="s">
         <v>19</v>
       </c>
       <c r="K787" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" t="s">
         <v>11</v>
       </c>
       <c r="B788" t="s">
-        <v>2635</v>
+        <v>1623</v>
       </c>
       <c r="C788" t="s">
-        <v>2635</v>
+        <v>2636</v>
       </c>
       <c r="D788" t="s">
-        <v>2636</v>
+        <v>2637</v>
       </c>
       <c r="E788" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="F788" t="s">
-        <v>607</v>
+        <v>171</v>
       </c>
       <c r="G788" t="s">
-        <v>608</v>
+        <v>172</v>
       </c>
       <c r="H788" t="s">
-        <v>609</v>
+        <v>1011</v>
       </c>
       <c r="I788" t="s">
-        <v>96</v>
+        <v>1627</v>
       </c>
       <c r="J788" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="K788" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" t="s">
         <v>11</v>
       </c>
       <c r="B789" t="s">
-        <v>1611</v>
+        <v>2639</v>
       </c>
       <c r="C789" t="s">
-        <v>2638</v>
+        <v>2639</v>
       </c>
       <c r="D789" t="s">
-        <v>2639</v>
+        <v>2640</v>
       </c>
       <c r="E789" t="s">
-        <v>2640</v>
+        <v>2641</v>
       </c>
       <c r="F789" t="s">
-        <v>607</v>
+        <v>2641</v>
       </c>
       <c r="G789" t="s">
-        <v>608</v>
+        <v>2641</v>
       </c>
       <c r="H789" t="s">
-        <v>992</v>
+        <v>2641</v>
       </c>
       <c r="I789" t="s">
-        <v>1615</v>
+        <v>18</v>
       </c>
       <c r="J789" t="s">
-        <v>26</v>
+        <v>2641</v>
       </c>
       <c r="K789" t="s">
-        <v>20</v>
-[...34 lines deleted...]
-        <v>77</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>